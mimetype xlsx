--- v0 (2026-01-07)
+++ v1 (2026-01-27)
@@ -3,729 +3,794 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\finaid_share\OCS\Tools to Estimate Cost\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{63C8C323-47CF-4EAE-BEC2-135DE356FF59}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="xrtpYAtVE8dbnftqd9PYcq1LAfiVoQO22ruJdRRJWzpWwIbXix/caQ2DciCmYBc/BbL148pmzaBFePTxIyPWSA==" workbookSaltValue="LBlY/lTKIKQjrA6IlsFJaQ==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8771BE9C-F9AE-4F4C-812D-924021C8D7C9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="XIqtdYAG+m+NP3DXMpLXWOOUCTlz8jVD17sy8pgAQqthEmptXm+crxvkTe8cKsZnsLFjIPmbwSGhiJSQqABGIQ==" workbookSaltValue="5n30eQ5wRRzW6RZ6KJyVcw==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-8820" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="OCS Cost Estimator" sheetId="1" r:id="rId1"/>
     <sheet name="Program List" sheetId="2" state="hidden" r:id="rId2"/>
     <sheet name="Tables" sheetId="4" state="hidden" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="O124" i="2" l="1"/>
+  <c r="O137" i="2" l="1"/>
+  <c r="N137" i="2"/>
+  <c r="I137" i="2"/>
+  <c r="M137" i="2" s="1"/>
+  <c r="O136" i="2"/>
+  <c r="N136" i="2"/>
+  <c r="I136" i="2"/>
+  <c r="L136" i="2" s="1"/>
+  <c r="O135" i="2"/>
+  <c r="N135" i="2"/>
+  <c r="I135" i="2"/>
+  <c r="M135" i="2" s="1"/>
+  <c r="O134" i="2"/>
+  <c r="N134" i="2"/>
+  <c r="M134" i="2"/>
+  <c r="I134" i="2"/>
+  <c r="L134" i="2" s="1"/>
+  <c r="O133" i="2"/>
+  <c r="N133" i="2"/>
+  <c r="I133" i="2"/>
+  <c r="M133" i="2" s="1"/>
+  <c r="O132" i="2"/>
+  <c r="N132" i="2"/>
+  <c r="I132" i="2"/>
+  <c r="M132" i="2" s="1"/>
+  <c r="N131" i="2"/>
+  <c r="H131" i="2"/>
+  <c r="O131" i="2" s="1"/>
+  <c r="O130" i="2"/>
+  <c r="N130" i="2"/>
+  <c r="H130" i="2"/>
+  <c r="I130" i="2" s="1"/>
+  <c r="O129" i="2"/>
+  <c r="N129" i="2"/>
+  <c r="I129" i="2"/>
+  <c r="M129" i="2" s="1"/>
+  <c r="O128" i="2"/>
+  <c r="N128" i="2"/>
+  <c r="J128" i="2"/>
+  <c r="I128" i="2"/>
+  <c r="M128" i="2" s="1"/>
+  <c r="O127" i="2"/>
+  <c r="N127" i="2"/>
+  <c r="I127" i="2"/>
+  <c r="L127" i="2" s="1"/>
+  <c r="O126" i="2"/>
+  <c r="N126" i="2"/>
+  <c r="I126" i="2"/>
+  <c r="M126" i="2" s="1"/>
+  <c r="O125" i="2"/>
+  <c r="N125" i="2"/>
+  <c r="I125" i="2"/>
+  <c r="L125" i="2" s="1"/>
+  <c r="O124" i="2"/>
   <c r="N124" i="2"/>
+  <c r="L124" i="2"/>
   <c r="I124" i="2"/>
   <c r="M124" i="2" s="1"/>
   <c r="O123" i="2"/>
   <c r="N123" i="2"/>
   <c r="I123" i="2"/>
-  <c r="L123" i="2" s="1"/>
+  <c r="M123" i="2" s="1"/>
   <c r="O122" i="2"/>
   <c r="N122" i="2"/>
   <c r="I122" i="2"/>
-  <c r="L122" i="2" s="1"/>
+  <c r="M122" i="2" s="1"/>
   <c r="O121" i="2"/>
   <c r="N121" i="2"/>
   <c r="I121" i="2"/>
   <c r="M121" i="2" s="1"/>
   <c r="O120" i="2"/>
   <c r="N120" i="2"/>
-  <c r="L120" i="2"/>
   <c r="I120" i="2"/>
   <c r="M120" i="2" s="1"/>
   <c r="O119" i="2"/>
   <c r="N119" i="2"/>
   <c r="I119" i="2"/>
   <c r="L119" i="2" s="1"/>
   <c r="O118" i="2"/>
   <c r="N118" i="2"/>
-  <c r="H118" i="2"/>
-  <c r="I118" i="2" s="1"/>
+  <c r="M118" i="2"/>
+  <c r="I118" i="2"/>
+  <c r="L118" i="2" s="1"/>
   <c r="O117" i="2"/>
   <c r="N117" i="2"/>
   <c r="I117" i="2"/>
-  <c r="L117" i="2" s="1"/>
-  <c r="H117" i="2"/>
+  <c r="M117" i="2" s="1"/>
   <c r="O116" i="2"/>
   <c r="N116" i="2"/>
-  <c r="M116" i="2"/>
   <c r="I116" i="2"/>
-  <c r="L116" i="2" s="1"/>
+  <c r="M116" i="2" s="1"/>
+  <c r="O115" i="2"/>
   <c r="N115" i="2"/>
-  <c r="J115" i="2"/>
-  <c r="O115" i="2" s="1"/>
   <c r="I115" i="2"/>
+  <c r="M115" i="2" s="1"/>
   <c r="O114" i="2"/>
   <c r="N114" i="2"/>
   <c r="I114" i="2"/>
   <c r="M114" i="2" s="1"/>
   <c r="O113" i="2"/>
   <c r="N113" i="2"/>
-  <c r="M113" i="2"/>
   <c r="I113" i="2"/>
-  <c r="L113" i="2" s="1"/>
+  <c r="M113" i="2" s="1"/>
   <c r="O112" i="2"/>
   <c r="N112" i="2"/>
   <c r="I112" i="2"/>
   <c r="M112" i="2" s="1"/>
   <c r="O111" i="2"/>
   <c r="N111" i="2"/>
   <c r="M111" i="2"/>
   <c r="I111" i="2"/>
   <c r="L111" i="2" s="1"/>
-  <c r="O110" i="2"/>
   <c r="N110" i="2"/>
-  <c r="I110" i="2"/>
-[...1 lines deleted...]
-  <c r="O109" i="2"/>
+  <c r="H110" i="2"/>
+  <c r="O110" i="2" s="1"/>
   <c r="N109" i="2"/>
-  <c r="M109" i="2"/>
   <c r="I109" i="2"/>
-  <c r="L109" i="2" s="1"/>
+  <c r="M109" i="2" s="1"/>
+  <c r="H109" i="2"/>
+  <c r="O109" i="2" s="1"/>
   <c r="O108" i="2"/>
   <c r="N108" i="2"/>
   <c r="I108" i="2"/>
   <c r="M108" i="2" s="1"/>
   <c r="O107" i="2"/>
   <c r="N107" i="2"/>
   <c r="I107" i="2"/>
   <c r="M107" i="2" s="1"/>
   <c r="O106" i="2"/>
   <c r="N106" i="2"/>
   <c r="I106" i="2"/>
   <c r="M106" i="2" s="1"/>
   <c r="O105" i="2"/>
   <c r="N105" i="2"/>
   <c r="I105" i="2"/>
   <c r="L105" i="2" s="1"/>
   <c r="O104" i="2"/>
   <c r="N104" i="2"/>
+  <c r="L104" i="2"/>
   <c r="I104" i="2"/>
   <c r="M104" i="2" s="1"/>
   <c r="O103" i="2"/>
   <c r="N103" i="2"/>
-  <c r="M103" i="2"/>
   <c r="I103" i="2"/>
   <c r="L103" i="2" s="1"/>
   <c r="O102" i="2"/>
   <c r="N102" i="2"/>
+  <c r="L102" i="2"/>
   <c r="I102" i="2"/>
   <c r="M102" i="2" s="1"/>
   <c r="O101" i="2"/>
   <c r="N101" i="2"/>
-  <c r="H101" i="2"/>
-  <c r="I101" i="2" s="1"/>
+  <c r="I101" i="2"/>
+  <c r="M101" i="2" s="1"/>
+  <c r="O100" i="2"/>
   <c r="N100" i="2"/>
-  <c r="H100" i="2"/>
-  <c r="O100" i="2" s="1"/>
+  <c r="I100" i="2"/>
+  <c r="M100" i="2" s="1"/>
   <c r="O99" i="2"/>
   <c r="N99" i="2"/>
   <c r="I99" i="2"/>
-  <c r="L99" i="2" s="1"/>
+  <c r="M99" i="2" s="1"/>
   <c r="O98" i="2"/>
   <c r="N98" i="2"/>
   <c r="I98" i="2"/>
   <c r="M98" i="2" s="1"/>
   <c r="O97" i="2"/>
   <c r="N97" i="2"/>
   <c r="I97" i="2"/>
   <c r="M97" i="2" s="1"/>
   <c r="O96" i="2"/>
   <c r="N96" i="2"/>
-  <c r="M96" i="2"/>
-  <c r="L96" i="2"/>
   <c r="I96" i="2"/>
+  <c r="M96" i="2" s="1"/>
   <c r="O95" i="2"/>
   <c r="N95" i="2"/>
-  <c r="M95" i="2"/>
   <c r="I95" i="2"/>
-  <c r="L95" i="2" s="1"/>
+  <c r="M95" i="2" s="1"/>
   <c r="O94" i="2"/>
   <c r="N94" i="2"/>
+  <c r="L94" i="2"/>
   <c r="I94" i="2"/>
   <c r="M94" i="2" s="1"/>
   <c r="O93" i="2"/>
   <c r="N93" i="2"/>
   <c r="I93" i="2"/>
   <c r="M93" i="2" s="1"/>
   <c r="O92" i="2"/>
   <c r="N92" i="2"/>
   <c r="I92" i="2"/>
-  <c r="L92" i="2" s="1"/>
+  <c r="M92" i="2" s="1"/>
   <c r="O91" i="2"/>
   <c r="N91" i="2"/>
   <c r="I91" i="2"/>
-  <c r="L91" i="2" s="1"/>
+  <c r="M91" i="2" s="1"/>
   <c r="O90" i="2"/>
   <c r="N90" i="2"/>
   <c r="I90" i="2"/>
   <c r="M90" i="2" s="1"/>
   <c r="O89" i="2"/>
   <c r="N89" i="2"/>
   <c r="I89" i="2"/>
   <c r="M89" i="2" s="1"/>
   <c r="O88" i="2"/>
   <c r="N88" i="2"/>
-  <c r="M88" i="2"/>
   <c r="L88" i="2"/>
   <c r="I88" i="2"/>
+  <c r="M88" i="2" s="1"/>
   <c r="O87" i="2"/>
   <c r="N87" i="2"/>
-  <c r="M87" i="2"/>
   <c r="I87" i="2"/>
-  <c r="L87" i="2" s="1"/>
+  <c r="M87" i="2" s="1"/>
   <c r="O86" i="2"/>
   <c r="N86" i="2"/>
+  <c r="L86" i="2"/>
   <c r="I86" i="2"/>
   <c r="M86" i="2" s="1"/>
   <c r="O85" i="2"/>
   <c r="N85" i="2"/>
   <c r="I85" i="2"/>
   <c r="M85" i="2" s="1"/>
   <c r="O84" i="2"/>
   <c r="N84" i="2"/>
   <c r="I84" i="2"/>
   <c r="M84" i="2" s="1"/>
   <c r="O83" i="2"/>
   <c r="N83" i="2"/>
   <c r="I83" i="2"/>
-  <c r="L83" i="2" s="1"/>
+  <c r="M83" i="2" s="1"/>
   <c r="O82" i="2"/>
   <c r="N82" i="2"/>
   <c r="I82" i="2"/>
   <c r="M82" i="2" s="1"/>
   <c r="O81" i="2"/>
   <c r="N81" i="2"/>
   <c r="I81" i="2"/>
   <c r="M81" i="2" s="1"/>
   <c r="O80" i="2"/>
   <c r="N80" i="2"/>
-  <c r="M80" i="2"/>
-  <c r="L80" i="2"/>
   <c r="I80" i="2"/>
+  <c r="M80" i="2" s="1"/>
   <c r="O79" i="2"/>
   <c r="N79" i="2"/>
   <c r="I79" i="2"/>
   <c r="M79" i="2" s="1"/>
   <c r="O78" i="2"/>
   <c r="N78" i="2"/>
+  <c r="L78" i="2"/>
   <c r="I78" i="2"/>
   <c r="M78" i="2" s="1"/>
   <c r="O77" i="2"/>
   <c r="N77" i="2"/>
   <c r="I77" i="2"/>
   <c r="M77" i="2" s="1"/>
   <c r="O76" i="2"/>
   <c r="N76" i="2"/>
   <c r="I76" i="2"/>
-  <c r="L76" i="2" s="1"/>
+  <c r="M76" i="2" s="1"/>
   <c r="O75" i="2"/>
   <c r="N75" i="2"/>
   <c r="I75" i="2"/>
-  <c r="L75" i="2" s="1"/>
+  <c r="M75" i="2" s="1"/>
   <c r="O74" i="2"/>
   <c r="N74" i="2"/>
   <c r="I74" i="2"/>
   <c r="M74" i="2" s="1"/>
   <c r="O73" i="2"/>
   <c r="N73" i="2"/>
-  <c r="M73" i="2"/>
   <c r="I73" i="2"/>
   <c r="L73" i="2" s="1"/>
   <c r="O72" i="2"/>
   <c r="N72" i="2"/>
+  <c r="M72" i="2"/>
   <c r="I72" i="2"/>
-  <c r="M72" i="2" s="1"/>
+  <c r="L72" i="2" s="1"/>
   <c r="O71" i="2"/>
   <c r="N71" i="2"/>
   <c r="I71" i="2"/>
   <c r="M71" i="2" s="1"/>
   <c r="O70" i="2"/>
   <c r="N70" i="2"/>
   <c r="I70" i="2"/>
   <c r="M70" i="2" s="1"/>
   <c r="O69" i="2"/>
   <c r="N69" i="2"/>
   <c r="I69" i="2"/>
   <c r="M69" i="2" s="1"/>
   <c r="O68" i="2"/>
   <c r="N68" i="2"/>
   <c r="I68" i="2"/>
-  <c r="L68" i="2" s="1"/>
+  <c r="M68" i="2" s="1"/>
   <c r="O67" i="2"/>
   <c r="N67" i="2"/>
   <c r="I67" i="2"/>
-  <c r="L67" i="2" s="1"/>
+  <c r="M67" i="2" s="1"/>
   <c r="O66" i="2"/>
   <c r="N66" i="2"/>
   <c r="I66" i="2"/>
   <c r="M66" i="2" s="1"/>
   <c r="O65" i="2"/>
   <c r="N65" i="2"/>
+  <c r="M65" i="2"/>
   <c r="I65" i="2"/>
-  <c r="M65" i="2" s="1"/>
+  <c r="L65" i="2" s="1"/>
   <c r="O64" i="2"/>
   <c r="N64" i="2"/>
   <c r="M64" i="2"/>
   <c r="L64" i="2"/>
   <c r="I64" i="2"/>
   <c r="O63" i="2"/>
   <c r="N63" i="2"/>
-  <c r="M63" i="2"/>
   <c r="I63" i="2"/>
-  <c r="L63" i="2" s="1"/>
+  <c r="M63" i="2" s="1"/>
   <c r="O62" i="2"/>
   <c r="N62" i="2"/>
   <c r="I62" i="2"/>
   <c r="M62" i="2" s="1"/>
   <c r="O61" i="2"/>
   <c r="N61" i="2"/>
   <c r="I61" i="2"/>
   <c r="M61" i="2" s="1"/>
   <c r="O60" i="2"/>
   <c r="N60" i="2"/>
-  <c r="M60" i="2"/>
   <c r="I60" i="2"/>
-  <c r="L60" i="2" s="1"/>
+  <c r="M60" i="2" s="1"/>
   <c r="O59" i="2"/>
   <c r="N59" i="2"/>
   <c r="I59" i="2"/>
-  <c r="L59" i="2" s="1"/>
+  <c r="M59" i="2" s="1"/>
   <c r="O58" i="2"/>
   <c r="N58" i="2"/>
   <c r="I58" i="2"/>
   <c r="M58" i="2" s="1"/>
   <c r="O57" i="2"/>
   <c r="N57" i="2"/>
   <c r="I57" i="2"/>
   <c r="L57" i="2" s="1"/>
   <c r="O56" i="2"/>
   <c r="N56" i="2"/>
-  <c r="L56" i="2"/>
   <c r="I56" i="2"/>
-  <c r="M56" i="2" s="1"/>
+  <c r="L56" i="2" s="1"/>
   <c r="O55" i="2"/>
   <c r="N55" i="2"/>
-  <c r="M55" i="2"/>
   <c r="I55" i="2"/>
-  <c r="L55" i="2" s="1"/>
+  <c r="M55" i="2" s="1"/>
   <c r="O54" i="2"/>
   <c r="N54" i="2"/>
+  <c r="L54" i="2"/>
   <c r="I54" i="2"/>
   <c r="M54" i="2" s="1"/>
   <c r="O53" i="2"/>
   <c r="N53" i="2"/>
   <c r="I53" i="2"/>
   <c r="M53" i="2" s="1"/>
   <c r="O52" i="2"/>
   <c r="N52" i="2"/>
-  <c r="M52" i="2"/>
   <c r="I52" i="2"/>
-  <c r="L52" i="2" s="1"/>
+  <c r="M52" i="2" s="1"/>
   <c r="O51" i="2"/>
   <c r="N51" i="2"/>
+  <c r="L51" i="2"/>
   <c r="I51" i="2"/>
-  <c r="L51" i="2" s="1"/>
+  <c r="M51" i="2" s="1"/>
   <c r="O50" i="2"/>
   <c r="N50" i="2"/>
   <c r="I50" i="2"/>
   <c r="M50" i="2" s="1"/>
   <c r="O49" i="2"/>
   <c r="N49" i="2"/>
   <c r="I49" i="2"/>
   <c r="M49" i="2" s="1"/>
   <c r="O48" i="2"/>
   <c r="N48" i="2"/>
   <c r="I48" i="2"/>
   <c r="M48" i="2" s="1"/>
   <c r="O47" i="2"/>
   <c r="N47" i="2"/>
+  <c r="M47" i="2"/>
+  <c r="J47" i="2"/>
   <c r="I47" i="2"/>
   <c r="L47" i="2" s="1"/>
-  <c r="O46" i="2"/>
   <c r="N46" i="2"/>
-  <c r="M46" i="2"/>
-[...1 lines deleted...]
-  <c r="I46" i="2"/>
+  <c r="H46" i="2"/>
+  <c r="O46" i="2" s="1"/>
   <c r="O45" i="2"/>
   <c r="N45" i="2"/>
-  <c r="M45" i="2"/>
   <c r="I45" i="2"/>
   <c r="L45" i="2" s="1"/>
+  <c r="H45" i="2"/>
+  <c r="O44" i="2"/>
   <c r="N44" i="2"/>
-  <c r="J44" i="2"/>
-[...2 lines deleted...]
-  <c r="M44" i="2" s="1"/>
+  <c r="H44" i="2"/>
+  <c r="I44" i="2" s="1"/>
   <c r="N43" i="2"/>
   <c r="H43" i="2"/>
-  <c r="O43" i="2" s="1"/>
-  <c r="O42" i="2"/>
+  <c r="I43" i="2" s="1"/>
   <c r="N42" i="2"/>
   <c r="H42" i="2"/>
-  <c r="I42" i="2" s="1"/>
+  <c r="O42" i="2" s="1"/>
   <c r="N41" i="2"/>
   <c r="H41" i="2"/>
-  <c r="I41" i="2" s="1"/>
+  <c r="O41" i="2" s="1"/>
+  <c r="O40" i="2"/>
   <c r="N40" i="2"/>
   <c r="H40" i="2"/>
-  <c r="O40" i="2" s="1"/>
+  <c r="I40" i="2" s="1"/>
+  <c r="O39" i="2"/>
   <c r="N39" i="2"/>
   <c r="H39" i="2"/>
-  <c r="O39" i="2" s="1"/>
-  <c r="O38" i="2"/>
+  <c r="I39" i="2" s="1"/>
   <c r="N38" i="2"/>
   <c r="H38" i="2"/>
-  <c r="I38" i="2" s="1"/>
+  <c r="O38" i="2" s="1"/>
+  <c r="O37" i="2"/>
   <c r="N37" i="2"/>
-  <c r="H37" i="2"/>
-  <c r="I37" i="2" s="1"/>
+  <c r="I37" i="2"/>
+  <c r="L37" i="2" s="1"/>
+  <c r="O36" i="2"/>
   <c r="N36" i="2"/>
-  <c r="H36" i="2"/>
-  <c r="O36" i="2" s="1"/>
+  <c r="I36" i="2"/>
+  <c r="M36" i="2" s="1"/>
+  <c r="O35" i="2"/>
   <c r="N35" i="2"/>
-  <c r="H35" i="2"/>
-  <c r="O35" i="2" s="1"/>
+  <c r="I35" i="2"/>
+  <c r="M35" i="2" s="1"/>
   <c r="O34" i="2"/>
   <c r="N34" i="2"/>
   <c r="I34" i="2"/>
   <c r="M34" i="2" s="1"/>
   <c r="O33" i="2"/>
   <c r="N33" i="2"/>
   <c r="I33" i="2"/>
   <c r="L33" i="2" s="1"/>
   <c r="O32" i="2"/>
   <c r="N32" i="2"/>
+  <c r="M32" i="2"/>
+  <c r="L32" i="2"/>
   <c r="I32" i="2"/>
-  <c r="M32" i="2" s="1"/>
   <c r="O31" i="2"/>
   <c r="N31" i="2"/>
   <c r="M31" i="2"/>
+  <c r="L31" i="2"/>
   <c r="I31" i="2"/>
-  <c r="L31" i="2" s="1"/>
   <c r="O30" i="2"/>
   <c r="N30" i="2"/>
   <c r="I30" i="2"/>
   <c r="M30" i="2" s="1"/>
   <c r="O29" i="2"/>
   <c r="N29" i="2"/>
   <c r="I29" i="2"/>
-  <c r="M29" i="2" s="1"/>
+  <c r="L29" i="2" s="1"/>
   <c r="O28" i="2"/>
   <c r="N28" i="2"/>
   <c r="I28" i="2"/>
   <c r="M28" i="2" s="1"/>
   <c r="O27" i="2"/>
   <c r="N27" i="2"/>
   <c r="I27" i="2"/>
   <c r="M27" i="2" s="1"/>
   <c r="O26" i="2"/>
   <c r="N26" i="2"/>
   <c r="I26" i="2"/>
   <c r="M26" i="2" s="1"/>
   <c r="O25" i="2"/>
   <c r="N25" i="2"/>
-  <c r="M25" i="2"/>
   <c r="I25" i="2"/>
   <c r="L25" i="2" s="1"/>
   <c r="O24" i="2"/>
   <c r="N24" i="2"/>
+  <c r="M24" i="2"/>
   <c r="I24" i="2"/>
-  <c r="M24" i="2" s="1"/>
+  <c r="L24" i="2" s="1"/>
   <c r="O23" i="2"/>
   <c r="N23" i="2"/>
-  <c r="M23" i="2"/>
   <c r="I23" i="2"/>
   <c r="L23" i="2" s="1"/>
   <c r="O22" i="2"/>
   <c r="N22" i="2"/>
   <c r="I22" i="2"/>
   <c r="M22" i="2" s="1"/>
   <c r="O21" i="2"/>
   <c r="N21" i="2"/>
   <c r="I21" i="2"/>
   <c r="M21" i="2" s="1"/>
   <c r="O20" i="2"/>
   <c r="N20" i="2"/>
-  <c r="M20" i="2"/>
   <c r="I20" i="2"/>
-  <c r="L20" i="2" s="1"/>
+  <c r="M20" i="2" s="1"/>
   <c r="O19" i="2"/>
   <c r="N19" i="2"/>
   <c r="I19" i="2"/>
   <c r="M19" i="2" s="1"/>
   <c r="O18" i="2"/>
   <c r="N18" i="2"/>
   <c r="I18" i="2"/>
   <c r="M18" i="2" s="1"/>
   <c r="O17" i="2"/>
   <c r="N17" i="2"/>
-  <c r="M17" i="2"/>
-  <c r="L17" i="2"/>
   <c r="I17" i="2"/>
+  <c r="L17" i="2" s="1"/>
   <c r="O16" i="2"/>
   <c r="N16" i="2"/>
-  <c r="M16" i="2"/>
   <c r="I16" i="2"/>
-  <c r="L16" i="2" s="1"/>
+  <c r="M16" i="2" s="1"/>
   <c r="O15" i="2"/>
   <c r="N15" i="2"/>
+  <c r="L15" i="2"/>
   <c r="I15" i="2"/>
-  <c r="L15" i="2" s="1"/>
+  <c r="M15" i="2" s="1"/>
   <c r="O14" i="2"/>
   <c r="N14" i="2"/>
   <c r="I14" i="2"/>
-  <c r="L14" i="2" s="1"/>
+  <c r="M14" i="2" s="1"/>
   <c r="O13" i="2"/>
   <c r="N13" i="2"/>
   <c r="I13" i="2"/>
   <c r="M13" i="2" s="1"/>
   <c r="O12" i="2"/>
   <c r="N12" i="2"/>
-  <c r="L12" i="2"/>
   <c r="I12" i="2"/>
   <c r="M12" i="2" s="1"/>
   <c r="O11" i="2"/>
   <c r="N11" i="2"/>
   <c r="I11" i="2"/>
   <c r="M11" i="2" s="1"/>
   <c r="O10" i="2"/>
   <c r="N10" i="2"/>
   <c r="I10" i="2"/>
   <c r="M10" i="2" s="1"/>
   <c r="O9" i="2"/>
   <c r="N9" i="2"/>
   <c r="I9" i="2"/>
-  <c r="M9" i="2" s="1"/>
+  <c r="L9" i="2" s="1"/>
   <c r="O8" i="2"/>
   <c r="N8" i="2"/>
-  <c r="M8" i="2"/>
-  <c r="L8" i="2"/>
   <c r="I8" i="2"/>
+  <c r="M8" i="2" s="1"/>
   <c r="O7" i="2"/>
   <c r="N7" i="2"/>
   <c r="M7" i="2"/>
   <c r="I7" i="2"/>
   <c r="L7" i="2" s="1"/>
   <c r="O6" i="2"/>
   <c r="N6" i="2"/>
   <c r="I6" i="2"/>
-  <c r="L6" i="2" s="1"/>
+  <c r="M6" i="2" s="1"/>
+  <c r="O5" i="2"/>
   <c r="N5" i="2"/>
   <c r="H5" i="2"/>
-  <c r="O5" i="2" s="1"/>
+  <c r="I5" i="2" s="1"/>
+  <c r="L5" i="2" s="1"/>
   <c r="O4" i="2"/>
   <c r="N4" i="2"/>
   <c r="I4" i="2"/>
   <c r="L4" i="2" s="1"/>
   <c r="O3" i="2"/>
   <c r="N3" i="2"/>
   <c r="I3" i="2"/>
-  <c r="L3" i="2" s="1"/>
+  <c r="M3" i="2" s="1"/>
   <c r="D37" i="1"/>
   <c r="C37" i="1"/>
-  <c r="M33" i="2" l="1"/>
-[...5 lines deleted...]
-  <c r="M47" i="2"/>
+  <c r="L16" i="2" l="1"/>
+  <c r="L95" i="2"/>
+  <c r="L115" i="2"/>
+  <c r="M125" i="2"/>
+  <c r="M136" i="2"/>
+  <c r="L14" i="2"/>
+  <c r="L87" i="2"/>
+  <c r="L101" i="2"/>
+  <c r="I38" i="2"/>
+  <c r="M38" i="2" s="1"/>
+  <c r="L117" i="2"/>
+  <c r="L123" i="2"/>
+  <c r="L69" i="2"/>
+  <c r="M4" i="2"/>
+  <c r="M23" i="2"/>
+  <c r="L63" i="2"/>
+  <c r="L81" i="2"/>
+  <c r="L89" i="2"/>
+  <c r="L97" i="2"/>
+  <c r="M105" i="2"/>
+  <c r="M127" i="2"/>
+  <c r="L129" i="2"/>
+  <c r="I131" i="2"/>
+  <c r="M131" i="2" s="1"/>
+  <c r="L133" i="2"/>
+  <c r="L8" i="2"/>
+  <c r="M25" i="2"/>
+  <c r="L30" i="2"/>
+  <c r="I46" i="2"/>
+  <c r="M46" i="2" s="1"/>
+  <c r="L53" i="2"/>
+  <c r="L55" i="2"/>
+  <c r="M73" i="2"/>
+  <c r="M119" i="2"/>
+  <c r="L135" i="2"/>
+  <c r="L79" i="2"/>
+  <c r="M33" i="2"/>
+  <c r="M103" i="2"/>
+  <c r="I41" i="2"/>
+  <c r="L41" i="2" s="1"/>
+  <c r="L85" i="2"/>
+  <c r="M56" i="2"/>
+  <c r="L6" i="2"/>
+  <c r="L3" i="2"/>
+  <c r="L80" i="2"/>
+  <c r="L96" i="2"/>
+  <c r="L116" i="2"/>
+  <c r="L126" i="2"/>
+  <c r="M9" i="2"/>
+  <c r="L77" i="2"/>
+  <c r="L93" i="2"/>
+  <c r="L71" i="2"/>
+  <c r="O43" i="2"/>
+  <c r="L61" i="2"/>
+  <c r="M17" i="2"/>
+  <c r="L22" i="2"/>
   <c r="M57" i="2"/>
-  <c r="L72" i="2"/>
-[...48 lines deleted...]
-  <c r="L36" i="2"/>
+  <c r="L70" i="2"/>
+  <c r="I42" i="2"/>
+  <c r="M42" i="2" s="1"/>
+  <c r="L62" i="2"/>
+  <c r="L132" i="2"/>
+  <c r="M130" i="2"/>
+  <c r="L130" i="2"/>
+  <c r="L39" i="2"/>
+  <c r="M39" i="2"/>
+  <c r="M44" i="2"/>
+  <c r="L44" i="2"/>
+  <c r="M40" i="2"/>
   <c r="L40" i="2"/>
-  <c r="L44" i="2"/>
-[...8 lines deleted...]
-  <c r="M6" i="2"/>
+  <c r="L43" i="2"/>
+  <c r="M43" i="2"/>
   <c r="L11" i="2"/>
-  <c r="M14" i="2"/>
   <c r="L19" i="2"/>
   <c r="L27" i="2"/>
-  <c r="I35" i="2"/>
-[...9 lines deleted...]
-  <c r="L93" i="2"/>
+  <c r="L35" i="2"/>
+  <c r="L38" i="2"/>
+  <c r="L49" i="2"/>
+  <c r="L59" i="2"/>
+  <c r="L67" i="2"/>
+  <c r="L75" i="2"/>
+  <c r="L83" i="2"/>
+  <c r="L91" i="2"/>
+  <c r="L99" i="2"/>
   <c r="L107" i="2"/>
-  <c r="L124" i="2"/>
+  <c r="I110" i="2"/>
+  <c r="L113" i="2"/>
+  <c r="L121" i="2"/>
   <c r="L13" i="2"/>
   <c r="L21" i="2"/>
-  <c r="L29" i="2"/>
+  <c r="M5" i="2"/>
   <c r="L10" i="2"/>
   <c r="L18" i="2"/>
   <c r="L26" i="2"/>
+  <c r="M29" i="2"/>
   <c r="L34" i="2"/>
+  <c r="M37" i="2"/>
+  <c r="M41" i="2"/>
+  <c r="M45" i="2"/>
   <c r="L48" i="2"/>
-  <c r="L50" i="2"/>
   <c r="L58" i="2"/>
   <c r="L66" i="2"/>
   <c r="L74" i="2"/>
   <c r="L82" i="2"/>
   <c r="L90" i="2"/>
   <c r="L98" i="2"/>
-  <c r="L104" i="2"/>
+  <c r="L106" i="2"/>
+  <c r="L109" i="2"/>
   <c r="L112" i="2"/>
-  <c r="L115" i="2"/>
-[...2 lines deleted...]
-  <c r="L79" i="2"/>
+  <c r="L120" i="2"/>
+  <c r="L137" i="2"/>
+  <c r="L128" i="2"/>
+  <c r="L12" i="2"/>
+  <c r="L20" i="2"/>
+  <c r="L28" i="2"/>
+  <c r="L36" i="2"/>
+  <c r="L50" i="2"/>
+  <c r="L52" i="2"/>
+  <c r="L60" i="2"/>
+  <c r="L68" i="2"/>
+  <c r="L76" i="2"/>
+  <c r="L84" i="2"/>
+  <c r="L92" i="2"/>
+  <c r="L100" i="2"/>
+  <c r="L108" i="2"/>
+  <c r="L114" i="2"/>
+  <c r="L122" i="2"/>
   <c r="B52" i="1"/>
   <c r="P3" i="4"/>
   <c r="B49" i="1"/>
   <c r="P2" i="4"/>
   <c r="D19" i="1"/>
   <c r="D18" i="1"/>
   <c r="D17" i="1"/>
   <c r="D16" i="1"/>
   <c r="C19" i="1"/>
   <c r="C18" i="1"/>
   <c r="C17" i="1"/>
   <c r="C16" i="1"/>
-  <c r="M100" i="2" l="1"/>
-[...7 lines deleted...]
-  <c r="M43" i="2"/>
+  <c r="L46" i="2" l="1"/>
+  <c r="L131" i="2"/>
+  <c r="L42" i="2"/>
+  <c r="M110" i="2"/>
+  <c r="L110" i="2"/>
   <c r="D38" i="1" a="1"/>
   <c r="D38" i="1" s="1"/>
   <c r="C38" i="1" a="1"/>
   <c r="C38" i="1" s="1"/>
   <c r="C35" i="1" l="1"/>
   <c r="D20" i="1"/>
   <c r="C20" i="1"/>
   <c r="C34" i="1"/>
   <c r="D34" i="1"/>
   <c r="C36" i="1" l="1"/>
   <c r="D35" i="1"/>
   <c r="D36" i="1" s="1"/>
   <c r="E20" i="1"/>
   <c r="E18" i="1"/>
   <c r="E17" i="1"/>
   <c r="E16" i="1"/>
   <c r="E19" i="1"/>
   <c r="D15" i="1" l="1"/>
   <c r="C15" i="1"/>
   <c r="D28" i="1" l="1"/>
   <c r="C28" i="1"/>
   <c r="E28" i="1" l="1"/>
   <c r="E24" i="1"/>
   <c r="D24" i="1" s="1"/>
   <c r="C24" i="1" l="1"/>
@@ -758,51 +823,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="895" uniqueCount="421">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="973" uniqueCount="445">
   <si>
     <t>Program</t>
   </si>
   <si>
     <t>International/domestic student living abroad</t>
   </si>
   <si>
     <t>Fall</t>
   </si>
   <si>
     <t>Spring</t>
   </si>
   <si>
     <t>Tuition</t>
   </si>
   <si>
     <t>Fees</t>
   </si>
   <si>
     <t>Housing</t>
   </si>
   <si>
     <t>Food</t>
   </si>
   <si>
@@ -1717,53 +1782,50 @@
   <si>
     <t>SFS Turks and Caicos (Semester)</t>
   </si>
   <si>
     <t>Housing charge appears on bill and includes most food. Food reflects only the portion of housing and/or food that is not covered by the housing fee and represents an estimate; this is the estimated cost of housing and/or food during program breaks. Costs related to optional SCUBA not included.</t>
   </si>
   <si>
     <t>Arcadia Sant'Anna Institute (Fall)</t>
   </si>
   <si>
     <t>Housing charge reflects double occupancy homestay option, appears on the bill, and includes daily breakfast and dinner. Food reflects an estimate of lunch expenses and does not appear on the bill.</t>
   </si>
   <si>
     <t>Budapest</t>
   </si>
   <si>
     <t>BSM</t>
   </si>
   <si>
     <t>Budapest Semesters in Mathematics (Fall)</t>
   </si>
   <si>
     <t>Housing and food do not appear on the bill and reflect estimates. The housing estimate includes utilities.</t>
   </si>
   <si>
-    <t>Housing appears on the bill. Food does not appear on the bill and reflects an estimate.</t>
-[...1 lines deleted...]
-  <si>
     <t>USA</t>
   </si>
   <si>
     <t>Dartmouth</t>
   </si>
   <si>
     <t>Dartmouth Engineering (AY-Fall)</t>
   </si>
   <si>
     <t>Dartmouth Engineering (AY-Spring)</t>
   </si>
   <si>
     <t>Arcadia King's College London (Fall)</t>
   </si>
   <si>
     <t>CASA</t>
   </si>
   <si>
     <t>CASA Melbourne, Australia (Fall)</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>CASA Havana, Cuba (Fall)</t>
@@ -2126,50 +2188,125 @@
     <t>Housing charge appears on bill and includes most food. Food reflects only the portion of food that is not covered by the housing fee and represents an estimate.</t>
   </si>
   <si>
     <t>Middlebury in Cameroon (Fall)</t>
   </si>
   <si>
     <t>Middlebury in Cameroon (Spring)</t>
   </si>
   <si>
     <t>Housing charge appears on bill and includes some food. Food reflects only the portion of food that is not covered by the housing fee and represents an estimate. Other fee is health insurance.</t>
   </si>
   <si>
     <t>Middlebury at CMRS Oxford Humanities Program (Fall)</t>
   </si>
   <si>
     <t>Middlebury at CMRS Oxford Humanities Program (Spring)</t>
   </si>
   <si>
     <t>Housing charge appears on the bill. Food does not appear on the bill and represents an estimate. Other fee is health insurance.</t>
   </si>
   <si>
     <t>IES Nagoya, Japan - Nanzan University (AY-Fall)</t>
   </si>
   <si>
     <t>IES Nagoya, Japan - Nanzan University (AY-Spring)</t>
+  </si>
+  <si>
+    <t>Arcadia University of Oxford, St. Catherines College (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge reflects self-catered, shared accommodations and appears on the bill. Food reflects an estimate of food expenses and does not appear on the bill. Optional special course and lab fees not included.</t>
+  </si>
+  <si>
+    <t>Arcadia University of Oxford, St. Catherines College (Spring)</t>
+  </si>
+  <si>
+    <t>Housing charge reflects self-catered, shared accommodations and appears on the bill. Food reflects an estimate of food expenses and does not appear on the bill. Optional special course and lab fees not included. Program tuition is charged since it is higher than Grinnell's.</t>
+  </si>
+  <si>
+    <t>Northern Ireland</t>
+  </si>
+  <si>
+    <t>Arcadia Queens University Belfast (Spring)</t>
+  </si>
+  <si>
+    <t>IES Oxford, England - University of Oxford, St. Catherine's College (Spring)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill. Food reflects an estimate, including groceries and one meal out per week, and does not appear on the bill. Other fee is health insurance. Additional fees related to optional lab-based courses and field trips are not included.</t>
+  </si>
+  <si>
+    <t>IFSA Shanghai: International Business (Spring)</t>
+  </si>
+  <si>
+    <t>IFSA University of Oxford, Hertford College (Spring)</t>
+  </si>
+  <si>
+    <t>IFSA University of Oxford, St. Catherine's College (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill. Food does not appear on the bill and represents an estimate. Additional fees related to optional courses, including supplemental, lab, and field trip fees, are not included.</t>
+  </si>
+  <si>
+    <t>IFSA University of Oxford, St. Catherine's College (Spring)</t>
+  </si>
+  <si>
+    <t>IFSA University of Oxford, Worcester College (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charges appears on the bill. Food does not appear on the bill and represents an estimate. Additional fees related to optional courses, including lab and field trip fees, are not included.</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>SIT Argentina: People, Environment, and Climate Change in Patagonia and Antarctica (Spring)</t>
+  </si>
+  <si>
+    <t>Housing appears on the bill and includes most food. The estimate for food reflects only the portion of food that is not covered by the housing fee and represents an estimate.</t>
+  </si>
+  <si>
+    <t>SIT Tanzania: Zanzibar Coastal Ecology and Natural Resource Management (Spring)</t>
+  </si>
+  <si>
+    <t>SIT IHP Cities in the 21st Century (Spring)</t>
+  </si>
+  <si>
+    <t>Housing appears on the bill and includes all food. Program starts in NYC and ends in Cape Town, South Africa, and student is responsible for flight to NYC and from Cape Town. Transportation allowance reflects travel to Africa. Program covers travel between sites.</t>
+  </si>
+  <si>
+    <t>Vietnam</t>
+  </si>
+  <si>
+    <t>SIT Vietnam: Culture, Social Change, and Development (Spring)</t>
+  </si>
+  <si>
+    <t>Housing reflects homestay and appears on the bill. It includes some food. Food reflects only the portion of food that is not covered by the housing fee, does not appear on the bill, and represents an estimate.</t>
+  </si>
+  <si>
+    <t>Housing appears on the bill. Food does not appear on the bill and reflects an estimate. Other fee is health and travel fee charged by the program.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2866,51 +3003,51 @@
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="103">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
@@ -3047,58 +3184,55 @@
     <xf numFmtId="164" fontId="0" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="42" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="7" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFE5E6E4"/>
       <color rgb="FF7A4282"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -3360,51 +3494,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grinnell.edu/admission/financial-aid/cost-attendance/off-campus-study" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.grinnell.edu/online-financial-aid" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B1:F61"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C7" sqref="C7"/>
+      <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.1796875" customWidth="1"/>
     <col min="2" max="2" width="45.7265625" customWidth="1"/>
     <col min="3" max="4" width="42.7265625" customWidth="1"/>
     <col min="5" max="5" width="21.81640625" customWidth="1"/>
     <col min="6" max="6" width="71.453125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:6" ht="48" customHeight="1" thickBot="1" x14ac:dyDescent="0.4"/>
     <row r="2" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B2" s="10"/>
       <c r="C2" s="44" t="s">
         <v>137</v>
       </c>
       <c r="D2" s="11"/>
       <c r="E2" s="49"/>
     </row>
     <row r="3" spans="2:6" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B3" s="57"/>
       <c r="C3" s="58"/>
       <c r="D3" s="59"/>
     </row>
@@ -3514,115 +3648,115 @@
       <c r="E14" s="80" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="53" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B15" s="23"/>
       <c r="C15" s="28" t="str">
         <f>IF(ISBLANK(C7),"On Campus",C7)</f>
         <v>On Campus</v>
       </c>
       <c r="D15" s="28" t="str">
         <f>IF(ISBLANK(C8),"On Campus",C8)</f>
         <v>On Campus</v>
       </c>
       <c r="E15" s="80"/>
       <c r="F15" s="27"/>
     </row>
     <row r="16" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B16" s="23" t="s">
         <v>180</v>
       </c>
       <c r="C16" s="29">
-        <f>IF(ISBLANK(C7),35894,INDEX('Program List'!F3:F190,MATCH(C7,'Program List'!D3:D190,0)))</f>
+        <f>IF(ISBLANK(C7),35894,INDEX('Program List'!F3:F189,MATCH(C7,'Program List'!D3:D189,0)))</f>
         <v>35894</v>
       </c>
       <c r="D16" s="29">
-        <f>IF(ISBLANK(C8),35894,INDEX('Program List'!F3:F190,MATCH(C8,'Program List'!D3:D190,0)))</f>
+        <f>IF(ISBLANK(C8),35894,INDEX('Program List'!F3:F189,MATCH(C8,'Program List'!D3:D189,0)))</f>
         <v>35894</v>
       </c>
       <c r="E16" s="78">
         <f>C16+D16</f>
         <v>71788</v>
       </c>
       <c r="F16" s="30" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="17" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B17" s="23" t="s">
         <v>5</v>
       </c>
       <c r="C17" s="29">
-        <f>IF(ISBLANK(C7),279,INDEX('Program List'!I3:I190,MATCH(C7,'Program List'!D3:D190,0)))</f>
+        <f>IF(ISBLANK(C7),279,INDEX('Program List'!I3:I189,MATCH(C7,'Program List'!D3:D189,0)))</f>
         <v>279</v>
       </c>
       <c r="D17" s="29">
-        <f>IF(ISBLANK(C8),279,INDEX('Program List'!I3:I190,MATCH(C8,'Program List'!D3:D190,0)))</f>
+        <f>IF(ISBLANK(C8),279,INDEX('Program List'!I3:I189,MATCH(C8,'Program List'!D3:D189,0)))</f>
         <v>279</v>
       </c>
       <c r="E17" s="78">
         <f t="shared" ref="E17:E22" si="0">C17+D17</f>
         <v>558</v>
       </c>
       <c r="F17" s="79" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="18" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B18" s="23" t="s">
         <v>6</v>
       </c>
       <c r="C18" s="29">
-        <f>IF(ISBLANK(C7),4056,INDEX('Program List'!J3:J190,MATCH(C7,'Program List'!D3:D190,0)))</f>
+        <f>IF(ISBLANK(C7),4056,INDEX('Program List'!J3:J189,MATCH(C7,'Program List'!D3:D189,0)))</f>
         <v>4056</v>
       </c>
       <c r="D18" s="29">
-        <f>IF(ISBLANK(C8),4056,INDEX('Program List'!J3:J190,MATCH(C8,'Program List'!D3:D190,0)))</f>
+        <f>IF(ISBLANK(C8),4056,INDEX('Program List'!J3:J189,MATCH(C8,'Program List'!D3:D189,0)))</f>
         <v>4056</v>
       </c>
       <c r="E18" s="78">
         <f t="shared" si="0"/>
         <v>8112</v>
       </c>
       <c r="F18" s="83" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="19" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B19" s="23" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="29">
-        <f>IF(ISBLANK(C7),4618,INDEX('Program List'!K3:K190,MATCH(C7,'Program List'!D3:D190,0)))</f>
+        <f>IF(ISBLANK(C7),4618,INDEX('Program List'!K3:K189,MATCH(C7,'Program List'!D3:D189,0)))</f>
         <v>4618</v>
       </c>
       <c r="D19" s="29">
-        <f>IF(ISBLANK(C8),4618,INDEX('Program List'!K3:K190,MATCH(C8,'Program List'!D3:D190,0)))</f>
+        <f>IF(ISBLANK(C8),4618,INDEX('Program List'!K3:K189,MATCH(C8,'Program List'!D3:D189,0)))</f>
         <v>4618</v>
       </c>
       <c r="E19" s="78">
         <f t="shared" si="0"/>
         <v>9236</v>
       </c>
       <c r="F19" s="84" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="20" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B20" s="23" t="s">
         <v>9</v>
       </c>
       <c r="C20" s="29">
         <f>IF(ISBLANK(C7),550,1500)</f>
         <v>550</v>
       </c>
       <c r="D20" s="29">
         <f>IF(ISBLANK(C8),550,1500)</f>
         <v>550</v>
       </c>
       <c r="E20" s="78">
         <f t="shared" si="0"/>
         <v>1100</v>
@@ -3852,73 +3986,73 @@
       </c>
       <c r="E35" s="46"/>
       <c r="F35" s="27"/>
     </row>
     <row r="36" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B36" s="23" t="s">
         <v>114</v>
       </c>
       <c r="C36" s="32">
         <f>IF(ISBLANK(C7),C18+C19,C38-C35-C34-C37)</f>
         <v>8674</v>
       </c>
       <c r="D36" s="29">
         <f>IF(ISBLANK(C8),D18+D19,D38-D35-D34-D37)</f>
         <v>8674</v>
       </c>
       <c r="E36" s="46"/>
       <c r="F36" s="30" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="37" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B37" s="33" t="s">
         <v>168</v>
       </c>
-      <c r="C37" s="100">
-        <f>IF(ISBLANK(C7),0,-INDEX('Program List'!P2:P196,MATCH(C7,'Program List'!D2:D196,0)))</f>
+      <c r="C37" s="99">
+        <f>IF(ISBLANK(C7),0,-INDEX('Program List'!P2:P195,MATCH(C7,'Program List'!D2:D195,0)))</f>
         <v>0</v>
       </c>
       <c r="D37" s="37">
-        <f>IF(ISBLANK(C8),0,-INDEX('Program List'!P2:P196,MATCH(C8,'Program List'!D2:D196,0)))</f>
+        <f>IF(ISBLANK(C8),0,-INDEX('Program List'!P2:P195,MATCH(C8,'Program List'!D2:D195,0)))</f>
         <v>0</v>
       </c>
       <c r="E37" s="46"/>
       <c r="F37" s="30" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="38" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B38" s="33" t="s">
         <v>115</v>
       </c>
       <c r="C38" s="37" cm="1">
-        <f t="array" ref="C38">IF(ISBLANK(C7),C16+C17+C18+C19,INDEX('Program List'!M3:M190+C37,MATCH(C7,'Program List'!D3:D190,0)))</f>
+        <f t="array" ref="C38">IF(ISBLANK(C7),C16+C17+C18+C19,INDEX('Program List'!M3:M189+C37,MATCH(C7,'Program List'!D3:D189,0)))</f>
         <v>44847</v>
       </c>
       <c r="D38" s="37" cm="1">
-        <f t="array" ref="D38">IF(ISBLANK(C8),D16+D17+D18+D19,INDEX('Program List'!M3:M190+D37,MATCH(C8,'Program List'!D3:D190,0)))</f>
+        <f t="array" ref="D38">IF(ISBLANK(C8),D16+D17+D18+D19,INDEX('Program List'!M3:M189+D37,MATCH(C8,'Program List'!D3:D189,0)))</f>
         <v>44847</v>
       </c>
       <c r="E38" s="46"/>
       <c r="F38" s="27"/>
     </row>
     <row r="39" spans="2:6" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B39" s="57"/>
       <c r="C39" s="58"/>
       <c r="D39" s="58"/>
       <c r="E39" s="59"/>
       <c r="F39" s="60"/>
     </row>
     <row r="40" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B40" s="38" t="s">
         <v>157</v>
       </c>
       <c r="C40" s="39" t="e">
         <f>C27+C29</f>
         <v>#N/A</v>
       </c>
       <c r="D40" s="39" t="e">
         <f>D27+D29</f>
         <v>#N/A</v>
       </c>
       <c r="E40" s="6"/>
@@ -3933,55 +4067,55 @@
       <c r="E41" s="59"/>
       <c r="F41" s="65"/>
     </row>
     <row r="42" spans="2:6" ht="78.5" x14ac:dyDescent="0.35">
       <c r="B42" s="23" t="s">
         <v>116</v>
       </c>
       <c r="C42" s="32" t="e">
         <f>C38-C27-C29</f>
         <v>#N/A</v>
       </c>
       <c r="D42" s="32" t="e">
         <f>D38-D27-D29</f>
         <v>#N/A</v>
       </c>
       <c r="E42" s="45"/>
       <c r="F42" s="31" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="43" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B43" s="23" t="s">
         <v>183</v>
       </c>
       <c r="C43" s="29" t="e">
-        <f>IF(ISBLANK(C7),C20+C21,INDEX('Program List'!N3:N190,MATCH(C7,'Program List'!D3:D190,0))+C21-C37)</f>
+        <f>IF(ISBLANK(C7),C20+C21,INDEX('Program List'!N3:N189,MATCH(C7,'Program List'!D3:D189,0))+C21-C37)</f>
         <v>#N/A</v>
       </c>
       <c r="D43" s="29" t="e">
-        <f>IF(ISBLANK(C8),D20+D21,INDEX('Program List'!N3:N190,MATCH(C8,'Program List'!D3:D190,0))+D21-D37)</f>
+        <f>IF(ISBLANK(C8),D20+D21,INDEX('Program List'!N3:N189,MATCH(C8,'Program List'!D3:D189,0))+D21-D37)</f>
         <v>#N/A</v>
       </c>
       <c r="E43" s="46"/>
       <c r="F43" s="30" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="44" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B44" s="23" t="s">
         <v>118</v>
       </c>
       <c r="C44" s="29" t="e">
         <f>IF(C42&gt;0,C43,C42+C43)</f>
         <v>#N/A</v>
       </c>
       <c r="D44" s="29" t="e">
         <f>IF(D42&gt;0,D43,D42+D43)</f>
         <v>#N/A</v>
       </c>
       <c r="E44" s="46"/>
       <c r="F44" s="31" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="45" spans="2:6" ht="27" thickBot="1" x14ac:dyDescent="0.4">
@@ -4006,77 +4140,77 @@
       <c r="C46" s="62"/>
       <c r="D46" s="62"/>
       <c r="E46" s="63"/>
       <c r="F46" s="90"/>
     </row>
     <row r="47" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B47" s="67" t="s">
         <v>128</v>
       </c>
       <c r="C47" s="68"/>
       <c r="D47" s="68"/>
       <c r="E47" s="71"/>
       <c r="F47" s="91"/>
     </row>
     <row r="48" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B48" s="70" t="s">
         <v>124</v>
       </c>
       <c r="C48" s="72"/>
       <c r="D48" s="72"/>
       <c r="E48" s="72"/>
       <c r="F48" s="6"/>
     </row>
     <row r="49" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B49" s="94" t="str">
-        <f>IF(ISBLANK(C7),"N/A",INDEX('Program List'!R3:R190,MATCH(C7,'Program List'!D3:D190,0)))</f>
+        <f>IF(ISBLANK(C7),"N/A",INDEX('Program List'!R3:R189,MATCH(C7,'Program List'!D3:D189,0)))</f>
         <v>N/A</v>
       </c>
       <c r="C49" s="41"/>
       <c r="D49" s="41"/>
       <c r="E49" s="41"/>
       <c r="F49" s="6"/>
     </row>
     <row r="50" spans="2:6" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B50" s="92"/>
       <c r="C50" s="93"/>
       <c r="D50" s="93"/>
       <c r="E50" s="93"/>
       <c r="F50" s="59"/>
     </row>
     <row r="51" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B51" s="70" t="s">
         <v>125</v>
       </c>
       <c r="C51" s="72"/>
       <c r="D51" s="72"/>
       <c r="E51" s="72"/>
       <c r="F51" s="6"/>
     </row>
     <row r="52" spans="2:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B52" s="95" t="str">
-        <f>IF(ISBLANK(C8),"N/A",INDEX('Program List'!R3:R190,MATCH(C8,'Program List'!D3:D190,0)))</f>
+        <f>IF(ISBLANK(C8),"N/A",INDEX('Program List'!R3:R189,MATCH(C8,'Program List'!D3:D189,0)))</f>
         <v>N/A</v>
       </c>
       <c r="C52" s="42"/>
       <c r="D52" s="42"/>
       <c r="E52" s="42"/>
       <c r="F52" s="9"/>
     </row>
     <row r="55" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B55" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="56" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B56" t="s">
         <v>181</v>
       </c>
       <c r="C56" s="41"/>
       <c r="D56" s="41"/>
       <c r="E56" s="41"/>
     </row>
     <row r="57" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B57" t="s">
         <v>188</v>
       </c>
       <c r="C57" s="41"/>
@@ -4111,66 +4245,66 @@
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C10" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>"AL,AK,AZ,AR,CA,CO,CT,DE,DC,FL,GA,HI,ID,IL,IN,IA,KS,KY,LA,ME,MD,MA,MI,MN,MS,MO,MT,NE,NV,NH,NJ,NM,NY,NC,ND,OH,OK,OR,PA,RI,SC,SD,TN,TX,UT,VT,VA,WA,WV,WI,WY,International/domestic student living abroad"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C9" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>"Fall,Spring,Academic Year (1 program),Academic Year (2 programs)"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="D11" r:id="rId1" display="Find this on the View/Accept Aid page of the online financial aid office (student login required)." xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="D4" r:id="rId2" display="Review the Grinnell College website for more information about how financial aid works for OCS before getting started." xr:uid="{FF16A372-7D9D-4351-AA27-866C51F865ED}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId3"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Internal</oddFooter>
   </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000002000000}">
           <x14:formula1>
-            <xm:f>'Program List'!$D$2:$D$190</xm:f>
+            <xm:f>'Program List'!$D$2:$D$189</xm:f>
           </x14:formula1>
           <xm:sqref>C7:C8</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:R252"/>
+  <dimension ref="A1:R251"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="A52" sqref="A52:XFD52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10.54296875" style="18" customWidth="1"/>
     <col min="2" max="2" width="10.26953125" style="18" customWidth="1"/>
     <col min="3" max="3" width="13.1796875" style="17" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.1796875" style="17" customWidth="1"/>
     <col min="5" max="5" width="8" style="18" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.7265625" style="17" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="9.7265625" style="17" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="18.81640625" style="17" customWidth="1"/>
     <col min="9" max="9" width="11.1796875" style="17" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="9.453125" style="17" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="7.81640625" style="17" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="12" style="17" customWidth="1"/>
     <col min="13" max="13" width="10" style="17" customWidth="1"/>
     <col min="14" max="16" width="14.26953125" style="17" customWidth="1"/>
     <col min="17" max="17" width="10.7265625" style="17" customWidth="1"/>
     <col min="18" max="18" width="38.81640625" style="17" customWidth="1"/>
     <col min="19" max="16384" width="9.1796875" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="39" x14ac:dyDescent="0.3">
       <c r="A1" s="13" t="s">
@@ -4196,51 +4330,51 @@
       </c>
       <c r="H1" s="14" t="s">
         <v>22</v>
       </c>
       <c r="I1" s="14" t="s">
         <v>23</v>
       </c>
       <c r="J1" s="14" t="s">
         <v>6</v>
       </c>
       <c r="K1" s="14" t="s">
         <v>24</v>
       </c>
       <c r="L1" s="15" t="s">
         <v>25</v>
       </c>
       <c r="M1" s="15" t="s">
         <v>26</v>
       </c>
       <c r="N1" s="15" t="s">
         <v>27</v>
       </c>
       <c r="O1" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="P1" s="101" t="s">
+      <c r="P1" s="100" t="s">
         <v>170</v>
       </c>
       <c r="Q1" s="16" t="s">
         <v>29</v>
       </c>
       <c r="R1" s="16" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="2" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A2" s="40"/>
       <c r="B2" s="40"/>
       <c r="C2" s="40"/>
       <c r="D2" s="40"/>
       <c r="E2" s="40"/>
       <c r="F2" s="40"/>
       <c r="G2" s="40"/>
       <c r="H2" s="40"/>
       <c r="I2" s="40"/>
       <c r="J2" s="40"/>
       <c r="K2" s="40"/>
       <c r="L2" s="40"/>
       <c r="M2" s="40"/>
       <c r="N2" s="40"/>
       <c r="O2" s="40"/>
@@ -4252,97 +4386,97 @@
       <c r="A3" s="18" t="s">
         <v>100</v>
       </c>
       <c r="B3" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C3" s="18" t="s">
         <v>163</v>
       </c>
       <c r="D3" s="18" t="s">
         <v>171</v>
       </c>
       <c r="E3" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="18">
         <v>35894</v>
       </c>
       <c r="G3" s="18">
         <v>358</v>
       </c>
       <c r="H3" s="18">
         <v>0</v>
       </c>
       <c r="I3" s="18">
-        <f t="shared" ref="I3:I124" si="0">G3+H3</f>
+        <f t="shared" ref="I3:I137" si="0">G3+H3</f>
         <v>358</v>
       </c>
       <c r="J3" s="18">
         <v>2200</v>
       </c>
       <c r="K3" s="18">
         <v>3000</v>
       </c>
       <c r="L3" s="17">
-        <f t="shared" ref="L3:L124" si="1">F3+I3+J3+K3+1500</f>
+        <f t="shared" ref="L3:L137" si="1">F3+I3+J3+K3+1500</f>
         <v>42952</v>
       </c>
       <c r="M3" s="17">
         <f>F3+I3</f>
         <v>36252</v>
       </c>
       <c r="N3" s="17">
         <f>1500+K3+J3</f>
         <v>6700</v>
       </c>
       <c r="O3" s="17">
         <f>H3</f>
         <v>0</v>
       </c>
       <c r="P3" s="18">
         <v>200</v>
       </c>
       <c r="Q3" s="19">
         <v>45700</v>
       </c>
       <c r="R3" s="18" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="4" spans="1:18" ht="52" x14ac:dyDescent="0.3">
       <c r="A4" s="18" t="s">
         <v>100</v>
       </c>
       <c r="B4" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C4" s="18" t="s">
         <v>163</v>
       </c>
       <c r="D4" s="18" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="E4" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="18">
         <v>35894</v>
       </c>
       <c r="G4" s="18">
         <v>358</v>
       </c>
       <c r="H4" s="18">
         <v>0</v>
       </c>
       <c r="I4" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
       <c r="J4" s="18">
         <v>2530</v>
       </c>
       <c r="K4" s="18">
         <v>3000</v>
       </c>
       <c r="L4" s="17">
         <f t="shared" si="1"/>
@@ -4350,159 +4484,159 @@
       </c>
       <c r="M4" s="17">
         <f>F4+I4</f>
         <v>36252</v>
       </c>
       <c r="N4" s="17">
         <f>1500+K4+J4</f>
         <v>7030</v>
       </c>
       <c r="O4" s="17">
         <f>H4</f>
         <v>0</v>
       </c>
       <c r="P4" s="18">
         <v>200</v>
       </c>
       <c r="Q4" s="19">
         <v>45943</v>
       </c>
       <c r="R4" s="18" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="5" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A5" s="18" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="B5" s="18" t="s">
         <v>40</v>
       </c>
       <c r="C5" s="18" t="s">
+        <v>312</v>
+      </c>
+      <c r="D5" s="18" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="E5" s="18" t="s">
         <v>185</v>
       </c>
       <c r="F5" s="18">
         <v>35894</v>
       </c>
       <c r="G5" s="18">
         <v>358</v>
       </c>
       <c r="H5" s="18">
         <f>550+136+80</f>
         <v>766</v>
       </c>
       <c r="I5" s="18">
         <f t="shared" si="0"/>
         <v>1124</v>
       </c>
       <c r="J5" s="18">
         <v>6195</v>
       </c>
       <c r="K5" s="18">
         <v>3258</v>
       </c>
       <c r="L5" s="17">
         <f t="shared" si="1"/>
         <v>47971</v>
       </c>
       <c r="M5" s="17">
-        <f t="shared" ref="M5:M34" si="2">F5+I5+J5</f>
+        <f t="shared" ref="M5:M37" si="2">F5+I5+J5</f>
         <v>43213</v>
       </c>
       <c r="N5" s="17">
         <f>1500+K5</f>
         <v>4758</v>
       </c>
       <c r="O5" s="17">
         <f>H5+J5</f>
         <v>6961</v>
       </c>
       <c r="P5" s="18">
         <v>200</v>
       </c>
       <c r="Q5" s="19">
         <v>45940</v>
       </c>
       <c r="R5" s="18" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
     </row>
     <row r="6" spans="1:18" ht="65" x14ac:dyDescent="0.3">
       <c r="A6" s="18" t="s">
         <v>158</v>
       </c>
       <c r="B6" s="18" t="s">
         <v>36</v>
       </c>
       <c r="C6" s="18" t="s">
         <v>159</v>
       </c>
       <c r="D6" s="18" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="E6" s="18" t="s">
         <v>185</v>
       </c>
       <c r="F6" s="18">
         <v>35894</v>
       </c>
       <c r="G6" s="18">
         <v>358</v>
       </c>
       <c r="H6" s="18">
         <v>0</v>
       </c>
       <c r="I6" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
       <c r="J6" s="18">
         <v>3650</v>
       </c>
       <c r="K6" s="18">
         <v>600</v>
       </c>
       <c r="L6" s="17">
         <f t="shared" si="1"/>
         <v>42002</v>
       </c>
       <c r="M6" s="17">
         <f t="shared" si="2"/>
         <v>39902</v>
       </c>
       <c r="N6" s="17">
-        <f t="shared" ref="N6:N34" si="3">1500+K6</f>
+        <f t="shared" ref="N6:N37" si="3">1500+K6</f>
         <v>2100</v>
       </c>
       <c r="O6" s="17">
-        <f t="shared" ref="O6:O34" si="4">H6+J6</f>
+        <f t="shared" ref="O6:O37" si="4">H6+J6</f>
         <v>3650</v>
       </c>
       <c r="P6" s="18">
         <v>200</v>
       </c>
       <c r="Q6" s="19">
         <v>45905</v>
       </c>
       <c r="R6" s="18" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="7" spans="1:18" ht="65" x14ac:dyDescent="0.3">
       <c r="A7" s="18" t="s">
         <v>192</v>
       </c>
       <c r="B7" s="18" t="s">
         <v>41</v>
       </c>
       <c r="C7" s="18" t="s">
         <v>193</v>
       </c>
       <c r="D7" s="18" t="s">
         <v>194</v>
       </c>
@@ -4543,51 +4677,51 @@
       <c r="O7" s="17">
         <f t="shared" si="4"/>
         <v>6880</v>
       </c>
       <c r="P7" s="18">
         <v>200</v>
       </c>
       <c r="Q7" s="19">
         <v>45735</v>
       </c>
       <c r="R7" s="18" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="8" spans="1:18" ht="65" x14ac:dyDescent="0.3">
       <c r="A8" s="18" t="s">
         <v>192</v>
       </c>
       <c r="B8" s="18" t="s">
         <v>41</v>
       </c>
       <c r="C8" s="18" t="s">
         <v>193</v>
       </c>
       <c r="D8" s="18" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="E8" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F8" s="18">
         <v>35894</v>
       </c>
       <c r="G8" s="18">
         <v>358</v>
       </c>
       <c r="H8" s="18">
         <v>0</v>
       </c>
       <c r="I8" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
       <c r="J8" s="18">
         <v>6910</v>
       </c>
       <c r="K8" s="18">
         <v>2525</v>
       </c>
       <c r="L8" s="17">
         <f t="shared" si="1"/>
@@ -4604,51 +4738,51 @@
       <c r="O8" s="17">
         <f t="shared" si="4"/>
         <v>6910</v>
       </c>
       <c r="P8" s="18">
         <v>200</v>
       </c>
       <c r="Q8" s="19">
         <v>45919</v>
       </c>
       <c r="R8" s="18" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="9" spans="1:18" ht="52" x14ac:dyDescent="0.3">
       <c r="A9" s="18" t="s">
         <v>101</v>
       </c>
       <c r="B9" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="18" t="s">
         <v>193</v>
       </c>
       <c r="D9" s="18" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="E9" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F9" s="18">
         <v>35894</v>
       </c>
       <c r="G9" s="18">
         <v>358</v>
       </c>
       <c r="H9" s="18">
         <v>0</v>
       </c>
       <c r="I9" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
       <c r="J9" s="18">
         <v>5110</v>
       </c>
       <c r="K9" s="18">
         <v>2140</v>
       </c>
       <c r="L9" s="17">
         <f t="shared" si="1"/>
@@ -4665,51 +4799,51 @@
       <c r="O9" s="17">
         <f t="shared" si="4"/>
         <v>5110</v>
       </c>
       <c r="P9" s="18">
         <v>200</v>
       </c>
       <c r="Q9" s="19">
         <v>45782</v>
       </c>
       <c r="R9" s="18" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:18" ht="52" x14ac:dyDescent="0.3">
       <c r="A10" s="18" t="s">
         <v>101</v>
       </c>
       <c r="B10" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="18" t="s">
         <v>193</v>
       </c>
       <c r="D10" s="18" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="E10" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F10" s="18">
         <v>35894</v>
       </c>
       <c r="G10" s="18">
         <v>358</v>
       </c>
       <c r="H10" s="18">
         <v>0</v>
       </c>
       <c r="I10" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
       <c r="J10" s="18">
         <v>7940</v>
       </c>
       <c r="K10" s="18">
         <v>3520</v>
       </c>
       <c r="L10" s="17">
         <f t="shared" si="1"/>
@@ -4726,51 +4860,51 @@
       <c r="O10" s="17">
         <f>H10+J10</f>
         <v>7940</v>
       </c>
       <c r="P10" s="18">
         <v>200</v>
       </c>
       <c r="Q10" s="19">
         <v>45919</v>
       </c>
       <c r="R10" s="18" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:18" ht="65" x14ac:dyDescent="0.3">
       <c r="A11" s="18" t="s">
         <v>101</v>
       </c>
       <c r="B11" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="18" t="s">
         <v>193</v>
       </c>
       <c r="D11" s="18" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="E11" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F11" s="18">
         <v>35894</v>
       </c>
       <c r="G11" s="18">
         <v>358</v>
       </c>
       <c r="H11" s="18">
         <v>0</v>
       </c>
       <c r="I11" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
       <c r="J11" s="18">
         <v>8670</v>
       </c>
       <c r="K11" s="18">
         <v>3195</v>
       </c>
       <c r="L11" s="17">
         <f t="shared" si="1"/>
@@ -4778,7125 +4912,7748 @@
       </c>
       <c r="M11" s="17">
         <f>F11+I11+J11</f>
         <v>44922</v>
       </c>
       <c r="N11" s="17">
         <f>1500+K11</f>
         <v>4695</v>
       </c>
       <c r="O11" s="17">
         <f>H11+J11</f>
         <v>8670</v>
       </c>
       <c r="P11" s="18">
         <v>200</v>
       </c>
       <c r="Q11" s="19">
         <v>45937</v>
       </c>
       <c r="R11" s="18" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="12" spans="1:18" ht="65" x14ac:dyDescent="0.3">
       <c r="A12" s="18" t="s">
-        <v>196</v>
+        <v>101</v>
       </c>
       <c r="B12" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="18" t="s">
         <v>193</v>
       </c>
       <c r="D12" s="18" t="s">
-        <v>197</v>
+        <v>420</v>
       </c>
       <c r="E12" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F12" s="18">
         <v>35894</v>
       </c>
       <c r="G12" s="18">
         <v>358</v>
       </c>
       <c r="H12" s="18">
         <v>0</v>
       </c>
       <c r="I12" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
       <c r="J12" s="18">
-        <v>3640</v>
+        <v>2490</v>
       </c>
       <c r="K12" s="18">
-        <v>1730</v>
+        <v>1515</v>
       </c>
       <c r="L12" s="17">
         <f t="shared" si="1"/>
+        <v>41757</v>
+      </c>
+      <c r="M12" s="17">
+        <f>F12+I12+J12</f>
+        <v>38742</v>
+      </c>
+      <c r="N12" s="17">
+        <f>1500+K12</f>
+        <v>3015</v>
+      </c>
+      <c r="O12" s="17">
+        <f>H12+J12</f>
+        <v>2490</v>
+      </c>
+      <c r="P12" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q12" s="19">
+        <v>46007</v>
+      </c>
+      <c r="R12" s="18" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+      <c r="A13" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="D13" s="18" t="s">
+        <v>422</v>
+      </c>
+      <c r="E13" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F13" s="101">
+        <v>49730</v>
+      </c>
+      <c r="G13" s="18">
+        <v>358</v>
+      </c>
+      <c r="H13" s="18">
+        <v>0</v>
+      </c>
+      <c r="I13" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J13" s="18">
+        <v>5320</v>
+      </c>
+      <c r="K13" s="18">
+        <v>2750</v>
+      </c>
+      <c r="L13" s="17">
+        <f t="shared" si="1"/>
+        <v>59658</v>
+      </c>
+      <c r="M13" s="17">
+        <f>F13+I13+J13</f>
+        <v>55408</v>
+      </c>
+      <c r="N13" s="17">
+        <f>1500+K13</f>
+        <v>4250</v>
+      </c>
+      <c r="O13" s="17">
+        <f>H13+J13</f>
+        <v>5320</v>
+      </c>
+      <c r="P13" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q13" s="19">
+        <v>46007</v>
+      </c>
+      <c r="R13" s="18" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A14" s="18" t="s">
+        <v>196</v>
+      </c>
+      <c r="B14" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C14" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="D14" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="E14" s="18" t="s">
+        <v>2</v>
+      </c>
+      <c r="F14" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G14" s="18">
+        <v>358</v>
+      </c>
+      <c r="H14" s="18">
+        <v>0</v>
+      </c>
+      <c r="I14" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J14" s="18">
+        <v>3640</v>
+      </c>
+      <c r="K14" s="18">
+        <v>1730</v>
+      </c>
+      <c r="L14" s="17">
+        <f t="shared" si="1"/>
         <v>43122</v>
       </c>
-      <c r="M12" s="17">
+      <c r="M14" s="17">
         <f t="shared" si="2"/>
         <v>39892</v>
       </c>
-      <c r="N12" s="17">
+      <c r="N14" s="17">
         <f t="shared" si="3"/>
         <v>3230</v>
       </c>
-      <c r="O12" s="17">
+      <c r="O14" s="17">
         <f t="shared" si="4"/>
         <v>3640</v>
       </c>
-      <c r="P12" s="18">
+      <c r="P14" s="18">
         <v>200</v>
       </c>
-      <c r="Q12" s="19">
+      <c r="Q14" s="19">
         <v>45734</v>
       </c>
-      <c r="R12" s="18" t="s">
+      <c r="R14" s="18" t="s">
         <v>195</v>
       </c>
     </row>
-    <row r="13" spans="1:18" ht="65" x14ac:dyDescent="0.3">
-      <c r="A13" s="18" t="s">
+    <row r="15" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A15" s="18" t="s">
         <v>196</v>
       </c>
-      <c r="B13" s="18" t="s">
+      <c r="B15" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C13" s="18" t="s">
+      <c r="C15" s="18" t="s">
         <v>193</v>
       </c>
-      <c r="D13" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="18" t="s">
+      <c r="D15" s="18" t="s">
+        <v>387</v>
+      </c>
+      <c r="E15" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="F13" s="18">
+      <c r="F15" s="18">
         <v>35894</v>
       </c>
-      <c r="G13" s="18">
-[...2 lines deleted...]
-      <c r="H13" s="18">
+      <c r="G15" s="18">
+        <v>358</v>
+      </c>
+      <c r="H15" s="18">
         <v>0</v>
       </c>
-      <c r="I13" s="18">
+      <c r="I15" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J13" s="18">
+      <c r="J15" s="18">
         <v>3600</v>
       </c>
-      <c r="K13" s="18">
+      <c r="K15" s="18">
         <v>2100</v>
       </c>
-      <c r="L13" s="17">
+      <c r="L15" s="17">
         <f t="shared" si="1"/>
         <v>43452</v>
       </c>
-      <c r="M13" s="17">
+      <c r="M15" s="17">
         <f t="shared" si="2"/>
         <v>39852</v>
       </c>
-      <c r="N13" s="17">
+      <c r="N15" s="17">
         <f t="shared" si="3"/>
         <v>3600</v>
       </c>
-      <c r="O13" s="17">
+      <c r="O15" s="17">
         <f t="shared" si="4"/>
         <v>3600</v>
       </c>
-      <c r="P13" s="18">
+      <c r="P15" s="18">
         <v>200</v>
       </c>
-      <c r="Q13" s="19">
+      <c r="Q15" s="19">
         <v>45919</v>
       </c>
-      <c r="R13" s="18" t="s">
+      <c r="R15" s="18" t="s">
         <v>195</v>
       </c>
     </row>
-    <row r="14" spans="1:18" ht="65" x14ac:dyDescent="0.3">
-      <c r="A14" s="18" t="s">
+    <row r="16" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A16" s="18" t="s">
         <v>215</v>
       </c>
-      <c r="B14" s="18" t="s">
+      <c r="B16" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C14" s="18" t="s">
+      <c r="C16" s="18" t="s">
         <v>193</v>
       </c>
-      <c r="D14" s="18" t="s">
+      <c r="D16" s="18" t="s">
         <v>278</v>
       </c>
-      <c r="E14" s="18" t="s">
+      <c r="E16" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="F14" s="18">
+      <c r="F16" s="18">
         <v>35894</v>
       </c>
-      <c r="G14" s="18">
-[...2 lines deleted...]
-      <c r="H14" s="18">
+      <c r="G16" s="18">
+        <v>358</v>
+      </c>
+      <c r="H16" s="18">
         <v>0</v>
       </c>
-      <c r="I14" s="18">
+      <c r="I16" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J14" s="18">
+      <c r="J16" s="18">
         <v>6770</v>
       </c>
-      <c r="K14" s="18">
+      <c r="K16" s="18">
         <v>600</v>
       </c>
-      <c r="L14" s="17">
+      <c r="L16" s="17">
         <f t="shared" si="1"/>
         <v>45122</v>
       </c>
-      <c r="M14" s="17">
-        <f>F14+I14+J14</f>
+      <c r="M16" s="17">
+        <f>F16+I16+J16</f>
         <v>43022</v>
       </c>
-      <c r="N14" s="17">
-        <f>1500+K14</f>
+      <c r="N16" s="17">
+        <f>1500+K16</f>
         <v>2100</v>
       </c>
-      <c r="O14" s="17">
+      <c r="O16" s="17">
         <f t="shared" si="4"/>
         <v>6770</v>
       </c>
-      <c r="P14" s="18">
+      <c r="P16" s="18">
         <v>200</v>
       </c>
-      <c r="Q14" s="19">
+      <c r="Q16" s="19">
         <v>45763</v>
       </c>
-      <c r="R14" s="18" t="s">
+      <c r="R16" s="18" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="15" spans="1:18" ht="52" x14ac:dyDescent="0.3">
-      <c r="A15" s="18" t="s">
+    <row r="17" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A17" s="18" t="s">
         <v>198</v>
       </c>
-      <c r="B15" s="18" t="s">
+      <c r="B17" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="C15" s="18" t="s">
+      <c r="C17" s="18" t="s">
         <v>193</v>
       </c>
-      <c r="D15" s="18" t="s">
+      <c r="D17" s="18" t="s">
         <v>199</v>
       </c>
-      <c r="E15" s="18" t="s">
+      <c r="E17" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="F15" s="18">
+      <c r="F17" s="18">
         <v>35894</v>
       </c>
-      <c r="G15" s="18">
-[...2 lines deleted...]
-      <c r="H15" s="18">
+      <c r="G17" s="18">
+        <v>358</v>
+      </c>
+      <c r="H17" s="18">
         <v>0</v>
       </c>
-      <c r="I15" s="18">
+      <c r="I17" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J15" s="18">
+      <c r="J17" s="18">
         <v>4250</v>
       </c>
-      <c r="K15" s="18">
+      <c r="K17" s="18">
         <v>1725</v>
       </c>
-      <c r="L15" s="17">
+      <c r="L17" s="17">
         <f t="shared" si="1"/>
         <v>43727</v>
       </c>
-      <c r="M15" s="17">
+      <c r="M17" s="17">
         <f t="shared" si="2"/>
         <v>40502</v>
       </c>
-      <c r="N15" s="17">
+      <c r="N17" s="17">
         <f t="shared" si="3"/>
         <v>3225</v>
       </c>
-      <c r="O15" s="17">
+      <c r="O17" s="17">
         <f t="shared" si="4"/>
         <v>4250</v>
       </c>
-      <c r="P15" s="18">
+      <c r="P17" s="18">
         <v>200</v>
       </c>
-      <c r="Q15" s="19">
+      <c r="Q17" s="19">
         <v>45728</v>
       </c>
-      <c r="R15" s="18" t="s">
+      <c r="R17" s="18" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="16" spans="1:18" ht="52" x14ac:dyDescent="0.3">
-      <c r="A16" s="18" t="s">
+    <row r="18" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A18" s="18" t="s">
+        <v>424</v>
+      </c>
+      <c r="B18" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C18" s="18" t="s">
+        <v>193</v>
+      </c>
+      <c r="D18" s="18" t="s">
+        <v>425</v>
+      </c>
+      <c r="E18" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F18" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G18" s="18">
+        <v>358</v>
+      </c>
+      <c r="H18" s="18">
+        <v>0</v>
+      </c>
+      <c r="I18" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J18" s="18">
+        <v>5190</v>
+      </c>
+      <c r="K18" s="18">
+        <v>2455</v>
+      </c>
+      <c r="L18" s="17">
+        <f t="shared" si="1"/>
+        <v>45397</v>
+      </c>
+      <c r="M18" s="17">
+        <f t="shared" si="2"/>
+        <v>41442</v>
+      </c>
+      <c r="N18" s="17">
+        <f t="shared" si="3"/>
+        <v>3955</v>
+      </c>
+      <c r="O18" s="17">
+        <f t="shared" si="4"/>
+        <v>5190</v>
+      </c>
+      <c r="P18" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q18" s="19">
+        <v>46044</v>
+      </c>
+      <c r="R18" s="18" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A19" s="18" t="s">
         <v>201</v>
       </c>
-      <c r="B16" s="18" t="s">
+      <c r="B19" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C16" s="18" t="s">
+      <c r="C19" s="18" t="s">
         <v>193</v>
       </c>
-      <c r="D16" s="18" t="s">
+      <c r="D19" s="18" t="s">
         <v>202</v>
       </c>
-      <c r="E16" s="18" t="s">
+      <c r="E19" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="F16" s="18">
+      <c r="F19" s="18">
         <v>35894</v>
       </c>
-      <c r="G16" s="18">
-[...2 lines deleted...]
-      <c r="H16" s="18">
+      <c r="G19" s="18">
+        <v>358</v>
+      </c>
+      <c r="H19" s="18">
         <v>0</v>
       </c>
-      <c r="I16" s="18">
+      <c r="I19" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J16" s="18">
+      <c r="J19" s="18">
         <v>3700</v>
       </c>
-      <c r="K16" s="18">
+      <c r="K19" s="18">
         <v>1925</v>
       </c>
-      <c r="L16" s="17">
+      <c r="L19" s="17">
         <f t="shared" si="1"/>
         <v>43377</v>
       </c>
-      <c r="M16" s="17">
+      <c r="M19" s="17">
         <f t="shared" si="2"/>
         <v>39952</v>
       </c>
-      <c r="N16" s="17">
+      <c r="N19" s="17">
         <f t="shared" si="3"/>
         <v>3425</v>
       </c>
-      <c r="O16" s="17">
+      <c r="O19" s="17">
         <f t="shared" si="4"/>
         <v>3700</v>
       </c>
-      <c r="P16" s="18">
+      <c r="P19" s="18">
         <v>200</v>
       </c>
-      <c r="Q16" s="19">
+      <c r="Q19" s="19">
         <v>45735</v>
       </c>
-      <c r="R16" s="18" t="s">
+      <c r="R19" s="18" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="17" spans="1:18" ht="52" x14ac:dyDescent="0.3">
-      <c r="A17" s="18" t="s">
+    <row r="20" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A20" s="18" t="s">
         <v>201</v>
       </c>
-      <c r="B17" s="18" t="s">
+      <c r="B20" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C17" s="18" t="s">
+      <c r="C20" s="18" t="s">
         <v>193</v>
       </c>
-      <c r="D17" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="18" t="s">
+      <c r="D20" s="18" t="s">
+        <v>388</v>
+      </c>
+      <c r="E20" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="F17" s="18">
+      <c r="F20" s="18">
         <v>35894</v>
       </c>
-      <c r="G17" s="18">
-[...2 lines deleted...]
-      <c r="H17" s="18">
+      <c r="G20" s="18">
+        <v>358</v>
+      </c>
+      <c r="H20" s="18">
         <v>0</v>
       </c>
-      <c r="I17" s="18">
+      <c r="I20" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J17" s="18">
+      <c r="J20" s="18">
         <v>4950</v>
       </c>
-      <c r="K17" s="18">
+      <c r="K20" s="18">
         <v>2562</v>
       </c>
-      <c r="L17" s="17">
+      <c r="L20" s="17">
         <f t="shared" si="1"/>
         <v>45264</v>
       </c>
-      <c r="M17" s="17">
+      <c r="M20" s="17">
         <f t="shared" si="2"/>
         <v>41202</v>
       </c>
-      <c r="N17" s="17">
+      <c r="N20" s="17">
         <f t="shared" si="3"/>
         <v>4062</v>
       </c>
-      <c r="O17" s="17">
+      <c r="O20" s="17">
         <f t="shared" si="4"/>
         <v>4950</v>
       </c>
-      <c r="P17" s="18">
+      <c r="P20" s="18">
         <v>200</v>
       </c>
-      <c r="Q17" s="19">
+      <c r="Q20" s="19">
         <v>45919</v>
       </c>
-      <c r="R17" s="18" t="s">
+      <c r="R20" s="18" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="18" spans="1:18" ht="52" x14ac:dyDescent="0.3">
-      <c r="A18" s="18" t="s">
+    <row r="21" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A21" s="18" t="s">
         <v>280</v>
       </c>
-      <c r="B18" s="18" t="s">
+      <c r="B21" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C18" s="18" t="s">
+      <c r="C21" s="18" t="s">
         <v>281</v>
       </c>
-      <c r="D18" s="18" t="s">
+      <c r="D21" s="18" t="s">
         <v>282</v>
       </c>
-      <c r="E18" s="18" t="s">
+      <c r="E21" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="F18" s="18">
+      <c r="F21" s="18">
         <v>35894</v>
       </c>
-      <c r="G18" s="18">
-[...2 lines deleted...]
-      <c r="H18" s="18">
+      <c r="G21" s="18">
+        <v>358</v>
+      </c>
+      <c r="H21" s="18">
         <v>0</v>
       </c>
-      <c r="I18" s="18">
+      <c r="I21" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J18" s="18">
+      <c r="J21" s="18">
         <v>3250</v>
       </c>
-      <c r="K18" s="18">
+      <c r="K21" s="18">
         <v>3150</v>
       </c>
-      <c r="L18" s="17">
+      <c r="L21" s="17">
         <f t="shared" si="1"/>
         <v>44152</v>
       </c>
-      <c r="M18" s="17">
-        <f>F18+I18</f>
+      <c r="M21" s="17">
+        <f>F21+I21</f>
         <v>36252</v>
       </c>
-      <c r="N18" s="17">
-        <f>1500+K18+J18</f>
+      <c r="N21" s="17">
+        <f>1500+K21+J21</f>
         <v>7900</v>
       </c>
-      <c r="O18" s="17">
-        <f>H18</f>
+      <c r="O21" s="17">
+        <f>H21</f>
         <v>0</v>
       </c>
-      <c r="P18" s="18">
+      <c r="P21" s="18">
         <v>200</v>
       </c>
-      <c r="Q18" s="19">
+      <c r="Q21" s="19">
         <v>45764</v>
       </c>
-      <c r="R18" s="18" t="s">
+      <c r="R21" s="18" t="s">
         <v>283</v>
       </c>
     </row>
-    <row r="19" spans="1:18" ht="65" x14ac:dyDescent="0.3">
-      <c r="A19" s="18" t="s">
+    <row r="22" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A22" s="18" t="s">
         <v>173</v>
       </c>
-      <c r="B19" s="18" t="s">
+      <c r="B22" s="18" t="s">
         <v>36</v>
       </c>
-      <c r="C19" s="18" t="s">
+      <c r="C22" s="18" t="s">
         <v>102</v>
       </c>
-      <c r="D19" s="18" t="s">
+      <c r="D22" s="18" t="s">
         <v>174</v>
       </c>
-      <c r="E19" s="18" t="s">
+      <c r="E22" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="F19" s="18">
+      <c r="F22" s="18">
         <v>35894</v>
       </c>
-      <c r="G19" s="18">
-[...2 lines deleted...]
-      <c r="H19" s="18">
+      <c r="G22" s="18">
+        <v>358</v>
+      </c>
+      <c r="H22" s="18">
         <v>2621</v>
       </c>
-      <c r="I19" s="18">
+      <c r="I22" s="18">
         <f t="shared" si="0"/>
         <v>2979</v>
       </c>
-      <c r="J19" s="18">
+      <c r="J22" s="18">
         <v>4571</v>
       </c>
-      <c r="K19" s="18">
+      <c r="K22" s="18">
         <v>0</v>
       </c>
-      <c r="L19" s="17">
+      <c r="L22" s="17">
         <f t="shared" si="1"/>
         <v>44944</v>
       </c>
-      <c r="M19" s="17">
+      <c r="M22" s="17">
         <f t="shared" si="2"/>
         <v>43444</v>
       </c>
-      <c r="N19" s="17">
+      <c r="N22" s="17">
         <f t="shared" si="3"/>
         <v>1500</v>
       </c>
-      <c r="O19" s="17">
+      <c r="O22" s="17">
         <f t="shared" si="4"/>
         <v>7192</v>
       </c>
-      <c r="P19" s="18">
+      <c r="P22" s="18">
         <v>200</v>
       </c>
-      <c r="Q19" s="19">
+      <c r="Q22" s="19">
         <v>45700</v>
       </c>
-      <c r="R19" s="18" t="s">
+      <c r="R22" s="18" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="20" spans="1:18" ht="65" x14ac:dyDescent="0.3">
-      <c r="A20" s="18" t="s">
+    <row r="23" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A23" s="18" t="s">
         <v>103</v>
       </c>
-      <c r="B20" s="18" t="s">
+      <c r="B23" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="C20" s="18" t="s">
+      <c r="C23" s="18" t="s">
         <v>102</v>
       </c>
-      <c r="D20" s="18" t="s">
+      <c r="D23" s="18" t="s">
         <v>176</v>
       </c>
-      <c r="E20" s="18" t="s">
+      <c r="E23" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="F20" s="18">
+      <c r="F23" s="18">
         <v>35894</v>
       </c>
-      <c r="G20" s="18">
-[...2 lines deleted...]
-      <c r="H20" s="18">
+      <c r="G23" s="18">
+        <v>358</v>
+      </c>
+      <c r="H23" s="18">
         <v>2037</v>
       </c>
-      <c r="I20" s="18">
+      <c r="I23" s="18">
         <f t="shared" si="0"/>
         <v>2395</v>
       </c>
-      <c r="J20" s="18">
+      <c r="J23" s="18">
         <v>5904</v>
       </c>
-      <c r="K20" s="18">
+      <c r="K23" s="18">
         <v>0</v>
       </c>
-      <c r="L20" s="17">
+      <c r="L23" s="17">
         <f t="shared" si="1"/>
         <v>45693</v>
       </c>
-      <c r="M20" s="17">
+      <c r="M23" s="17">
         <f t="shared" si="2"/>
         <v>44193</v>
       </c>
-      <c r="N20" s="17">
+      <c r="N23" s="17">
         <f t="shared" si="3"/>
         <v>1500</v>
       </c>
-      <c r="O20" s="17">
+      <c r="O23" s="17">
         <f t="shared" si="4"/>
         <v>7941</v>
       </c>
-      <c r="P20" s="18">
+      <c r="P23" s="18">
         <v>200</v>
       </c>
-      <c r="Q20" s="19">
+      <c r="Q23" s="19">
         <v>45700</v>
       </c>
-      <c r="R20" s="18" t="s">
+      <c r="R23" s="18" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="21" spans="1:18" ht="65" x14ac:dyDescent="0.3">
-      <c r="A21" s="18" t="s">
+    <row r="24" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A24" s="18" t="s">
         <v>103</v>
       </c>
-      <c r="B21" s="18" t="s">
+      <c r="B24" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C21" s="18" t="s">
+      <c r="C24" s="18" t="s">
         <v>102</v>
       </c>
-      <c r="D21" s="18" t="s">
+      <c r="D24" s="18" t="s">
         <v>104</v>
       </c>
-      <c r="E21" s="18" t="s">
+      <c r="E24" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="F21" s="18">
+      <c r="F24" s="18">
         <v>35894</v>
       </c>
-      <c r="G21" s="18">
-[...2 lines deleted...]
-      <c r="H21" s="18">
+      <c r="G24" s="18">
+        <v>358</v>
+      </c>
+      <c r="H24" s="18">
         <v>1011</v>
       </c>
-      <c r="I21" s="18">
+      <c r="I24" s="18">
         <f t="shared" si="0"/>
         <v>1369</v>
       </c>
-      <c r="J21" s="18">
+      <c r="J24" s="18">
         <v>7565</v>
       </c>
-      <c r="K21" s="18">
+      <c r="K24" s="18">
         <v>0</v>
       </c>
-      <c r="L21" s="17">
+      <c r="L24" s="17">
         <f t="shared" si="1"/>
         <v>46328</v>
       </c>
-      <c r="M21" s="17">
+      <c r="M24" s="17">
         <f t="shared" si="2"/>
         <v>44828</v>
       </c>
-      <c r="N21" s="17">
+      <c r="N24" s="17">
         <f t="shared" si="3"/>
         <v>1500</v>
       </c>
-      <c r="O21" s="17">
+      <c r="O24" s="17">
         <f t="shared" si="4"/>
         <v>8576</v>
       </c>
-      <c r="P21" s="18">
+      <c r="P24" s="18">
         <v>200</v>
       </c>
-      <c r="Q21" s="19">
+      <c r="Q24" s="19">
         <v>45700</v>
       </c>
-      <c r="R21" s="18" t="s">
+      <c r="R24" s="18" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="22" spans="1:18" ht="39" x14ac:dyDescent="0.3">
-      <c r="A22" s="18" t="s">
+    <row r="25" spans="1:18" ht="39" x14ac:dyDescent="0.3">
+      <c r="A25" s="18" t="s">
         <v>192</v>
       </c>
-      <c r="B22" s="18" t="s">
+      <c r="B25" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="C22" s="18" t="s">
+      <c r="C25" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="D25" s="18" t="s">
         <v>290</v>
       </c>
-      <c r="D22" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="18" t="s">
+      <c r="E25" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="F22" s="18">
+      <c r="F25" s="18">
         <v>35894</v>
       </c>
-      <c r="G22" s="18">
-[...2 lines deleted...]
-      <c r="H22" s="18">
+      <c r="G25" s="18">
+        <v>358</v>
+      </c>
+      <c r="H25" s="18">
         <v>0</v>
       </c>
-      <c r="I22" s="18">
+      <c r="I25" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J22" s="18">
+      <c r="J25" s="18">
         <v>7950</v>
       </c>
-      <c r="K22" s="18">
+      <c r="K25" s="18">
         <v>2600</v>
       </c>
-      <c r="L22" s="17">
+      <c r="L25" s="17">
         <f t="shared" si="1"/>
         <v>48302</v>
       </c>
-      <c r="M22" s="17">
-        <f>F22+I22+J22</f>
+      <c r="M25" s="17">
+        <f>F25+I25+J25</f>
         <v>44202</v>
       </c>
-      <c r="N22" s="17">
-        <f>1500+K22</f>
+      <c r="N25" s="17">
+        <f>1500+K25</f>
         <v>4100</v>
       </c>
-      <c r="O22" s="17">
-        <f>J22</f>
+      <c r="O25" s="17">
+        <f>J25</f>
         <v>7950</v>
       </c>
-      <c r="P22" s="18">
+      <c r="P25" s="18">
         <v>200</v>
       </c>
-      <c r="Q22" s="19">
+      <c r="Q25" s="19">
         <v>45919</v>
       </c>
-      <c r="R22" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A23" s="18" t="s">
+      <c r="R25" s="18" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="26" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A26" s="18" t="s">
         <v>192</v>
       </c>
-      <c r="B23" s="18" t="s">
+      <c r="B26" s="18" t="s">
         <v>41</v>
       </c>
-      <c r="C23" s="18" t="s">
-[...5 lines deleted...]
-      <c r="E23" s="18" t="s">
+      <c r="C26" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="D26" s="18" t="s">
+        <v>389</v>
+      </c>
+      <c r="E26" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="F23" s="18">
+      <c r="F26" s="18">
         <v>35894</v>
       </c>
-      <c r="G23" s="18">
-[...2 lines deleted...]
-      <c r="H23" s="18">
+      <c r="G26" s="18">
+        <v>358</v>
+      </c>
+      <c r="H26" s="18">
         <v>0</v>
       </c>
-      <c r="I23" s="18">
+      <c r="I26" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J23" s="18">
+      <c r="J26" s="18">
         <v>8200</v>
       </c>
-      <c r="K23" s="18">
+      <c r="K26" s="18">
         <v>2600</v>
       </c>
-      <c r="L23" s="17">
+      <c r="L26" s="17">
         <f t="shared" si="1"/>
         <v>48552</v>
       </c>
-      <c r="M23" s="17">
-        <f>F23+I23+J23</f>
+      <c r="M26" s="17">
+        <f>F26+I26+J26</f>
         <v>44452</v>
       </c>
-      <c r="N23" s="17">
-        <f>1500+K23</f>
+      <c r="N26" s="17">
+        <f>1500+K26</f>
         <v>4100</v>
       </c>
-      <c r="O23" s="17">
-        <f>J23</f>
+      <c r="O26" s="17">
+        <f>J26</f>
         <v>8200</v>
       </c>
-      <c r="P23" s="18">
+      <c r="P26" s="18">
         <v>200</v>
       </c>
-      <c r="Q23" s="19">
+      <c r="Q26" s="19">
         <v>45919</v>
       </c>
-      <c r="R23" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A24" s="18" t="s">
+      <c r="R26" s="18" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="27" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A27" s="18" t="s">
         <v>225</v>
       </c>
-      <c r="B24" s="18" t="s">
+      <c r="B27" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="C24" s="18" t="s">
-[...5 lines deleted...]
-      <c r="E24" s="18" t="s">
+      <c r="C27" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="D27" s="18" t="s">
+        <v>390</v>
+      </c>
+      <c r="E27" s="18" t="s">
         <v>185</v>
       </c>
-      <c r="F24" s="18">
+      <c r="F27" s="18">
         <v>35894</v>
       </c>
-      <c r="G24" s="18">
-[...2 lines deleted...]
-      <c r="H24" s="18">
+      <c r="G27" s="18">
+        <v>358</v>
+      </c>
+      <c r="H27" s="18">
         <v>0</v>
       </c>
-      <c r="I24" s="18">
+      <c r="I27" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J24" s="18">
+      <c r="J27" s="18">
         <v>5500</v>
       </c>
-      <c r="K24" s="18">
+      <c r="K27" s="18">
         <v>750</v>
       </c>
-      <c r="L24" s="17">
+      <c r="L27" s="17">
         <f t="shared" si="1"/>
         <v>44002</v>
       </c>
-      <c r="M24" s="17">
-        <f>F24+I24+J24</f>
+      <c r="M27" s="17">
+        <f>F27+I27+J27</f>
         <v>41752</v>
       </c>
-      <c r="N24" s="17">
-        <f>1500+K24</f>
+      <c r="N27" s="17">
+        <f>1500+K27</f>
         <v>2250</v>
       </c>
-      <c r="O24" s="17">
-        <f>J24</f>
+      <c r="O27" s="17">
+        <f>J27</f>
         <v>5500</v>
       </c>
-      <c r="P24" s="18">
+      <c r="P27" s="18">
         <v>200</v>
       </c>
-      <c r="Q24" s="19">
+      <c r="Q27" s="19">
         <v>45919</v>
       </c>
-      <c r="R24" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A25" s="18" t="s">
+      <c r="R27" s="18" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="28" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A28" s="18" t="s">
+        <v>291</v>
+      </c>
+      <c r="B28" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="C28" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="D28" s="18" t="s">
         <v>292</v>
       </c>
-      <c r="B25" s="18" t="s">
-[...8 lines deleted...]
-      <c r="E25" s="18" t="s">
+      <c r="E28" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="F25" s="18">
+      <c r="F28" s="18">
         <v>35894</v>
       </c>
-      <c r="G25" s="18">
-[...2 lines deleted...]
-      <c r="H25" s="18">
+      <c r="G28" s="18">
+        <v>358</v>
+      </c>
+      <c r="H28" s="18">
         <v>0</v>
       </c>
-      <c r="I25" s="18">
+      <c r="I28" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J25" s="18">
+      <c r="J28" s="18">
         <v>5200</v>
       </c>
-      <c r="K25" s="18">
+      <c r="K28" s="18">
         <v>600</v>
       </c>
-      <c r="L25" s="17">
+      <c r="L28" s="17">
         <f t="shared" si="1"/>
         <v>43552</v>
       </c>
-      <c r="M25" s="17">
-        <f>F25+I25+J25</f>
+      <c r="M28" s="17">
+        <f>F28+I28+J28</f>
         <v>41452</v>
       </c>
-      <c r="N25" s="17">
+      <c r="N28" s="17">
         <f t="shared" si="3"/>
         <v>2100</v>
       </c>
-      <c r="O25" s="17">
+      <c r="O28" s="17">
         <f t="shared" si="4"/>
         <v>5200</v>
       </c>
-      <c r="P25" s="18">
+      <c r="P28" s="18">
         <v>200</v>
       </c>
-      <c r="Q25" s="19">
+      <c r="Q28" s="19">
         <v>45779</v>
       </c>
-      <c r="R25" s="18" t="s">
+      <c r="R28" s="18" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="29" spans="1:18" ht="39" x14ac:dyDescent="0.3">
+      <c r="A29" s="18" t="s">
+        <v>196</v>
+      </c>
+      <c r="B29" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C29" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="D29" s="18" t="s">
         <v>294</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E26" s="18" t="s">
+      <c r="E29" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="F26" s="18">
+      <c r="F29" s="18">
         <v>35894</v>
       </c>
-      <c r="G26" s="18">
-[...2 lines deleted...]
-      <c r="H26" s="18">
+      <c r="G29" s="18">
+        <v>358</v>
+      </c>
+      <c r="H29" s="18">
         <v>0</v>
       </c>
-      <c r="I26" s="18">
+      <c r="I29" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J26" s="18">
+      <c r="J29" s="18">
         <v>6300</v>
       </c>
-      <c r="K26" s="18">
+      <c r="K29" s="18">
         <v>1700</v>
       </c>
-      <c r="L26" s="17">
+      <c r="L29" s="17">
         <f t="shared" si="1"/>
         <v>45752</v>
       </c>
-      <c r="M26" s="17">
-        <f>F26+I26</f>
+      <c r="M29" s="17">
+        <f>F29+I29</f>
         <v>36252</v>
       </c>
-      <c r="N26" s="17">
-        <f>1500+K26+J26</f>
+      <c r="N29" s="17">
+        <f>1500+K29+J29</f>
         <v>9500</v>
       </c>
-      <c r="O26" s="17">
-        <f>H26</f>
+      <c r="O29" s="17">
+        <f>H29</f>
         <v>0</v>
       </c>
-      <c r="P26" s="18">
+      <c r="P29" s="18">
         <v>200</v>
       </c>
-      <c r="Q26" s="19">
+      <c r="Q29" s="19">
         <v>45784</v>
       </c>
-      <c r="R26" s="18" t="s">
+      <c r="R29" s="18" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="30" spans="1:18" ht="39" x14ac:dyDescent="0.3">
+      <c r="A30" s="18" t="s">
+        <v>196</v>
+      </c>
+      <c r="B30" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C30" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="D30" s="18" t="s">
         <v>296</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E27" s="18" t="s">
+      <c r="E30" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="F27" s="18">
+      <c r="F30" s="18">
         <v>35894</v>
       </c>
-      <c r="G27" s="18">
-[...2 lines deleted...]
-      <c r="H27" s="18">
+      <c r="G30" s="18">
+        <v>358</v>
+      </c>
+      <c r="H30" s="18">
         <v>0</v>
       </c>
-      <c r="I27" s="18">
+      <c r="I30" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J27" s="18">
+      <c r="J30" s="18">
         <v>9600</v>
       </c>
-      <c r="K27" s="18">
+      <c r="K30" s="18">
         <v>2600</v>
       </c>
-      <c r="L27" s="17">
+      <c r="L30" s="17">
         <f t="shared" si="1"/>
         <v>49952</v>
       </c>
-      <c r="M27" s="17">
-        <f>F27+I27</f>
+      <c r="M30" s="17">
+        <f>F30+I30</f>
         <v>36252</v>
       </c>
-      <c r="N27" s="17">
-        <f>1500+K27+J27</f>
+      <c r="N30" s="17">
+        <f>1500+K30+J30</f>
         <v>13700</v>
       </c>
-      <c r="O27" s="17">
-        <f>H27</f>
+      <c r="O30" s="17">
+        <f>H30</f>
         <v>0</v>
       </c>
-      <c r="P27" s="18">
+      <c r="P30" s="18">
         <v>200</v>
       </c>
-      <c r="Q27" s="19">
+      <c r="Q30" s="19">
         <v>45919</v>
       </c>
-      <c r="R27" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A28" s="18" t="s">
+      <c r="R30" s="18" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="31" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A31" s="18" t="s">
         <v>249</v>
       </c>
-      <c r="B28" s="18" t="s">
+      <c r="B31" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C28" s="18" t="s">
-[...5 lines deleted...]
-      <c r="E28" s="18" t="s">
+      <c r="C31" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="D31" s="18" t="s">
+        <v>297</v>
+      </c>
+      <c r="E31" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="F28" s="18">
+      <c r="F31" s="18">
         <v>35894</v>
       </c>
-      <c r="G28" s="18">
-[...2 lines deleted...]
-      <c r="H28" s="18">
+      <c r="G31" s="18">
+        <v>358</v>
+      </c>
+      <c r="H31" s="18">
         <v>0</v>
       </c>
-      <c r="I28" s="18">
+      <c r="I31" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J28" s="18">
+      <c r="J31" s="18">
         <v>5500</v>
       </c>
-      <c r="K28" s="18">
+      <c r="K31" s="18">
         <v>350</v>
       </c>
-      <c r="L28" s="17">
+      <c r="L31" s="17">
         <f t="shared" si="1"/>
         <v>43602</v>
       </c>
-      <c r="M28" s="17">
-        <f>F28+I28+J28</f>
+      <c r="M31" s="17">
+        <f>F31+I31+J31</f>
         <v>41752</v>
       </c>
-      <c r="N28" s="17">
-        <f>1500+K28</f>
+      <c r="N31" s="17">
+        <f>1500+K31</f>
         <v>1850</v>
       </c>
-      <c r="O28" s="17">
-        <f>H28+J28</f>
+      <c r="O31" s="17">
+        <f>H31+J31</f>
         <v>5500</v>
       </c>
-      <c r="P28" s="18">
+      <c r="P31" s="18">
         <v>200</v>
       </c>
-      <c r="Q28" s="19">
+      <c r="Q31" s="19">
         <v>45779</v>
       </c>
-      <c r="R28" s="18" t="s">
+      <c r="R31" s="18" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="32" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A32" s="18" t="s">
+        <v>249</v>
+      </c>
+      <c r="B32" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C32" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="D32" s="18" t="s">
         <v>299</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E29" s="18" t="s">
+      <c r="E32" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="F29" s="18">
+      <c r="F32" s="18">
         <v>35894</v>
       </c>
-      <c r="G29" s="18">
-[...2 lines deleted...]
-      <c r="H29" s="18">
+      <c r="G32" s="18">
+        <v>358</v>
+      </c>
+      <c r="H32" s="18">
         <v>0</v>
       </c>
-      <c r="I29" s="18">
+      <c r="I32" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J29" s="18">
+      <c r="J32" s="18">
         <v>6300</v>
       </c>
-      <c r="K29" s="18">
+      <c r="K32" s="18">
         <v>450</v>
       </c>
-      <c r="L29" s="17">
+      <c r="L32" s="17">
         <f t="shared" si="1"/>
         <v>44502</v>
       </c>
-      <c r="M29" s="17">
-        <f>F29+I29+J29</f>
+      <c r="M32" s="17">
+        <f>F32+I32+J32</f>
         <v>42552</v>
       </c>
-      <c r="N29" s="17">
-        <f>1500+K29</f>
+      <c r="N32" s="17">
+        <f>1500+K32</f>
         <v>1950</v>
       </c>
-      <c r="O29" s="17">
-        <f>H29+J29</f>
+      <c r="O32" s="17">
+        <f>H32+J32</f>
         <v>6300</v>
       </c>
-      <c r="P29" s="18">
+      <c r="P32" s="18">
         <v>200</v>
       </c>
-      <c r="Q29" s="19">
+      <c r="Q32" s="19">
         <v>45779</v>
       </c>
-      <c r="R29" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A30" s="18" t="s">
+      <c r="R32" s="18" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="33" spans="1:18" ht="39" x14ac:dyDescent="0.3">
+      <c r="A33" s="18" t="s">
         <v>203</v>
       </c>
-      <c r="B30" s="18" t="s">
+      <c r="B33" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="C30" s="18" t="s">
+      <c r="C33" s="18" t="s">
         <v>204</v>
       </c>
-      <c r="D30" s="18" t="s">
+      <c r="D33" s="18" t="s">
         <v>205</v>
       </c>
-      <c r="E30" s="18" t="s">
+      <c r="E33" s="18" t="s">
         <v>185</v>
       </c>
-      <c r="F30" s="18">
+      <c r="F33" s="18">
         <v>35894</v>
       </c>
-      <c r="G30" s="18">
-[...2 lines deleted...]
-      <c r="H30" s="18">
+      <c r="G33" s="18">
+        <v>358</v>
+      </c>
+      <c r="H33" s="18">
         <v>0</v>
       </c>
-      <c r="I30" s="18">
+      <c r="I33" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J30" s="18">
+      <c r="J33" s="18">
         <v>4118</v>
       </c>
-      <c r="K30" s="18">
+      <c r="K33" s="18">
         <v>1250</v>
       </c>
-      <c r="L30" s="17">
+      <c r="L33" s="17">
         <f t="shared" si="1"/>
         <v>43120</v>
       </c>
-      <c r="M30" s="17">
+      <c r="M33" s="17">
         <f t="shared" si="2"/>
         <v>40370</v>
       </c>
-      <c r="N30" s="17">
+      <c r="N33" s="17">
         <f t="shared" si="3"/>
         <v>2750</v>
       </c>
-      <c r="O30" s="17">
+      <c r="O33" s="17">
         <f t="shared" si="4"/>
         <v>4118</v>
       </c>
-      <c r="P30" s="18">
+      <c r="P33" s="18">
         <v>200</v>
       </c>
-      <c r="Q30" s="19">
+      <c r="Q33" s="19">
         <v>45728</v>
       </c>
-      <c r="R30" s="18" t="s">
+      <c r="R33" s="18" t="s">
         <v>206</v>
       </c>
     </row>
-    <row r="31" spans="1:18" ht="39" x14ac:dyDescent="0.3">
-      <c r="A31" s="18" t="s">
+    <row r="34" spans="1:18" ht="39" x14ac:dyDescent="0.3">
+      <c r="A34" s="18" t="s">
         <v>207</v>
       </c>
-      <c r="B31" s="18" t="s">
+      <c r="B34" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="C31" s="18" t="s">
+      <c r="C34" s="18" t="s">
         <v>204</v>
       </c>
-      <c r="D31" s="18" t="s">
+      <c r="D34" s="18" t="s">
         <v>208</v>
       </c>
-      <c r="E31" s="18" t="s">
+      <c r="E34" s="18" t="s">
         <v>185</v>
       </c>
-      <c r="F31" s="18">
+      <c r="F34" s="18">
         <v>35894</v>
       </c>
-      <c r="G31" s="18">
-[...2 lines deleted...]
-      <c r="H31" s="18">
+      <c r="G34" s="18">
+        <v>358</v>
+      </c>
+      <c r="H34" s="18">
         <v>0</v>
       </c>
-      <c r="I31" s="18">
+      <c r="I34" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J31" s="18">
+      <c r="J34" s="18">
         <v>3230</v>
       </c>
-      <c r="K31" s="18">
+      <c r="K34" s="18">
         <v>1200</v>
       </c>
-      <c r="L31" s="17">
+      <c r="L34" s="17">
         <f t="shared" si="1"/>
         <v>42182</v>
       </c>
-      <c r="M31" s="17">
+      <c r="M34" s="17">
         <f t="shared" si="2"/>
         <v>39482</v>
       </c>
-      <c r="N31" s="17">
+      <c r="N34" s="17">
         <f t="shared" si="3"/>
         <v>2700</v>
       </c>
-      <c r="O31" s="17">
+      <c r="O34" s="17">
         <f t="shared" si="4"/>
         <v>3230</v>
       </c>
-      <c r="P31" s="18">
+      <c r="P34" s="18">
         <v>200</v>
       </c>
-      <c r="Q31" s="19">
+      <c r="Q34" s="19">
         <v>45735</v>
       </c>
-      <c r="R31" s="18" t="s">
+      <c r="R34" s="18" t="s">
         <v>206</v>
       </c>
     </row>
-    <row r="32" spans="1:18" ht="65" x14ac:dyDescent="0.3">
-      <c r="A32" s="18" t="s">
+    <row r="35" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A35" s="18" t="s">
         <v>209</v>
       </c>
-      <c r="B32" s="18" t="s">
+      <c r="B35" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C32" s="18" t="s">
+      <c r="C35" s="18" t="s">
         <v>204</v>
       </c>
-      <c r="D32" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="18" t="s">
+      <c r="D35" s="18" t="s">
+        <v>391</v>
+      </c>
+      <c r="E35" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="F32" s="18">
+      <c r="F35" s="18">
         <v>35894</v>
       </c>
-      <c r="G32" s="18">
-[...2 lines deleted...]
-      <c r="H32" s="18">
+      <c r="G35" s="18">
+        <v>358</v>
+      </c>
+      <c r="H35" s="18">
         <v>0</v>
       </c>
-      <c r="I32" s="18">
+      <c r="I35" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J32" s="18">
+      <c r="J35" s="18">
         <v>3500</v>
       </c>
-      <c r="K32" s="18">
+      <c r="K35" s="18">
         <v>2000</v>
       </c>
-      <c r="L32" s="17">
+      <c r="L35" s="17">
         <f t="shared" si="1"/>
         <v>43252</v>
       </c>
-      <c r="M32" s="17">
+      <c r="M35" s="17">
         <f t="shared" si="2"/>
         <v>39752</v>
       </c>
-      <c r="N32" s="17">
+      <c r="N35" s="17">
         <f t="shared" si="3"/>
         <v>3500</v>
       </c>
-      <c r="O32" s="17">
+      <c r="O35" s="17">
         <f t="shared" si="4"/>
         <v>3500</v>
       </c>
-      <c r="P32" s="18">
+      <c r="P35" s="18">
         <v>200</v>
       </c>
-      <c r="Q32" s="19">
+      <c r="Q35" s="19">
         <v>45728</v>
       </c>
-      <c r="R32" s="18" t="s">
+      <c r="R35" s="18" t="s">
         <v>206</v>
       </c>
     </row>
-    <row r="33" spans="1:18" ht="65" x14ac:dyDescent="0.3">
-      <c r="A33" s="18" t="s">
+    <row r="36" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A36" s="18" t="s">
         <v>209</v>
       </c>
-      <c r="B33" s="18" t="s">
+      <c r="B36" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C33" s="18" t="s">
+      <c r="C36" s="18" t="s">
         <v>204</v>
       </c>
-      <c r="D33" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="18" t="s">
+      <c r="D36" s="18" t="s">
+        <v>392</v>
+      </c>
+      <c r="E36" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="F33" s="18">
+      <c r="F36" s="18">
         <v>35894</v>
       </c>
-      <c r="G33" s="18">
-[...2 lines deleted...]
-      <c r="H33" s="18">
+      <c r="G36" s="18">
+        <v>358</v>
+      </c>
+      <c r="H36" s="18">
         <v>0</v>
       </c>
-      <c r="I33" s="18">
+      <c r="I36" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J33" s="18">
+      <c r="J36" s="18">
         <v>4000</v>
       </c>
-      <c r="K33" s="18">
+      <c r="K36" s="18">
         <v>2000</v>
       </c>
-      <c r="L33" s="17">
+      <c r="L36" s="17">
         <f t="shared" si="1"/>
         <v>43752</v>
       </c>
-      <c r="M33" s="17">
+      <c r="M36" s="17">
         <f t="shared" si="2"/>
         <v>40252</v>
       </c>
-      <c r="N33" s="17">
+      <c r="N36" s="17">
         <f t="shared" si="3"/>
         <v>3500</v>
       </c>
-      <c r="O33" s="17">
+      <c r="O36" s="17">
         <f t="shared" si="4"/>
         <v>4000</v>
       </c>
-      <c r="P33" s="18">
+      <c r="P36" s="18">
         <v>200</v>
       </c>
-      <c r="Q33" s="19">
+      <c r="Q36" s="19">
         <v>45909</v>
       </c>
-      <c r="R33" s="18" t="s">
+      <c r="R36" s="18" t="s">
         <v>206</v>
       </c>
     </row>
-    <row r="34" spans="1:18" ht="39" x14ac:dyDescent="0.3">
-      <c r="A34" s="18" t="s">
+    <row r="37" spans="1:18" ht="39" x14ac:dyDescent="0.3">
+      <c r="A37" s="18" t="s">
         <v>210</v>
       </c>
-      <c r="B34" s="18" t="s">
+      <c r="B37" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="C34" s="18" t="s">
+      <c r="C37" s="18" t="s">
         <v>204</v>
       </c>
-      <c r="D34" s="18" t="s">
+      <c r="D37" s="18" t="s">
         <v>211</v>
       </c>
-      <c r="E34" s="18" t="s">
+      <c r="E37" s="18" t="s">
         <v>185</v>
       </c>
-      <c r="F34" s="18">
+      <c r="F37" s="18">
         <v>35894</v>
       </c>
-      <c r="G34" s="18">
-[...2 lines deleted...]
-      <c r="H34" s="18">
+      <c r="G37" s="18">
+        <v>358</v>
+      </c>
+      <c r="H37" s="18">
         <v>0</v>
       </c>
-      <c r="I34" s="18">
+      <c r="I37" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J34" s="18">
+      <c r="J37" s="18">
         <v>3200</v>
       </c>
-      <c r="K34" s="18">
+      <c r="K37" s="18">
         <v>1250</v>
       </c>
-      <c r="L34" s="17">
+      <c r="L37" s="17">
         <f t="shared" si="1"/>
         <v>42202</v>
       </c>
-      <c r="M34" s="17">
+      <c r="M37" s="17">
         <f t="shared" si="2"/>
         <v>39452</v>
       </c>
-      <c r="N34" s="17">
+      <c r="N37" s="17">
         <f t="shared" si="3"/>
         <v>2750</v>
       </c>
-      <c r="O34" s="17">
+      <c r="O37" s="17">
         <f t="shared" si="4"/>
         <v>3200</v>
       </c>
-      <c r="P34" s="18">
-[...184 lines deleted...]
-      </c>
       <c r="P37" s="18">
         <v>200</v>
       </c>
       <c r="Q37" s="19">
-        <v>45898</v>
+        <v>45728</v>
       </c>
       <c r="R37" s="18" t="s">
-        <v>336</v>
+        <v>206</v>
       </c>
     </row>
     <row r="38" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A38" s="18" t="s">
-        <v>160</v>
+        <v>225</v>
       </c>
       <c r="B38" s="18" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C38" s="18" t="s">
         <v>105</v>
       </c>
       <c r="D38" s="18" t="s">
-        <v>177</v>
+        <v>300</v>
       </c>
       <c r="E38" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F38" s="18">
         <v>35894</v>
       </c>
       <c r="G38" s="18">
         <v>358</v>
       </c>
       <c r="H38" s="18">
-        <f t="shared" si="5"/>
+        <f t="shared" ref="H38:H46" si="5">300+194</f>
         <v>494</v>
       </c>
       <c r="I38" s="18">
         <f t="shared" si="0"/>
         <v>852</v>
       </c>
       <c r="J38" s="18">
-        <v>4250</v>
+        <v>4000</v>
       </c>
       <c r="K38" s="18">
-        <v>420</v>
+        <v>1064</v>
       </c>
       <c r="L38" s="17">
         <f t="shared" si="1"/>
-        <v>42916</v>
+        <v>43310</v>
       </c>
       <c r="M38" s="17">
-        <f t="shared" si="6"/>
-        <v>40696</v>
+        <f t="shared" ref="M38:M46" si="6">F38+I38+J38-300</f>
+        <v>40446</v>
       </c>
       <c r="N38" s="17">
-        <f t="shared" si="7"/>
-        <v>2220</v>
+        <f t="shared" ref="N38:N46" si="7">1500+K38+300</f>
+        <v>2864</v>
       </c>
       <c r="O38" s="17">
-        <f t="shared" si="8"/>
-        <v>4444</v>
+        <f t="shared" ref="O38:O46" si="8">H38+J38-300</f>
+        <v>4194</v>
       </c>
       <c r="P38" s="18">
         <v>200</v>
       </c>
       <c r="Q38" s="19">
-        <v>45700</v>
+        <v>45782</v>
       </c>
       <c r="R38" s="18" t="s">
-        <v>161</v>
+        <v>214</v>
       </c>
     </row>
     <row r="39" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A39" s="18" t="s">
-        <v>212</v>
+        <v>225</v>
       </c>
       <c r="B39" s="18" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C39" s="18" t="s">
         <v>105</v>
       </c>
       <c r="D39" s="18" t="s">
-        <v>213</v>
+        <v>332</v>
       </c>
       <c r="E39" s="18" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F39" s="18">
         <v>35894</v>
       </c>
       <c r="G39" s="18">
         <v>358</v>
       </c>
       <c r="H39" s="18">
         <f t="shared" si="5"/>
         <v>494</v>
       </c>
       <c r="I39" s="18">
         <f t="shared" si="0"/>
         <v>852</v>
       </c>
       <c r="J39" s="18">
-        <v>5500</v>
+        <v>3750</v>
       </c>
       <c r="K39" s="18">
-        <v>700</v>
+        <v>1197</v>
       </c>
       <c r="L39" s="17">
         <f t="shared" si="1"/>
-        <v>44446</v>
+        <v>43193</v>
       </c>
       <c r="M39" s="17">
         <f t="shared" si="6"/>
-        <v>41946</v>
+        <v>40196</v>
       </c>
       <c r="N39" s="17">
         <f t="shared" si="7"/>
-        <v>2500</v>
+        <v>2997</v>
       </c>
       <c r="O39" s="17">
         <f t="shared" si="8"/>
-        <v>5694</v>
+        <v>3944</v>
       </c>
       <c r="P39" s="18">
         <v>200</v>
       </c>
       <c r="Q39" s="19">
-        <v>45735</v>
+        <v>45905</v>
       </c>
       <c r="R39" s="18" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="40" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A40" s="18" t="s">
-        <v>212</v>
+        <v>333</v>
       </c>
       <c r="B40" s="18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C40" s="18" t="s">
         <v>105</v>
       </c>
       <c r="D40" s="18" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="E40" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F40" s="18">
         <v>35894</v>
       </c>
       <c r="G40" s="18">
         <v>358</v>
       </c>
       <c r="H40" s="18">
         <f t="shared" si="5"/>
         <v>494</v>
       </c>
       <c r="I40" s="18">
         <f t="shared" si="0"/>
         <v>852</v>
       </c>
       <c r="J40" s="18">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="K40" s="18">
-        <v>678</v>
+        <v>0</v>
       </c>
       <c r="L40" s="17">
         <f t="shared" si="1"/>
-        <v>43924</v>
+        <v>41246</v>
       </c>
       <c r="M40" s="17">
         <f t="shared" si="6"/>
-        <v>41446</v>
+        <v>39446</v>
       </c>
       <c r="N40" s="17">
         <f t="shared" si="7"/>
-        <v>2478</v>
+        <v>1800</v>
       </c>
       <c r="O40" s="17">
         <f t="shared" si="8"/>
-        <v>5194</v>
+        <v>3194</v>
       </c>
       <c r="P40" s="18">
         <v>200</v>
       </c>
       <c r="Q40" s="19">
-        <v>45905</v>
+        <v>45898</v>
       </c>
       <c r="R40" s="18" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="41" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A41" s="18" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="B41" s="18" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C41" s="18" t="s">
         <v>105</v>
       </c>
       <c r="D41" s="18" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E41" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F41" s="18">
         <v>35894</v>
       </c>
       <c r="G41" s="18">
         <v>358</v>
       </c>
       <c r="H41" s="18">
         <f t="shared" si="5"/>
         <v>494</v>
       </c>
       <c r="I41" s="18">
         <f t="shared" si="0"/>
         <v>852</v>
       </c>
       <c r="J41" s="18">
-        <v>6500</v>
+        <v>4250</v>
       </c>
       <c r="K41" s="18">
-        <v>1564</v>
+        <v>420</v>
       </c>
       <c r="L41" s="17">
         <f t="shared" si="1"/>
-        <v>46310</v>
+        <v>42916</v>
       </c>
       <c r="M41" s="17">
         <f t="shared" si="6"/>
-        <v>42946</v>
+        <v>40696</v>
       </c>
       <c r="N41" s="17">
         <f t="shared" si="7"/>
-        <v>3364</v>
+        <v>2220</v>
       </c>
       <c r="O41" s="17">
         <f t="shared" si="8"/>
-        <v>6694</v>
+        <v>4444</v>
       </c>
       <c r="P41" s="18">
         <v>200</v>
       </c>
       <c r="Q41" s="19">
         <v>45700</v>
       </c>
       <c r="R41" s="18" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:18" ht="130" x14ac:dyDescent="0.3">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="42" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A42" s="18" t="s">
-        <v>162</v>
+        <v>212</v>
       </c>
       <c r="B42" s="18" t="s">
         <v>37</v>
       </c>
       <c r="C42" s="18" t="s">
         <v>105</v>
       </c>
       <c r="D42" s="18" t="s">
-        <v>179</v>
+        <v>213</v>
       </c>
       <c r="E42" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F42" s="18">
         <v>35894</v>
       </c>
       <c r="G42" s="18">
         <v>358</v>
       </c>
       <c r="H42" s="18">
         <f t="shared" si="5"/>
         <v>494</v>
       </c>
       <c r="I42" s="18">
         <f t="shared" si="0"/>
         <v>852</v>
       </c>
       <c r="J42" s="18">
-        <v>3000</v>
+        <v>5500</v>
       </c>
       <c r="K42" s="18">
-        <v>2385</v>
+        <v>700</v>
       </c>
       <c r="L42" s="17">
         <f t="shared" si="1"/>
-        <v>43631</v>
+        <v>44446</v>
       </c>
       <c r="M42" s="17">
         <f t="shared" si="6"/>
-        <v>39446</v>
+        <v>41946</v>
       </c>
       <c r="N42" s="17">
         <f t="shared" si="7"/>
-        <v>4185</v>
+        <v>2500</v>
       </c>
       <c r="O42" s="17">
         <f t="shared" si="8"/>
-        <v>3194</v>
+        <v>5694</v>
       </c>
       <c r="P42" s="18">
         <v>200</v>
       </c>
       <c r="Q42" s="19">
-        <v>45861</v>
+        <v>45735</v>
       </c>
       <c r="R42" s="18" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:18" ht="130" x14ac:dyDescent="0.3">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="43" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A43" s="18" t="s">
-        <v>162</v>
+        <v>212</v>
       </c>
       <c r="B43" s="18" t="s">
         <v>37</v>
       </c>
       <c r="C43" s="18" t="s">
         <v>105</v>
       </c>
       <c r="D43" s="18" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="E43" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F43" s="18">
         <v>35894</v>
       </c>
       <c r="G43" s="18">
         <v>358</v>
       </c>
       <c r="H43" s="18">
         <f t="shared" si="5"/>
         <v>494</v>
       </c>
       <c r="I43" s="18">
         <f t="shared" si="0"/>
         <v>852</v>
       </c>
       <c r="J43" s="18">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="K43" s="18">
-        <v>2253</v>
+        <v>678</v>
       </c>
       <c r="L43" s="17">
         <f t="shared" si="1"/>
-        <v>43999</v>
+        <v>43924</v>
       </c>
       <c r="M43" s="17">
         <f t="shared" si="6"/>
-        <v>39946</v>
+        <v>41446</v>
       </c>
       <c r="N43" s="17">
         <f t="shared" si="7"/>
-        <v>4053</v>
+        <v>2478</v>
       </c>
       <c r="O43" s="17">
         <f t="shared" si="8"/>
-        <v>3694</v>
+        <v>5194</v>
       </c>
       <c r="P43" s="18">
         <v>200</v>
       </c>
       <c r="Q43" s="19">
         <v>45905</v>
       </c>
       <c r="R43" s="18" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="44" spans="1:18" ht="78" x14ac:dyDescent="0.3">
       <c r="A44" s="18" t="s">
-        <v>302</v>
+        <v>151</v>
       </c>
       <c r="B44" s="18" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="C44" s="18" t="s">
-        <v>303</v>
+        <v>105</v>
       </c>
       <c r="D44" s="18" t="s">
-        <v>304</v>
+        <v>178</v>
       </c>
       <c r="E44" s="18" t="s">
-        <v>185</v>
+        <v>2</v>
       </c>
       <c r="F44" s="18">
         <v>35894</v>
       </c>
       <c r="G44" s="18">
         <v>358</v>
       </c>
       <c r="H44" s="18">
-        <v>0</v>
+        <f t="shared" si="5"/>
+        <v>494</v>
       </c>
       <c r="I44" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>852</v>
       </c>
       <c r="J44" s="18">
+        <v>6500</v>
+      </c>
+      <c r="K44" s="18">
+        <v>1564</v>
+      </c>
+      <c r="L44" s="17">
+        <f t="shared" si="1"/>
+        <v>46310</v>
+      </c>
+      <c r="M44" s="17">
+        <f t="shared" si="6"/>
+        <v>42946</v>
+      </c>
+      <c r="N44" s="17">
+        <f t="shared" si="7"/>
+        <v>3364</v>
+      </c>
+      <c r="O44" s="17">
+        <f t="shared" si="8"/>
+        <v>6694</v>
+      </c>
+      <c r="P44" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q44" s="19">
+        <v>45700</v>
+      </c>
+      <c r="R44" s="18" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="45" spans="1:18" ht="130" x14ac:dyDescent="0.3">
+      <c r="A45" s="18" t="s">
+        <v>162</v>
+      </c>
+      <c r="B45" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C45" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="D45" s="18" t="s">
+        <v>179</v>
+      </c>
+      <c r="E45" s="18" t="s">
+        <v>2</v>
+      </c>
+      <c r="F45" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G45" s="18">
+        <v>358</v>
+      </c>
+      <c r="H45" s="18">
+        <f t="shared" si="5"/>
+        <v>494</v>
+      </c>
+      <c r="I45" s="18">
+        <f t="shared" si="0"/>
+        <v>852</v>
+      </c>
+      <c r="J45" s="18">
+        <v>3000</v>
+      </c>
+      <c r="K45" s="18">
+        <v>2385</v>
+      </c>
+      <c r="L45" s="17">
+        <f t="shared" si="1"/>
+        <v>43631</v>
+      </c>
+      <c r="M45" s="17">
+        <f t="shared" si="6"/>
+        <v>39446</v>
+      </c>
+      <c r="N45" s="17">
+        <f t="shared" si="7"/>
+        <v>4185</v>
+      </c>
+      <c r="O45" s="17">
+        <f t="shared" si="8"/>
+        <v>3194</v>
+      </c>
+      <c r="P45" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q45" s="19">
+        <v>45861</v>
+      </c>
+      <c r="R45" s="18" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="46" spans="1:18" ht="130" x14ac:dyDescent="0.3">
+      <c r="A46" s="18" t="s">
+        <v>162</v>
+      </c>
+      <c r="B46" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C46" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="D46" s="18" t="s">
+        <v>337</v>
+      </c>
+      <c r="E46" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F46" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G46" s="18">
+        <v>358</v>
+      </c>
+      <c r="H46" s="18">
+        <f t="shared" si="5"/>
+        <v>494</v>
+      </c>
+      <c r="I46" s="18">
+        <f t="shared" si="0"/>
+        <v>852</v>
+      </c>
+      <c r="J46" s="18">
+        <v>3500</v>
+      </c>
+      <c r="K46" s="18">
+        <v>2253</v>
+      </c>
+      <c r="L46" s="17">
+        <f t="shared" si="1"/>
+        <v>43999</v>
+      </c>
+      <c r="M46" s="17">
+        <f t="shared" si="6"/>
+        <v>39946</v>
+      </c>
+      <c r="N46" s="17">
+        <f t="shared" si="7"/>
+        <v>4053</v>
+      </c>
+      <c r="O46" s="17">
+        <f t="shared" si="8"/>
+        <v>3694</v>
+      </c>
+      <c r="P46" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q46" s="19">
+        <v>45905</v>
+      </c>
+      <c r="R46" s="18" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="47" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A47" s="18" t="s">
+        <v>301</v>
+      </c>
+      <c r="B47" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C47" s="18" t="s">
+        <v>302</v>
+      </c>
+      <c r="D47" s="18" t="s">
+        <v>303</v>
+      </c>
+      <c r="E47" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="F47" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G47" s="18">
+        <v>358</v>
+      </c>
+      <c r="H47" s="18">
+        <v>0</v>
+      </c>
+      <c r="I47" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J47" s="18">
         <f>4750+1550</f>
         <v>6300</v>
       </c>
-      <c r="K44" s="18">
+      <c r="K47" s="18">
         <v>3900</v>
       </c>
-      <c r="L44" s="17">
-        <f>F44+I44+J44+K44+1500</f>
+      <c r="L47" s="17">
+        <f>F47+I47+J47+K47+1500</f>
         <v>47952</v>
       </c>
-      <c r="M44" s="17">
-        <f>F44+I44+J44</f>
+      <c r="M47" s="17">
+        <f>F47+I47+J47</f>
         <v>42552</v>
       </c>
-      <c r="N44" s="17">
-        <f>1500+K44</f>
+      <c r="N47" s="17">
+        <f>1500+K47</f>
         <v>5400</v>
       </c>
-      <c r="O44" s="17">
-        <f>H44+J44</f>
+      <c r="O47" s="17">
+        <f>H47+J47</f>
         <v>6300</v>
       </c>
-      <c r="P44" s="18">
+      <c r="P47" s="18">
         <v>200</v>
       </c>
-      <c r="Q44" s="19">
+      <c r="Q47" s="19">
         <v>45784</v>
       </c>
-      <c r="R44" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A45" s="18" t="s">
+      <c r="R47" s="18" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="48" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A48" s="18" t="s">
         <v>31</v>
       </c>
-      <c r="B45" s="18" t="s">
+      <c r="B48" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C45" s="18" t="s">
+      <c r="C48" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="D45" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="18" t="s">
+      <c r="D48" s="18" t="s">
+        <v>400</v>
+      </c>
+      <c r="E48" s="18" t="s">
         <v>185</v>
       </c>
-      <c r="F45" s="18">
+      <c r="F48" s="18">
         <v>35894</v>
       </c>
-      <c r="G45" s="18">
-[...2 lines deleted...]
-      <c r="H45" s="18">
+      <c r="G48" s="18">
+        <v>358</v>
+      </c>
+      <c r="H48" s="18">
         <v>325</v>
       </c>
-      <c r="I45" s="18">
+      <c r="I48" s="18">
         <f t="shared" si="0"/>
         <v>683</v>
       </c>
-      <c r="J45" s="18">
+      <c r="J48" s="18">
         <v>7315</v>
       </c>
-      <c r="K45" s="18">
+      <c r="K48" s="18">
         <v>900</v>
       </c>
-      <c r="L45" s="17">
+      <c r="L48" s="17">
         <f t="shared" si="1"/>
         <v>46292</v>
       </c>
-      <c r="M45" s="17">
-        <f t="shared" ref="M45:M111" si="9">F45+I45+J45</f>
+      <c r="M48" s="17">
+        <f t="shared" ref="M48:M124" si="9">F48+I48+J48</f>
         <v>43892</v>
       </c>
-      <c r="N45" s="17">
-        <f t="shared" ref="N45:N110" si="10">1500+K45</f>
+      <c r="N48" s="17">
+        <f t="shared" ref="N48:N120" si="10">1500+K48</f>
         <v>2400</v>
       </c>
-      <c r="O45" s="17">
-        <f t="shared" ref="O45:O99" si="11">H45+J45</f>
+      <c r="O48" s="17">
+        <f t="shared" ref="O48:O108" si="11">H48+J48</f>
         <v>7640</v>
       </c>
-      <c r="P45" s="18">
+      <c r="P48" s="18">
         <v>200</v>
       </c>
-      <c r="Q45" s="19">
+      <c r="Q48" s="19">
         <v>45933</v>
       </c>
-      <c r="R45" s="18" t="s">
+      <c r="R48" s="18" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="46" spans="1:18" ht="65" x14ac:dyDescent="0.3">
-      <c r="A46" s="18" t="s">
+    <row r="49" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A49" s="18" t="s">
         <v>34</v>
       </c>
-      <c r="B46" s="18" t="s">
+      <c r="B49" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C46" s="18" t="s">
+      <c r="C49" s="18" t="s">
         <v>33</v>
       </c>
-      <c r="D46" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="18" t="s">
+      <c r="D49" s="18" t="s">
+        <v>401</v>
+      </c>
+      <c r="E49" s="18" t="s">
         <v>185</v>
       </c>
-      <c r="F46" s="18">
+      <c r="F49" s="18">
         <v>35894</v>
       </c>
-      <c r="G46" s="18">
-[...2 lines deleted...]
-      <c r="H46" s="18">
+      <c r="G49" s="18">
+        <v>358</v>
+      </c>
+      <c r="H49" s="18">
         <v>140</v>
       </c>
-      <c r="I46" s="18">
+      <c r="I49" s="18">
         <f t="shared" si="0"/>
         <v>498</v>
       </c>
-      <c r="J46" s="18">
+      <c r="J49" s="18">
         <v>7315</v>
       </c>
-      <c r="K46" s="18">
+      <c r="K49" s="18">
         <v>900</v>
       </c>
-      <c r="L46" s="17">
+      <c r="L49" s="17">
         <f t="shared" si="1"/>
         <v>46107</v>
       </c>
-      <c r="M46" s="17">
+      <c r="M49" s="17">
         <f t="shared" si="9"/>
         <v>43707</v>
       </c>
-      <c r="N46" s="17">
+      <c r="N49" s="17">
         <f t="shared" si="10"/>
         <v>2400</v>
       </c>
-      <c r="O46" s="17">
+      <c r="O49" s="17">
         <f t="shared" si="11"/>
         <v>7455</v>
       </c>
-      <c r="P46" s="18">
+      <c r="P49" s="18">
         <v>200</v>
       </c>
-      <c r="Q46" s="19">
+      <c r="Q49" s="19">
         <v>45933</v>
       </c>
-      <c r="R46" s="18" t="s">
+      <c r="R49" s="18" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="47" spans="1:18" ht="65" x14ac:dyDescent="0.3">
-      <c r="A47" s="18" t="s">
+    <row r="50" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A50" s="18" t="s">
         <v>215</v>
       </c>
-      <c r="B47" s="18" t="s">
+      <c r="B50" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C47" s="18" t="s">
+      <c r="C50" s="18" t="s">
         <v>216</v>
       </c>
-      <c r="D47" s="18" t="s">
+      <c r="D50" s="18" t="s">
         <v>217</v>
       </c>
-      <c r="E47" s="18" t="s">
+      <c r="E50" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="F47" s="18">
+      <c r="F50" s="18">
         <v>35894</v>
       </c>
-      <c r="G47" s="18">
-[...2 lines deleted...]
-      <c r="H47" s="18">
+      <c r="G50" s="18">
+        <v>358</v>
+      </c>
+      <c r="H50" s="18">
         <v>120</v>
       </c>
-      <c r="I47" s="18">
+      <c r="I50" s="18">
         <f t="shared" si="0"/>
         <v>478</v>
       </c>
-      <c r="J47" s="18">
+      <c r="J50" s="18">
         <v>4495</v>
       </c>
-      <c r="K47" s="18">
+      <c r="K50" s="18">
         <v>2000</v>
       </c>
-      <c r="L47" s="17">
+      <c r="L50" s="17">
         <f t="shared" si="1"/>
         <v>44367</v>
       </c>
-      <c r="M47" s="17">
+      <c r="M50" s="17">
         <f t="shared" si="9"/>
         <v>40867</v>
       </c>
-      <c r="N47" s="17">
+      <c r="N50" s="17">
         <f t="shared" si="10"/>
         <v>3500</v>
       </c>
-      <c r="O47" s="17">
+      <c r="O50" s="17">
         <f t="shared" si="11"/>
         <v>4615</v>
       </c>
-      <c r="P47" s="18">
+      <c r="P50" s="18">
         <v>200</v>
       </c>
-      <c r="Q47" s="19">
+      <c r="Q50" s="19">
         <v>45728</v>
       </c>
-      <c r="R47" s="18" t="s">
+      <c r="R50" s="18" t="s">
         <v>218</v>
       </c>
     </row>
-    <row r="48" spans="1:18" ht="52" x14ac:dyDescent="0.3">
-      <c r="A48" s="18" t="s">
+    <row r="51" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A51" s="18" t="s">
         <v>212</v>
       </c>
-      <c r="B48" s="18" t="s">
+      <c r="B51" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="C48" s="18" t="s">
+      <c r="C51" s="18" t="s">
         <v>219</v>
       </c>
-      <c r="D48" s="18" t="s">
+      <c r="D51" s="18" t="s">
         <v>220</v>
       </c>
-      <c r="E48" s="18" t="s">
+      <c r="E51" s="18" t="s">
         <v>185</v>
       </c>
-      <c r="F48" s="18">
+      <c r="F51" s="18">
         <v>35894</v>
       </c>
-      <c r="G48" s="18">
-[...2 lines deleted...]
-      <c r="H48" s="18">
+      <c r="G51" s="18">
+        <v>358</v>
+      </c>
+      <c r="H51" s="18">
         <v>0</v>
       </c>
-      <c r="I48" s="18">
+      <c r="I51" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J48" s="18">
+      <c r="J51" s="18">
         <v>6240</v>
       </c>
-      <c r="K48" s="18">
+      <c r="K51" s="18">
         <v>875</v>
       </c>
-      <c r="L48" s="17">
+      <c r="L51" s="17">
         <f t="shared" si="1"/>
         <v>44867</v>
       </c>
-      <c r="M48" s="17">
+      <c r="M51" s="17">
         <f t="shared" si="9"/>
         <v>42492</v>
       </c>
-      <c r="N48" s="17">
+      <c r="N51" s="17">
         <f t="shared" si="10"/>
         <v>2375</v>
       </c>
-      <c r="O48" s="17">
+      <c r="O51" s="17">
         <f t="shared" si="11"/>
         <v>6240</v>
       </c>
-      <c r="P48" s="18">
+      <c r="P51" s="18">
         <v>200</v>
       </c>
-      <c r="Q48" s="19">
+      <c r="Q51" s="19">
         <v>45734</v>
       </c>
-      <c r="R48" s="18" t="s">
+      <c r="R51" s="18" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="49" spans="1:18" ht="78" x14ac:dyDescent="0.3">
-      <c r="A49" s="18" t="s">
+    <row r="52" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+      <c r="A52" s="18" t="s">
         <v>237</v>
       </c>
-      <c r="B49" s="18" t="s">
+      <c r="B52" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C49" s="18" t="s">
+      <c r="C52" s="18" t="s">
+        <v>305</v>
+      </c>
+      <c r="D52" s="18" t="s">
         <v>306</v>
       </c>
-      <c r="D49" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="18" t="s">
+      <c r="E52" s="18" t="s">
         <v>185</v>
       </c>
-      <c r="F49" s="18">
+      <c r="F52" s="18">
         <v>35894</v>
       </c>
-      <c r="G49" s="18">
-[...2 lines deleted...]
-      <c r="H49" s="18">
+      <c r="G52" s="18">
+        <v>358</v>
+      </c>
+      <c r="H52" s="18">
         <v>0</v>
       </c>
-      <c r="I49" s="18">
+      <c r="I52" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J49" s="18">
+      <c r="J52" s="18">
         <v>8316</v>
       </c>
-      <c r="K49" s="18">
+      <c r="K52" s="18">
         <v>1700</v>
       </c>
-      <c r="L49" s="17">
+      <c r="L52" s="17">
         <f t="shared" si="1"/>
         <v>47768</v>
       </c>
-      <c r="M49" s="17">
-        <f>F49+I49+J49</f>
+      <c r="M52" s="17">
+        <f>F52+I52+J52</f>
         <v>44568</v>
       </c>
-      <c r="N49" s="17">
-        <f>1500+K49</f>
+      <c r="N52" s="17">
+        <f>1500+K52</f>
         <v>3200</v>
       </c>
-      <c r="O49" s="17">
-        <f>H49+J49</f>
+      <c r="O52" s="17">
+        <f>H52+J52</f>
         <v>8316</v>
-      </c>
-[...181 lines deleted...]
-        <v>3678</v>
       </c>
       <c r="P52" s="18">
         <v>200</v>
       </c>
       <c r="Q52" s="19">
-        <v>45734</v>
+        <v>45776</v>
       </c>
       <c r="R52" s="18" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:18" ht="104" x14ac:dyDescent="0.3">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="53" spans="1:18" ht="65" x14ac:dyDescent="0.3">
       <c r="A53" s="18" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B53" s="18" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="C53" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D53" s="18" t="s">
-        <v>342</v>
+        <v>224</v>
       </c>
       <c r="E53" s="18" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F53" s="18">
         <v>35894</v>
       </c>
       <c r="G53" s="18">
         <v>358</v>
       </c>
       <c r="H53" s="18">
         <v>300</v>
       </c>
       <c r="I53" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J53" s="18">
-        <v>3452</v>
+        <v>4574</v>
       </c>
       <c r="K53" s="18">
-        <v>480</v>
+        <v>3900</v>
       </c>
       <c r="L53" s="17">
         <f t="shared" si="1"/>
-        <v>41984</v>
+        <v>46526</v>
       </c>
       <c r="M53" s="17">
         <f t="shared" si="9"/>
-        <v>40004</v>
+        <v>41126</v>
       </c>
       <c r="N53" s="17">
         <f t="shared" si="10"/>
-        <v>1980</v>
+        <v>5400</v>
       </c>
       <c r="O53" s="17">
         <f t="shared" si="11"/>
-        <v>3752</v>
+        <v>4874</v>
       </c>
       <c r="P53" s="18">
         <v>200</v>
       </c>
       <c r="Q53" s="19">
-        <v>45909</v>
+        <v>45734</v>
       </c>
       <c r="R53" s="18" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:18" ht="91" x14ac:dyDescent="0.3">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="54" spans="1:18" ht="78" x14ac:dyDescent="0.3">
       <c r="A54" s="18" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B54" s="18" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="C54" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D54" s="18" t="s">
-        <v>228</v>
+        <v>339</v>
       </c>
       <c r="E54" s="18" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F54" s="18">
         <v>35894</v>
       </c>
       <c r="G54" s="18">
         <v>358</v>
       </c>
       <c r="H54" s="18">
         <v>300</v>
       </c>
       <c r="I54" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J54" s="18">
-        <v>3378</v>
+        <v>4623</v>
       </c>
       <c r="K54" s="18">
-        <v>2100</v>
+        <v>2270</v>
       </c>
       <c r="L54" s="17">
         <f t="shared" si="1"/>
-        <v>43530</v>
+        <v>44945</v>
       </c>
       <c r="M54" s="17">
         <f t="shared" si="9"/>
-        <v>39930</v>
+        <v>41175</v>
       </c>
       <c r="N54" s="17">
         <f t="shared" si="10"/>
-        <v>3600</v>
+        <v>3770</v>
       </c>
       <c r="O54" s="17">
         <f t="shared" si="11"/>
-        <v>3678</v>
+        <v>4923</v>
       </c>
       <c r="P54" s="18">
         <v>200</v>
       </c>
       <c r="Q54" s="19">
-        <v>45734</v>
+        <v>45909</v>
       </c>
       <c r="R54" s="18" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:18" ht="104" x14ac:dyDescent="0.3">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="55" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A55" s="18" t="s">
         <v>225</v>
       </c>
       <c r="B55" s="18" t="s">
         <v>42</v>
       </c>
       <c r="C55" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D55" s="18" t="s">
-        <v>344</v>
+        <v>226</v>
       </c>
       <c r="E55" s="18" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F55" s="18">
         <v>35894</v>
       </c>
       <c r="G55" s="18">
         <v>358</v>
       </c>
       <c r="H55" s="18">
         <v>300</v>
       </c>
       <c r="I55" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J55" s="18">
-        <v>3452</v>
+        <v>3378</v>
       </c>
       <c r="K55" s="18">
-        <v>680</v>
+        <v>1700</v>
       </c>
       <c r="L55" s="17">
         <f t="shared" si="1"/>
-        <v>42184</v>
+        <v>43130</v>
       </c>
       <c r="M55" s="17">
         <f t="shared" si="9"/>
-        <v>40004</v>
+        <v>39930</v>
       </c>
       <c r="N55" s="17">
         <f t="shared" si="10"/>
-        <v>2180</v>
+        <v>3200</v>
       </c>
       <c r="O55" s="17">
         <f t="shared" si="11"/>
-        <v>3752</v>
+        <v>3678</v>
       </c>
       <c r="P55" s="18">
         <v>200</v>
       </c>
       <c r="Q55" s="19">
-        <v>45909</v>
+        <v>45734</v>
       </c>
       <c r="R55" s="18" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:18" ht="91" x14ac:dyDescent="0.3">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="56" spans="1:18" ht="104" x14ac:dyDescent="0.3">
       <c r="A56" s="18" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="B56" s="18" t="s">
         <v>42</v>
       </c>
       <c r="C56" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D56" s="18" t="s">
-        <v>230</v>
+        <v>341</v>
       </c>
       <c r="E56" s="18" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F56" s="18">
         <v>35894</v>
       </c>
       <c r="G56" s="18">
         <v>358</v>
       </c>
       <c r="H56" s="18">
         <v>300</v>
       </c>
       <c r="I56" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J56" s="18">
-        <v>4229</v>
+        <v>3452</v>
       </c>
       <c r="K56" s="18">
-        <v>1500</v>
+        <v>480</v>
       </c>
       <c r="L56" s="17">
         <f t="shared" si="1"/>
-        <v>43781</v>
+        <v>41984</v>
       </c>
       <c r="M56" s="17">
         <f t="shared" si="9"/>
-        <v>40781</v>
+        <v>40004</v>
       </c>
       <c r="N56" s="17">
         <f t="shared" si="10"/>
-        <v>3000</v>
+        <v>1980</v>
       </c>
       <c r="O56" s="17">
         <f t="shared" si="11"/>
-        <v>4529</v>
+        <v>3752</v>
       </c>
       <c r="P56" s="18">
         <v>200</v>
       </c>
       <c r="Q56" s="19">
-        <v>45734</v>
+        <v>45909</v>
       </c>
       <c r="R56" s="18" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:18" ht="104" x14ac:dyDescent="0.3">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="57" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A57" s="18" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="B57" s="18" t="s">
         <v>42</v>
       </c>
       <c r="C57" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D57" s="18" t="s">
-        <v>345</v>
+        <v>228</v>
       </c>
       <c r="E57" s="18" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F57" s="18">
         <v>35894</v>
       </c>
       <c r="G57" s="18">
         <v>358</v>
       </c>
       <c r="H57" s="18">
         <v>300</v>
       </c>
       <c r="I57" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J57" s="18">
-        <v>4320</v>
+        <v>3378</v>
       </c>
       <c r="K57" s="18">
-        <v>430</v>
+        <v>2100</v>
       </c>
       <c r="L57" s="17">
         <f t="shared" si="1"/>
-        <v>42802</v>
+        <v>43530</v>
       </c>
       <c r="M57" s="17">
         <f t="shared" si="9"/>
-        <v>40872</v>
+        <v>39930</v>
       </c>
       <c r="N57" s="17">
         <f t="shared" si="10"/>
-        <v>1930</v>
+        <v>3600</v>
       </c>
       <c r="O57" s="17">
         <f t="shared" si="11"/>
-        <v>4620</v>
+        <v>3678</v>
       </c>
       <c r="P57" s="18">
         <v>200</v>
       </c>
       <c r="Q57" s="19">
-        <v>45908</v>
+        <v>45734</v>
       </c>
       <c r="R57" s="18" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="58" spans="1:18" ht="104" x14ac:dyDescent="0.3">
       <c r="A58" s="18" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="B58" s="18" t="s">
         <v>42</v>
       </c>
       <c r="C58" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D58" s="18" t="s">
-        <v>231</v>
+        <v>343</v>
       </c>
       <c r="E58" s="18" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F58" s="18">
         <v>35894</v>
       </c>
       <c r="G58" s="18">
         <v>358</v>
       </c>
       <c r="H58" s="18">
         <v>300</v>
       </c>
       <c r="I58" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J58" s="18">
-        <v>4229</v>
+        <v>3452</v>
       </c>
       <c r="K58" s="18">
-        <v>0</v>
+        <v>680</v>
       </c>
       <c r="L58" s="17">
         <f t="shared" si="1"/>
-        <v>42281</v>
+        <v>42184</v>
       </c>
       <c r="M58" s="17">
         <f t="shared" si="9"/>
-        <v>40781</v>
+        <v>40004</v>
       </c>
       <c r="N58" s="17">
         <f t="shared" si="10"/>
-        <v>1500</v>
+        <v>2180</v>
       </c>
       <c r="O58" s="17">
         <f t="shared" si="11"/>
-        <v>4529</v>
+        <v>3752</v>
       </c>
       <c r="P58" s="18">
         <v>200</v>
       </c>
       <c r="Q58" s="19">
-        <v>45728</v>
+        <v>45909</v>
       </c>
       <c r="R58" s="18" t="s">
-        <v>232</v>
+        <v>342</v>
       </c>
     </row>
     <row r="59" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A59" s="18" t="s">
         <v>229</v>
       </c>
       <c r="B59" s="18" t="s">
         <v>42</v>
       </c>
       <c r="C59" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D59" s="18" t="s">
-        <v>403</v>
+        <v>230</v>
       </c>
       <c r="E59" s="18" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F59" s="18">
         <v>35894</v>
       </c>
       <c r="G59" s="18">
         <v>358</v>
       </c>
       <c r="H59" s="18">
         <v>300</v>
       </c>
       <c r="I59" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J59" s="18">
-        <v>4320</v>
+        <v>4229</v>
       </c>
       <c r="K59" s="18">
-        <v>80</v>
+        <v>1500</v>
       </c>
       <c r="L59" s="17">
         <f t="shared" si="1"/>
-        <v>42452</v>
+        <v>43781</v>
       </c>
       <c r="M59" s="17">
         <f t="shared" si="9"/>
-        <v>40872</v>
+        <v>40781</v>
       </c>
       <c r="N59" s="17">
         <f t="shared" si="10"/>
-        <v>1580</v>
+        <v>3000</v>
       </c>
       <c r="O59" s="17">
-        <f>H59+J59</f>
-        <v>4620</v>
+        <f t="shared" si="11"/>
+        <v>4529</v>
       </c>
       <c r="P59" s="18">
         <v>200</v>
       </c>
       <c r="Q59" s="19">
-        <v>45944</v>
+        <v>45734</v>
       </c>
       <c r="R59" s="18" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="60" spans="1:18" ht="104" x14ac:dyDescent="0.3">
       <c r="A60" s="18" t="s">
-        <v>101</v>
+        <v>229</v>
       </c>
       <c r="B60" s="18" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="C60" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D60" s="18" t="s">
-        <v>233</v>
+        <v>344</v>
       </c>
       <c r="E60" s="18" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F60" s="18">
         <v>35894</v>
       </c>
       <c r="G60" s="18">
         <v>358</v>
       </c>
       <c r="H60" s="18">
         <v>300</v>
       </c>
       <c r="I60" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J60" s="18">
-        <v>4273</v>
+        <v>4320</v>
       </c>
       <c r="K60" s="18">
-        <v>2400</v>
+        <v>430</v>
       </c>
       <c r="L60" s="17">
         <f t="shared" si="1"/>
-        <v>44725</v>
+        <v>42802</v>
       </c>
       <c r="M60" s="17">
         <f t="shared" si="9"/>
-        <v>40825</v>
+        <v>40872</v>
       </c>
       <c r="N60" s="17">
         <f t="shared" si="10"/>
-        <v>3900</v>
+        <v>1930</v>
       </c>
       <c r="O60" s="17">
         <f t="shared" si="11"/>
-        <v>4573</v>
+        <v>4620</v>
       </c>
       <c r="P60" s="18">
         <v>200</v>
       </c>
       <c r="Q60" s="19">
-        <v>45734</v>
+        <v>45908</v>
       </c>
       <c r="R60" s="18" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="61" spans="1:18" ht="65" x14ac:dyDescent="0.3">
       <c r="A61" s="18" t="s">
-        <v>101</v>
+        <v>229</v>
       </c>
       <c r="B61" s="18" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="C61" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D61" s="18" t="s">
-        <v>347</v>
+        <v>231</v>
       </c>
       <c r="E61" s="18" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F61" s="18">
         <v>35894</v>
       </c>
       <c r="G61" s="18">
         <v>358</v>
       </c>
       <c r="H61" s="18">
         <v>300</v>
       </c>
       <c r="I61" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J61" s="18">
-        <v>5221</v>
+        <v>4229</v>
       </c>
       <c r="K61" s="18">
-        <v>2500</v>
+        <v>0</v>
       </c>
       <c r="L61" s="17">
         <f t="shared" si="1"/>
-        <v>45773</v>
+        <v>42281</v>
       </c>
       <c r="M61" s="17">
         <f t="shared" si="9"/>
-        <v>41773</v>
+        <v>40781</v>
       </c>
       <c r="N61" s="17">
         <f t="shared" si="10"/>
-        <v>4000</v>
+        <v>1500</v>
       </c>
       <c r="O61" s="17">
         <f t="shared" si="11"/>
-        <v>5521</v>
+        <v>4529</v>
       </c>
       <c r="P61" s="18">
         <v>200</v>
       </c>
       <c r="Q61" s="19">
-        <v>45908</v>
+        <v>45728</v>
       </c>
       <c r="R61" s="18" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="62" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A62" s="18" t="s">
-        <v>101</v>
+        <v>229</v>
       </c>
       <c r="B62" s="18" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="C62" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D62" s="18" t="s">
-        <v>235</v>
+        <v>402</v>
       </c>
       <c r="E62" s="18" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F62" s="18">
         <v>35894</v>
       </c>
       <c r="G62" s="18">
         <v>358</v>
       </c>
       <c r="H62" s="18">
         <v>300</v>
       </c>
       <c r="I62" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J62" s="18">
-        <v>4176</v>
+        <v>4320</v>
       </c>
       <c r="K62" s="18">
-        <v>2300</v>
+        <v>80</v>
       </c>
       <c r="L62" s="17">
         <f t="shared" si="1"/>
-        <v>44528</v>
+        <v>42452</v>
       </c>
       <c r="M62" s="17">
         <f t="shared" si="9"/>
-        <v>40728</v>
+        <v>40872</v>
       </c>
       <c r="N62" s="17">
         <f t="shared" si="10"/>
-        <v>3800</v>
+        <v>1580</v>
       </c>
       <c r="O62" s="17">
-        <f t="shared" si="11"/>
-        <v>4476</v>
+        <f>H62+J62</f>
+        <v>4620</v>
       </c>
       <c r="P62" s="18">
         <v>200</v>
       </c>
       <c r="Q62" s="19">
-        <v>45727</v>
+        <v>45944</v>
       </c>
       <c r="R62" s="18" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="63" spans="1:18" ht="65" x14ac:dyDescent="0.3">
       <c r="A63" s="18" t="s">
         <v>101</v>
       </c>
       <c r="B63" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C63" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D63" s="18" t="s">
-        <v>349</v>
+        <v>233</v>
       </c>
       <c r="E63" s="18" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F63" s="18">
         <v>35894</v>
       </c>
       <c r="G63" s="18">
         <v>358</v>
       </c>
       <c r="H63" s="18">
         <v>300</v>
       </c>
       <c r="I63" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J63" s="18">
-        <v>5006</v>
+        <v>4273</v>
       </c>
       <c r="K63" s="18">
-        <v>2780</v>
+        <v>2400</v>
       </c>
       <c r="L63" s="17">
         <f t="shared" si="1"/>
-        <v>45838</v>
+        <v>44725</v>
       </c>
       <c r="M63" s="17">
         <f t="shared" si="9"/>
-        <v>41558</v>
+        <v>40825</v>
       </c>
       <c r="N63" s="17">
         <f t="shared" si="10"/>
-        <v>4280</v>
+        <v>3900</v>
       </c>
       <c r="O63" s="17">
         <f t="shared" si="11"/>
-        <v>5306</v>
+        <v>4573</v>
       </c>
       <c r="P63" s="18">
         <v>200</v>
       </c>
       <c r="Q63" s="19">
-        <v>45908</v>
+        <v>45734</v>
       </c>
       <c r="R63" s="18" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:18" ht="91" x14ac:dyDescent="0.3">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="64" spans="1:18" ht="78" x14ac:dyDescent="0.3">
       <c r="A64" s="18" t="s">
-        <v>237</v>
+        <v>101</v>
       </c>
       <c r="B64" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C64" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D64" s="18" t="s">
-        <v>238</v>
+        <v>346</v>
       </c>
       <c r="E64" s="18" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F64" s="18">
         <v>35894</v>
       </c>
       <c r="G64" s="18">
         <v>358</v>
       </c>
       <c r="H64" s="18">
         <v>300</v>
       </c>
       <c r="I64" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J64" s="18">
-        <v>4200</v>
+        <v>5221</v>
       </c>
       <c r="K64" s="18">
-        <v>1250</v>
+        <v>2500</v>
       </c>
       <c r="L64" s="17">
         <f t="shared" si="1"/>
-        <v>43502</v>
+        <v>45773</v>
       </c>
       <c r="M64" s="17">
         <f t="shared" si="9"/>
-        <v>40752</v>
+        <v>41773</v>
       </c>
       <c r="N64" s="17">
         <f t="shared" si="10"/>
-        <v>2750</v>
+        <v>4000</v>
       </c>
       <c r="O64" s="17">
         <f t="shared" si="11"/>
-        <v>4500</v>
+        <v>5521</v>
       </c>
       <c r="P64" s="18">
         <v>200</v>
       </c>
       <c r="Q64" s="19">
-        <v>45728</v>
+        <v>45908</v>
       </c>
       <c r="R64" s="18" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:18" ht="104" x14ac:dyDescent="0.3">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="65" spans="1:18" ht="65" x14ac:dyDescent="0.3">
       <c r="A65" s="18" t="s">
-        <v>237</v>
+        <v>101</v>
       </c>
       <c r="B65" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C65" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D65" s="18" t="s">
-        <v>351</v>
+        <v>235</v>
       </c>
       <c r="E65" s="18" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F65" s="18">
         <v>35894</v>
       </c>
       <c r="G65" s="18">
         <v>358</v>
       </c>
       <c r="H65" s="18">
         <v>300</v>
       </c>
       <c r="I65" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J65" s="18">
-        <v>4284</v>
+        <v>4176</v>
       </c>
       <c r="K65" s="18">
-        <v>1020</v>
+        <v>2300</v>
       </c>
       <c r="L65" s="17">
         <f t="shared" si="1"/>
-        <v>43356</v>
+        <v>44528</v>
       </c>
       <c r="M65" s="17">
         <f t="shared" si="9"/>
-        <v>40836</v>
+        <v>40728</v>
       </c>
       <c r="N65" s="17">
         <f t="shared" si="10"/>
-        <v>2520</v>
+        <v>3800</v>
       </c>
       <c r="O65" s="17">
         <f t="shared" si="11"/>
-        <v>4584</v>
+        <v>4476</v>
       </c>
       <c r="P65" s="18">
         <v>200</v>
       </c>
       <c r="Q65" s="19">
-        <v>45908</v>
+        <v>45727</v>
       </c>
       <c r="R65" s="18" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="66" spans="1:18" ht="78" x14ac:dyDescent="0.3">
       <c r="A66" s="18" t="s">
-        <v>240</v>
+        <v>101</v>
       </c>
       <c r="B66" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C66" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D66" s="18" t="s">
-        <v>241</v>
+        <v>348</v>
       </c>
       <c r="E66" s="18" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F66" s="18">
         <v>35894</v>
       </c>
       <c r="G66" s="18">
         <v>358</v>
       </c>
       <c r="H66" s="18">
         <v>300</v>
       </c>
       <c r="I66" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J66" s="18">
-        <v>4449</v>
+        <v>5006</v>
       </c>
       <c r="K66" s="18">
-        <v>4000</v>
+        <v>2780</v>
       </c>
       <c r="L66" s="17">
         <f t="shared" si="1"/>
-        <v>46501</v>
+        <v>45838</v>
       </c>
       <c r="M66" s="17">
         <f t="shared" si="9"/>
-        <v>41001</v>
+        <v>41558</v>
       </c>
       <c r="N66" s="17">
         <f t="shared" si="10"/>
-        <v>5500</v>
+        <v>4280</v>
       </c>
       <c r="O66" s="17">
         <f t="shared" si="11"/>
-        <v>4749</v>
+        <v>5306</v>
       </c>
       <c r="P66" s="18">
         <v>200</v>
       </c>
       <c r="Q66" s="19">
-        <v>45734</v>
+        <v>45908</v>
       </c>
       <c r="R66" s="18" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="67" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A67" s="18" t="s">
-        <v>240</v>
+        <v>101</v>
       </c>
       <c r="B67" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C67" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D67" s="18" t="s">
-        <v>243</v>
+        <v>426</v>
       </c>
       <c r="E67" s="18" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F67" s="18">
         <v>35894</v>
       </c>
       <c r="G67" s="18">
         <v>358</v>
       </c>
       <c r="H67" s="18">
         <v>300</v>
       </c>
       <c r="I67" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J67" s="18">
-        <v>4500</v>
+        <v>8099</v>
       </c>
       <c r="K67" s="18">
-        <v>3050</v>
+        <v>2790</v>
       </c>
       <c r="L67" s="17">
         <f t="shared" si="1"/>
-        <v>45602</v>
+        <v>48941</v>
       </c>
       <c r="M67" s="17">
         <f t="shared" si="9"/>
-        <v>41052</v>
+        <v>44651</v>
       </c>
       <c r="N67" s="17">
         <f t="shared" si="10"/>
-        <v>4550</v>
+        <v>4290</v>
       </c>
       <c r="O67" s="17">
         <f t="shared" si="11"/>
-        <v>4800</v>
+        <v>8399</v>
       </c>
       <c r="P67" s="18">
         <v>200</v>
       </c>
       <c r="Q67" s="19">
-        <v>45727</v>
+        <v>46007</v>
       </c>
       <c r="R67" s="18" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="68" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A68" s="18" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="B68" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C68" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D68" s="18" t="s">
-        <v>353</v>
+        <v>238</v>
       </c>
       <c r="E68" s="18" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F68" s="18">
         <v>35894</v>
       </c>
       <c r="G68" s="18">
         <v>358</v>
       </c>
       <c r="H68" s="18">
         <v>300</v>
       </c>
       <c r="I68" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J68" s="18">
-        <v>4590</v>
+        <v>4200</v>
       </c>
       <c r="K68" s="18">
-        <v>1780</v>
+        <v>1250</v>
       </c>
       <c r="L68" s="17">
         <f t="shared" si="1"/>
-        <v>44422</v>
+        <v>43502</v>
       </c>
       <c r="M68" s="17">
         <f t="shared" si="9"/>
-        <v>41142</v>
+        <v>40752</v>
       </c>
       <c r="N68" s="17">
         <f t="shared" si="10"/>
-        <v>3280</v>
+        <v>2750</v>
       </c>
       <c r="O68" s="17">
         <f t="shared" si="11"/>
-        <v>4890</v>
+        <v>4500</v>
       </c>
       <c r="P68" s="18">
         <v>200</v>
       </c>
       <c r="Q68" s="19">
-        <v>45908</v>
+        <v>45728</v>
       </c>
       <c r="R68" s="18" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="69" spans="1:18" ht="104" x14ac:dyDescent="0.3">
       <c r="A69" s="18" t="s">
-        <v>196</v>
+        <v>237</v>
       </c>
       <c r="B69" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C69" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D69" s="18" t="s">
-        <v>265</v>
+        <v>350</v>
       </c>
       <c r="E69" s="18" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F69" s="18">
         <v>35894</v>
       </c>
       <c r="G69" s="18">
         <v>358</v>
       </c>
       <c r="H69" s="18">
         <v>300</v>
       </c>
       <c r="I69" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J69" s="18">
-        <v>4896</v>
+        <v>4284</v>
       </c>
       <c r="K69" s="18">
-        <v>3500</v>
+        <v>1020</v>
       </c>
       <c r="L69" s="17">
         <f t="shared" si="1"/>
-        <v>46448</v>
+        <v>43356</v>
       </c>
       <c r="M69" s="17">
         <f t="shared" si="9"/>
-        <v>41448</v>
+        <v>40836</v>
       </c>
       <c r="N69" s="17">
         <f t="shared" si="10"/>
-        <v>5000</v>
+        <v>2520</v>
       </c>
       <c r="O69" s="17">
         <f t="shared" si="11"/>
-        <v>5196</v>
+        <v>4584</v>
       </c>
       <c r="P69" s="18">
         <v>200</v>
       </c>
       <c r="Q69" s="19">
-        <v>45740</v>
+        <v>45908</v>
       </c>
       <c r="R69" s="18" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="70" spans="1:18" ht="65" x14ac:dyDescent="0.3">
       <c r="A70" s="18" t="s">
-        <v>196</v>
+        <v>240</v>
       </c>
       <c r="B70" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C70" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D70" s="18" t="s">
-        <v>354</v>
+        <v>241</v>
       </c>
       <c r="E70" s="18" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F70" s="18">
         <v>35894</v>
       </c>
       <c r="G70" s="18">
         <v>358</v>
       </c>
       <c r="H70" s="18">
         <v>300</v>
       </c>
       <c r="I70" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J70" s="18">
-        <v>4994</v>
+        <v>4449</v>
       </c>
       <c r="K70" s="18">
-        <v>1830</v>
+        <v>4000</v>
       </c>
       <c r="L70" s="17">
         <f t="shared" si="1"/>
-        <v>44876</v>
+        <v>46501</v>
       </c>
       <c r="M70" s="17">
         <f t="shared" si="9"/>
-        <v>41546</v>
+        <v>41001</v>
       </c>
       <c r="N70" s="17">
         <f t="shared" si="10"/>
-        <v>3330</v>
+        <v>5500</v>
       </c>
       <c r="O70" s="17">
         <f t="shared" si="11"/>
-        <v>5294</v>
+        <v>4749</v>
       </c>
       <c r="P70" s="18">
         <v>200</v>
       </c>
       <c r="Q70" s="19">
-        <v>45909</v>
+        <v>45734</v>
       </c>
       <c r="R70" s="18" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:18" ht="104" x14ac:dyDescent="0.3">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="71" spans="1:18" ht="65" x14ac:dyDescent="0.3">
       <c r="A71" s="18" t="s">
-        <v>215</v>
+        <v>240</v>
       </c>
       <c r="B71" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C71" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D71" s="18" t="s">
-        <v>315</v>
+        <v>243</v>
       </c>
       <c r="E71" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F71" s="18">
         <v>35894</v>
       </c>
       <c r="G71" s="18">
         <v>358</v>
       </c>
       <c r="H71" s="18">
         <v>300</v>
       </c>
       <c r="I71" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J71" s="18">
-        <v>4800</v>
+        <v>4500</v>
       </c>
       <c r="K71" s="18">
-        <v>1100</v>
+        <v>3050</v>
       </c>
       <c r="L71" s="17">
         <f t="shared" si="1"/>
-        <v>43952</v>
+        <v>45602</v>
       </c>
       <c r="M71" s="17">
         <f t="shared" si="9"/>
-        <v>41352</v>
+        <v>41052</v>
       </c>
       <c r="N71" s="17">
         <f t="shared" si="10"/>
-        <v>2600</v>
+        <v>4550</v>
       </c>
       <c r="O71" s="17">
         <f t="shared" si="11"/>
-        <v>5100</v>
+        <v>4800</v>
       </c>
       <c r="P71" s="18">
         <v>200</v>
       </c>
       <c r="Q71" s="19">
         <v>45727</v>
       </c>
       <c r="R71" s="18" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:18" ht="130" x14ac:dyDescent="0.3">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="72" spans="1:18" ht="78" x14ac:dyDescent="0.3">
       <c r="A72" s="18" t="s">
-        <v>215</v>
+        <v>240</v>
       </c>
       <c r="B72" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C72" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D72" s="18" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="E72" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F72" s="18">
         <v>35894</v>
       </c>
       <c r="G72" s="18">
         <v>358</v>
       </c>
       <c r="H72" s="18">
         <v>300</v>
       </c>
       <c r="I72" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J72" s="18">
-        <v>4602</v>
+        <v>4590</v>
       </c>
       <c r="K72" s="18">
-        <v>1220</v>
+        <v>1780</v>
       </c>
       <c r="L72" s="17">
         <f t="shared" si="1"/>
-        <v>43874</v>
+        <v>44422</v>
       </c>
       <c r="M72" s="17">
         <f t="shared" si="9"/>
-        <v>41154</v>
+        <v>41142</v>
       </c>
       <c r="N72" s="17">
         <f t="shared" si="10"/>
-        <v>2720</v>
+        <v>3280</v>
       </c>
       <c r="O72" s="17">
         <f t="shared" si="11"/>
-        <v>4902</v>
+        <v>4890</v>
       </c>
       <c r="P72" s="18">
         <v>200</v>
       </c>
       <c r="Q72" s="19">
         <v>45908</v>
       </c>
       <c r="R72" s="18" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:18" ht="104" x14ac:dyDescent="0.3">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="73" spans="1:18" ht="65" x14ac:dyDescent="0.3">
       <c r="A73" s="18" t="s">
-        <v>215</v>
+        <v>196</v>
       </c>
       <c r="B73" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C73" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D73" s="18" t="s">
-        <v>316</v>
+        <v>265</v>
       </c>
       <c r="E73" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F73" s="18">
         <v>35894</v>
       </c>
       <c r="G73" s="18">
         <v>358</v>
       </c>
       <c r="H73" s="18">
         <v>300</v>
       </c>
       <c r="I73" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J73" s="18">
-        <v>4100</v>
+        <v>4896</v>
       </c>
       <c r="K73" s="18">
-        <v>900</v>
+        <v>3500</v>
       </c>
       <c r="L73" s="17">
         <f t="shared" si="1"/>
-        <v>43052</v>
+        <v>46448</v>
       </c>
       <c r="M73" s="17">
         <f t="shared" si="9"/>
-        <v>40652</v>
+        <v>41448</v>
       </c>
       <c r="N73" s="17">
         <f t="shared" si="10"/>
-        <v>2400</v>
+        <v>5000</v>
       </c>
       <c r="O73" s="17">
         <f t="shared" si="11"/>
-        <v>4400</v>
+        <v>5196</v>
       </c>
       <c r="P73" s="18">
         <v>200</v>
       </c>
       <c r="Q73" s="19">
-        <v>45793</v>
+        <v>45740</v>
       </c>
       <c r="R73" s="18" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:18" ht="91" x14ac:dyDescent="0.3">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="74" spans="1:18" ht="78" x14ac:dyDescent="0.3">
       <c r="A74" s="18" t="s">
-        <v>215</v>
+        <v>196</v>
       </c>
       <c r="B74" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C74" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D74" s="18" t="s">
-        <v>405</v>
+        <v>353</v>
       </c>
       <c r="E74" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F74" s="18">
         <v>35894</v>
       </c>
       <c r="G74" s="18">
         <v>358</v>
       </c>
       <c r="H74" s="18">
         <v>300</v>
       </c>
       <c r="I74" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J74" s="18">
-        <v>4768</v>
+        <v>4994</v>
       </c>
       <c r="K74" s="18">
-        <v>900</v>
+        <v>1830</v>
       </c>
       <c r="L74" s="17">
         <f t="shared" si="1"/>
-        <v>43720</v>
+        <v>44876</v>
       </c>
       <c r="M74" s="17">
         <f t="shared" si="9"/>
-        <v>41320</v>
+        <v>41546</v>
       </c>
       <c r="N74" s="17">
         <f t="shared" si="10"/>
-        <v>2400</v>
+        <v>3330</v>
       </c>
       <c r="O74" s="17">
         <f t="shared" si="11"/>
-        <v>5068</v>
+        <v>5294</v>
       </c>
       <c r="P74" s="18">
         <v>200</v>
       </c>
       <c r="Q74" s="19">
-        <v>45925</v>
+        <v>45909</v>
       </c>
       <c r="R74" s="18" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="75" spans="1:18" ht="104" x14ac:dyDescent="0.3">
       <c r="A75" s="18" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B75" s="18" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="C75" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D75" s="18" t="s">
-        <v>245</v>
+        <v>314</v>
       </c>
       <c r="E75" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F75" s="18">
         <v>35894</v>
       </c>
       <c r="G75" s="18">
         <v>358</v>
       </c>
       <c r="H75" s="18">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="I75" s="18">
         <f t="shared" si="0"/>
-        <v>668</v>
+        <v>658</v>
       </c>
       <c r="J75" s="18">
-        <v>4138</v>
+        <v>4800</v>
       </c>
       <c r="K75" s="18">
-        <v>1600</v>
+        <v>1100</v>
       </c>
       <c r="L75" s="17">
         <f t="shared" si="1"/>
-        <v>43800</v>
+        <v>43952</v>
       </c>
       <c r="M75" s="17">
         <f t="shared" si="9"/>
-        <v>40700</v>
+        <v>41352</v>
       </c>
       <c r="N75" s="17">
         <f t="shared" si="10"/>
-        <v>3100</v>
+        <v>2600</v>
       </c>
       <c r="O75" s="17">
         <f t="shared" si="11"/>
-        <v>4448</v>
+        <v>5100</v>
       </c>
       <c r="P75" s="18">
         <v>200</v>
       </c>
       <c r="Q75" s="19">
-        <v>45728</v>
+        <v>45727</v>
       </c>
       <c r="R75" s="18" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:18" ht="91" x14ac:dyDescent="0.3">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="76" spans="1:18" ht="130" x14ac:dyDescent="0.3">
       <c r="A76" s="18" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="B76" s="18" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="C76" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D76" s="18" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="E76" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F76" s="18">
         <v>35894</v>
       </c>
       <c r="G76" s="18">
         <v>358</v>
       </c>
       <c r="H76" s="18">
         <v>300</v>
       </c>
       <c r="I76" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J76" s="18">
-        <v>4882</v>
+        <v>4602</v>
       </c>
       <c r="K76" s="18">
-        <v>850</v>
+        <v>1220</v>
       </c>
       <c r="L76" s="17">
         <f t="shared" si="1"/>
-        <v>43784</v>
+        <v>43874</v>
       </c>
       <c r="M76" s="17">
         <f t="shared" si="9"/>
-        <v>41434</v>
+        <v>41154</v>
       </c>
       <c r="N76" s="17">
         <f t="shared" si="10"/>
-        <v>2350</v>
+        <v>2720</v>
       </c>
       <c r="O76" s="17">
         <f t="shared" si="11"/>
-        <v>5182</v>
+        <v>4902</v>
       </c>
       <c r="P76" s="18">
         <v>200</v>
       </c>
       <c r="Q76" s="19">
         <v>45908</v>
       </c>
       <c r="R76" s="18" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="77" spans="1:18" ht="104" x14ac:dyDescent="0.3">
       <c r="A77" s="18" t="s">
-        <v>266</v>
+        <v>215</v>
       </c>
       <c r="B77" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C77" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D77" s="18" t="s">
-        <v>267</v>
+        <v>315</v>
       </c>
       <c r="E77" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F77" s="18">
         <v>35894</v>
       </c>
       <c r="G77" s="18">
         <v>358</v>
       </c>
       <c r="H77" s="18">
         <v>300</v>
       </c>
       <c r="I77" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J77" s="18">
-        <v>5796</v>
+        <v>4100</v>
       </c>
       <c r="K77" s="18">
-        <v>4600</v>
+        <v>900</v>
       </c>
       <c r="L77" s="17">
         <f t="shared" si="1"/>
-        <v>48448</v>
+        <v>43052</v>
       </c>
       <c r="M77" s="17">
         <f t="shared" si="9"/>
-        <v>42348</v>
+        <v>40652</v>
       </c>
       <c r="N77" s="17">
         <f t="shared" si="10"/>
-        <v>6100</v>
+        <v>2400</v>
       </c>
       <c r="O77" s="17">
         <f t="shared" si="11"/>
-        <v>6096</v>
+        <v>4400</v>
       </c>
       <c r="P77" s="18">
         <v>200</v>
       </c>
       <c r="Q77" s="19">
-        <v>45740</v>
+        <v>45793</v>
       </c>
       <c r="R77" s="18" t="s">
-        <v>359</v>
+        <v>244</v>
       </c>
     </row>
     <row r="78" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A78" s="18" t="s">
-        <v>266</v>
+        <v>215</v>
       </c>
       <c r="B78" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C78" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D78" s="18" t="s">
-        <v>360</v>
+        <v>404</v>
       </c>
       <c r="E78" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F78" s="18">
         <v>35894</v>
       </c>
       <c r="G78" s="18">
         <v>358</v>
       </c>
       <c r="H78" s="18">
         <v>300</v>
       </c>
       <c r="I78" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J78" s="18">
-        <v>5990</v>
+        <v>4768</v>
       </c>
       <c r="K78" s="18">
-        <v>2360</v>
+        <v>900</v>
       </c>
       <c r="L78" s="17">
         <f t="shared" si="1"/>
-        <v>46402</v>
+        <v>43720</v>
       </c>
       <c r="M78" s="17">
         <f t="shared" si="9"/>
-        <v>42542</v>
+        <v>41320</v>
       </c>
       <c r="N78" s="17">
         <f t="shared" si="10"/>
-        <v>3860</v>
+        <v>2400</v>
       </c>
       <c r="O78" s="17">
         <f t="shared" si="11"/>
-        <v>6290</v>
+        <v>5068</v>
       </c>
       <c r="P78" s="18">
         <v>200</v>
       </c>
       <c r="Q78" s="19">
-        <v>45908</v>
+        <v>45925</v>
       </c>
       <c r="R78" s="18" t="s">
-        <v>361</v>
+        <v>405</v>
       </c>
     </row>
     <row r="79" spans="1:18" ht="78" x14ac:dyDescent="0.3">
       <c r="A79" s="18" t="s">
-        <v>247</v>
+        <v>212</v>
       </c>
       <c r="B79" s="18" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C79" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D79" s="18" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="E79" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F79" s="18">
         <v>35894</v>
       </c>
       <c r="G79" s="18">
         <v>358</v>
       </c>
       <c r="H79" s="18">
-        <v>410</v>
+        <v>310</v>
       </c>
       <c r="I79" s="18">
         <f t="shared" si="0"/>
-        <v>768</v>
+        <v>668</v>
       </c>
       <c r="J79" s="18">
-        <v>4200</v>
+        <v>4138</v>
       </c>
       <c r="K79" s="18">
-        <v>2100</v>
+        <v>1600</v>
       </c>
       <c r="L79" s="17">
         <f t="shared" si="1"/>
-        <v>44462</v>
+        <v>43800</v>
       </c>
       <c r="M79" s="17">
         <f t="shared" si="9"/>
-        <v>40862</v>
+        <v>40700</v>
       </c>
       <c r="N79" s="17">
         <f t="shared" si="10"/>
-        <v>3600</v>
+        <v>3100</v>
       </c>
       <c r="O79" s="17">
         <f t="shared" si="11"/>
-        <v>4610</v>
+        <v>4448</v>
       </c>
       <c r="P79" s="18">
         <v>200</v>
       </c>
       <c r="Q79" s="19">
-        <v>45734</v>
+        <v>45728</v>
       </c>
       <c r="R79" s="18" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="80" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A80" s="18" t="s">
-        <v>247</v>
+        <v>212</v>
       </c>
       <c r="B80" s="18" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C80" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D80" s="18" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="E80" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F80" s="18">
         <v>35894</v>
       </c>
       <c r="G80" s="18">
         <v>358</v>
       </c>
       <c r="H80" s="18">
-        <v>410</v>
+        <v>300</v>
       </c>
       <c r="I80" s="18">
         <f t="shared" si="0"/>
-        <v>768</v>
+        <v>658</v>
       </c>
       <c r="J80" s="18">
-        <v>4284</v>
+        <v>4882</v>
       </c>
       <c r="K80" s="18">
-        <v>1250</v>
+        <v>850</v>
       </c>
       <c r="L80" s="17">
         <f t="shared" si="1"/>
-        <v>43696</v>
+        <v>43784</v>
       </c>
       <c r="M80" s="17">
         <f t="shared" si="9"/>
-        <v>40946</v>
+        <v>41434</v>
       </c>
       <c r="N80" s="17">
         <f t="shared" si="10"/>
-        <v>2750</v>
+        <v>2350</v>
       </c>
       <c r="O80" s="17">
         <f t="shared" si="11"/>
-        <v>4694</v>
+        <v>5182</v>
       </c>
       <c r="P80" s="18">
         <v>200</v>
       </c>
       <c r="Q80" s="19">
         <v>45908</v>
       </c>
       <c r="R80" s="18" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:18" ht="91" x14ac:dyDescent="0.3">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="81" spans="1:18" ht="78" x14ac:dyDescent="0.3">
       <c r="A81" s="18" t="s">
-        <v>249</v>
+        <v>266</v>
       </c>
       <c r="B81" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C81" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D81" s="18" t="s">
-        <v>250</v>
+        <v>267</v>
       </c>
       <c r="E81" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F81" s="18">
         <v>35894</v>
       </c>
       <c r="G81" s="18">
         <v>358</v>
       </c>
       <c r="H81" s="18">
         <v>300</v>
       </c>
       <c r="I81" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J81" s="18">
-        <v>3235</v>
+        <v>5796</v>
       </c>
       <c r="K81" s="18">
-        <v>1700</v>
+        <v>4600</v>
       </c>
       <c r="L81" s="17">
         <f t="shared" si="1"/>
-        <v>42987</v>
+        <v>48448</v>
       </c>
       <c r="M81" s="17">
         <f t="shared" si="9"/>
-        <v>39787</v>
+        <v>42348</v>
       </c>
       <c r="N81" s="17">
         <f t="shared" si="10"/>
-        <v>3200</v>
+        <v>6100</v>
       </c>
       <c r="O81" s="17">
         <f t="shared" si="11"/>
-        <v>3535</v>
+        <v>6096</v>
       </c>
       <c r="P81" s="18">
         <v>200</v>
       </c>
       <c r="Q81" s="19">
-        <v>45734</v>
+        <v>45740</v>
       </c>
       <c r="R81" s="18" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:18" ht="104" x14ac:dyDescent="0.3">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="82" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A82" s="18" t="s">
-        <v>249</v>
+        <v>266</v>
       </c>
       <c r="B82" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C82" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D82" s="18" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="E82" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F82" s="18">
         <v>35894</v>
       </c>
       <c r="G82" s="18">
         <v>358</v>
       </c>
       <c r="H82" s="18">
         <v>300</v>
       </c>
       <c r="I82" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J82" s="18">
-        <v>3382</v>
+        <v>5990</v>
       </c>
       <c r="K82" s="18">
-        <v>820</v>
+        <v>2360</v>
       </c>
       <c r="L82" s="17">
         <f t="shared" si="1"/>
-        <v>42254</v>
+        <v>46402</v>
       </c>
       <c r="M82" s="17">
         <f t="shared" si="9"/>
-        <v>39934</v>
+        <v>42542</v>
       </c>
       <c r="N82" s="17">
         <f t="shared" si="10"/>
-        <v>2320</v>
+        <v>3860</v>
       </c>
       <c r="O82" s="17">
         <f t="shared" si="11"/>
-        <v>3682</v>
+        <v>6290</v>
       </c>
       <c r="P82" s="18">
         <v>200</v>
       </c>
       <c r="Q82" s="19">
-        <v>45909</v>
+        <v>45908</v>
       </c>
       <c r="R82" s="18" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:18" ht="91" x14ac:dyDescent="0.3">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="83" spans="1:18" ht="78" x14ac:dyDescent="0.3">
       <c r="A83" s="18" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="B83" s="18" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="C83" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D83" s="18" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="E83" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F83" s="18">
         <v>35894</v>
       </c>
       <c r="G83" s="18">
         <v>358</v>
       </c>
       <c r="H83" s="18">
-        <v>300</v>
+        <v>410</v>
       </c>
       <c r="I83" s="18">
         <f t="shared" si="0"/>
-        <v>658</v>
+        <v>768</v>
       </c>
       <c r="J83" s="18">
-        <v>3615</v>
+        <v>4200</v>
       </c>
       <c r="K83" s="18">
-        <v>850</v>
+        <v>2100</v>
       </c>
       <c r="L83" s="17">
         <f t="shared" si="1"/>
-        <v>42517</v>
+        <v>44462</v>
       </c>
       <c r="M83" s="17">
         <f t="shared" si="9"/>
-        <v>40167</v>
+        <v>40862</v>
       </c>
       <c r="N83" s="17">
         <f t="shared" si="10"/>
-        <v>2350</v>
+        <v>3600</v>
       </c>
       <c r="O83" s="17">
         <f t="shared" si="11"/>
-        <v>3915</v>
+        <v>4610</v>
       </c>
       <c r="P83" s="18">
         <v>200</v>
       </c>
       <c r="Q83" s="19">
-        <v>45727</v>
+        <v>45734</v>
       </c>
       <c r="R83" s="18" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:18" ht="117" x14ac:dyDescent="0.3">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="84" spans="1:18" ht="78" x14ac:dyDescent="0.3">
       <c r="A84" s="18" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="B84" s="18" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="C84" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D84" s="18" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="E84" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F84" s="18">
         <v>35894</v>
       </c>
       <c r="G84" s="18">
         <v>358</v>
       </c>
       <c r="H84" s="18">
-        <v>300</v>
+        <v>410</v>
       </c>
       <c r="I84" s="18">
         <f t="shared" si="0"/>
-        <v>658</v>
+        <v>768</v>
       </c>
       <c r="J84" s="18">
-        <v>3615</v>
+        <v>4284</v>
       </c>
       <c r="K84" s="18">
-        <v>880</v>
+        <v>1250</v>
       </c>
       <c r="L84" s="17">
         <f t="shared" si="1"/>
-        <v>42547</v>
+        <v>43696</v>
       </c>
       <c r="M84" s="17">
         <f t="shared" si="9"/>
-        <v>40167</v>
+        <v>40946</v>
       </c>
       <c r="N84" s="17">
         <f t="shared" si="10"/>
-        <v>2380</v>
+        <v>2750</v>
       </c>
       <c r="O84" s="17">
         <f t="shared" si="11"/>
-        <v>3915</v>
+        <v>4694</v>
       </c>
       <c r="P84" s="18">
         <v>200</v>
       </c>
       <c r="Q84" s="19">
         <v>45908</v>
       </c>
       <c r="R84" s="18" t="s">
-        <v>366</v>
+        <v>340</v>
       </c>
     </row>
     <row r="85" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A85" s="18" t="s">
         <v>249</v>
       </c>
       <c r="B85" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C85" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D85" s="18" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="E85" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F85" s="18">
         <v>35894</v>
       </c>
       <c r="G85" s="18">
         <v>358</v>
       </c>
       <c r="H85" s="18">
         <v>300</v>
       </c>
       <c r="I85" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J85" s="18">
-        <v>5200</v>
+        <v>3235</v>
       </c>
       <c r="K85" s="18">
-        <v>1300</v>
+        <v>1700</v>
       </c>
       <c r="L85" s="17">
         <f t="shared" si="1"/>
-        <v>44552</v>
+        <v>42987</v>
       </c>
       <c r="M85" s="17">
         <f t="shared" si="9"/>
-        <v>41752</v>
+        <v>39787</v>
       </c>
       <c r="N85" s="17">
         <f t="shared" si="10"/>
-        <v>2800</v>
+        <v>3200</v>
       </c>
       <c r="O85" s="17">
         <f t="shared" si="11"/>
-        <v>5500</v>
+        <v>3535</v>
       </c>
       <c r="P85" s="18">
         <v>200</v>
       </c>
       <c r="Q85" s="19">
-        <v>45727</v>
+        <v>45734</v>
       </c>
       <c r="R85" s="18" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="86" spans="1:18" ht="104" x14ac:dyDescent="0.3">
       <c r="A86" s="18" t="s">
         <v>249</v>
       </c>
       <c r="B86" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C86" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D86" s="18" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="E86" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F86" s="18">
         <v>35894</v>
       </c>
       <c r="G86" s="18">
         <v>358</v>
       </c>
       <c r="H86" s="18">
         <v>300</v>
       </c>
       <c r="I86" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J86" s="18">
-        <v>5275</v>
+        <v>3382</v>
       </c>
       <c r="K86" s="18">
-        <v>800</v>
+        <v>820</v>
       </c>
       <c r="L86" s="17">
         <f t="shared" si="1"/>
-        <v>44127</v>
+        <v>42254</v>
       </c>
       <c r="M86" s="17">
         <f t="shared" si="9"/>
-        <v>41827</v>
+        <v>39934</v>
       </c>
       <c r="N86" s="17">
         <f t="shared" si="10"/>
-        <v>2300</v>
+        <v>2320</v>
       </c>
       <c r="O86" s="17">
         <f t="shared" si="11"/>
-        <v>5575</v>
+        <v>3682</v>
       </c>
       <c r="P86" s="18">
         <v>200</v>
       </c>
       <c r="Q86" s="19">
-        <v>45908</v>
+        <v>45909</v>
       </c>
       <c r="R86" s="18" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="87" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A87" s="18" t="s">
         <v>249</v>
       </c>
       <c r="B87" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C87" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D87" s="18" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="E87" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F87" s="18">
         <v>35894</v>
       </c>
       <c r="G87" s="18">
         <v>358</v>
       </c>
       <c r="H87" s="18">
         <v>300</v>
       </c>
       <c r="I87" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J87" s="18">
-        <v>3965</v>
+        <v>3615</v>
       </c>
       <c r="K87" s="18">
-        <v>0</v>
+        <v>850</v>
       </c>
       <c r="L87" s="17">
         <f t="shared" si="1"/>
-        <v>42017</v>
+        <v>42517</v>
       </c>
       <c r="M87" s="17">
         <f t="shared" si="9"/>
-        <v>40517</v>
+        <v>40167</v>
       </c>
       <c r="N87" s="17">
         <f t="shared" si="10"/>
-        <v>1500</v>
+        <v>2350</v>
       </c>
       <c r="O87" s="17">
         <f t="shared" si="11"/>
-        <v>4265</v>
+        <v>3915</v>
       </c>
       <c r="P87" s="18">
         <v>200</v>
       </c>
       <c r="Q87" s="19">
-        <v>45728</v>
+        <v>45727</v>
       </c>
       <c r="R87" s="18" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:18" ht="91" x14ac:dyDescent="0.3">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="88" spans="1:18" ht="117" x14ac:dyDescent="0.3">
       <c r="A88" s="18" t="s">
         <v>249</v>
       </c>
       <c r="B88" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C88" s="18" t="s">
         <v>223</v>
       </c>
       <c r="D88" s="18" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="E88" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F88" s="18">
         <v>35894</v>
       </c>
       <c r="G88" s="18">
         <v>358</v>
       </c>
       <c r="H88" s="18">
         <v>300</v>
       </c>
       <c r="I88" s="18">
         <f t="shared" si="0"/>
         <v>658</v>
       </c>
       <c r="J88" s="18">
-        <v>4035</v>
+        <v>3615</v>
       </c>
       <c r="K88" s="18">
-        <v>230</v>
+        <v>880</v>
       </c>
       <c r="L88" s="17">
         <f t="shared" si="1"/>
-        <v>42317</v>
+        <v>42547</v>
       </c>
       <c r="M88" s="17">
         <f t="shared" si="9"/>
-        <v>40587</v>
+        <v>40167</v>
       </c>
       <c r="N88" s="17">
-        <f>1500+K88</f>
-        <v>1730</v>
+        <f t="shared" si="10"/>
+        <v>2380</v>
       </c>
       <c r="O88" s="17">
-        <f>H88+J88</f>
-        <v>4335</v>
+        <f t="shared" si="11"/>
+        <v>3915</v>
       </c>
       <c r="P88" s="18">
         <v>200</v>
       </c>
       <c r="Q88" s="19">
-        <v>45909</v>
+        <v>45908</v>
       </c>
       <c r="R88" s="18" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="89" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A89" s="18" t="s">
-        <v>371</v>
+        <v>249</v>
       </c>
       <c r="B89" s="18" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="C89" s="18" t="s">
-        <v>254</v>
+        <v>223</v>
       </c>
       <c r="D89" s="18" t="s">
-        <v>372</v>
+        <v>252</v>
       </c>
       <c r="E89" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F89" s="18">
         <v>35894</v>
       </c>
       <c r="G89" s="18">
         <v>358</v>
       </c>
       <c r="H89" s="18">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I89" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>658</v>
       </c>
       <c r="J89" s="18">
-        <v>3050</v>
+        <v>5200</v>
       </c>
       <c r="K89" s="18">
-        <v>0</v>
+        <v>1300</v>
       </c>
       <c r="L89" s="17">
         <f t="shared" si="1"/>
-        <v>40802</v>
+        <v>44552</v>
       </c>
       <c r="M89" s="17">
         <f t="shared" si="9"/>
-        <v>39302</v>
+        <v>41752</v>
       </c>
       <c r="N89" s="17">
         <f t="shared" si="10"/>
-        <v>1500</v>
+        <v>2800</v>
       </c>
       <c r="O89" s="17">
         <f t="shared" si="11"/>
-        <v>3050</v>
+        <v>5500</v>
       </c>
       <c r="P89" s="18">
         <v>200</v>
       </c>
       <c r="Q89" s="19">
-        <v>45875</v>
+        <v>45727</v>
       </c>
       <c r="R89" s="18" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="90" spans="1:18" ht="104" x14ac:dyDescent="0.3">
       <c r="A90" s="18" t="s">
-        <v>101</v>
+        <v>249</v>
       </c>
       <c r="B90" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C90" s="18" t="s">
-        <v>254</v>
+        <v>223</v>
       </c>
       <c r="D90" s="18" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="E90" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="F90" s="102">
-        <v>36920</v>
+      <c r="F90" s="18">
+        <v>35894</v>
       </c>
       <c r="G90" s="18">
         <v>358</v>
       </c>
       <c r="H90" s="18">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I90" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>658</v>
       </c>
       <c r="J90" s="18">
-        <v>6375</v>
+        <v>5275</v>
       </c>
       <c r="K90" s="18">
-        <v>2259</v>
+        <v>800</v>
       </c>
       <c r="L90" s="17">
         <f t="shared" si="1"/>
-        <v>47412</v>
+        <v>44127</v>
       </c>
       <c r="M90" s="17">
         <f t="shared" si="9"/>
-        <v>43653</v>
+        <v>41827</v>
       </c>
       <c r="N90" s="17">
-        <f>1500+K90</f>
-        <v>3759</v>
+        <f t="shared" si="10"/>
+        <v>2300</v>
       </c>
       <c r="O90" s="17">
-        <f>H90+J90</f>
-        <v>6375</v>
+        <f t="shared" si="11"/>
+        <v>5575</v>
       </c>
       <c r="P90" s="18">
         <v>200</v>
       </c>
       <c r="Q90" s="19">
-        <v>45909</v>
+        <v>45908</v>
       </c>
       <c r="R90" s="18" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="91" spans="1:18" ht="52" x14ac:dyDescent="0.3">
       <c r="A91" s="18" t="s">
-        <v>201</v>
+        <v>249</v>
       </c>
       <c r="B91" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C91" s="18" t="s">
-        <v>254</v>
+        <v>223</v>
       </c>
       <c r="D91" s="18" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="E91" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F91" s="18">
         <v>35894</v>
       </c>
       <c r="G91" s="18">
         <v>358</v>
       </c>
       <c r="H91" s="18">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I91" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>658</v>
       </c>
       <c r="J91" s="18">
-        <v>4025</v>
+        <v>3965</v>
       </c>
       <c r="K91" s="18">
-        <v>1610</v>
+        <v>0</v>
       </c>
       <c r="L91" s="17">
         <f t="shared" si="1"/>
-        <v>43387</v>
+        <v>42017</v>
       </c>
       <c r="M91" s="17">
         <f t="shared" si="9"/>
-        <v>40277</v>
+        <v>40517</v>
       </c>
       <c r="N91" s="17">
-        <f>1500+K91</f>
-        <v>3110</v>
+        <f t="shared" si="10"/>
+        <v>1500</v>
       </c>
       <c r="O91" s="17">
         <f t="shared" si="11"/>
-        <v>4025</v>
+        <v>4265</v>
       </c>
       <c r="P91" s="18">
         <v>200</v>
       </c>
       <c r="Q91" s="19">
-        <v>45735</v>
+        <v>45728</v>
       </c>
       <c r="R91" s="18" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="92" spans="1:18" ht="91" x14ac:dyDescent="0.3">
       <c r="A92" s="18" t="s">
-        <v>201</v>
+        <v>249</v>
       </c>
       <c r="B92" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C92" s="18" t="s">
-        <v>254</v>
+        <v>223</v>
       </c>
       <c r="D92" s="18" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
       <c r="E92" s="18" t="s">
         <v>3</v>
       </c>
       <c r="F92" s="18">
         <v>35894</v>
       </c>
       <c r="G92" s="18">
         <v>358</v>
       </c>
       <c r="H92" s="18">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I92" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>658</v>
       </c>
       <c r="J92" s="18">
-        <v>4325</v>
+        <v>4035</v>
       </c>
       <c r="K92" s="18">
-        <v>2210</v>
+        <v>230</v>
       </c>
       <c r="L92" s="17">
         <f t="shared" si="1"/>
-        <v>44287</v>
+        <v>42317</v>
       </c>
       <c r="M92" s="17">
         <f t="shared" si="9"/>
-        <v>40577</v>
+        <v>40587</v>
       </c>
       <c r="N92" s="17">
         <f>1500+K92</f>
-        <v>3710</v>
+        <v>1730</v>
       </c>
       <c r="O92" s="17">
-        <f t="shared" si="11"/>
-        <v>4325</v>
+        <f>H92+J92</f>
+        <v>4335</v>
       </c>
       <c r="P92" s="18">
         <v>200</v>
       </c>
       <c r="Q92" s="19">
-        <v>45902</v>
+        <v>45909</v>
       </c>
       <c r="R92" s="18" t="s">
-        <v>256</v>
+        <v>369</v>
       </c>
     </row>
     <row r="93" spans="1:18" ht="52" x14ac:dyDescent="0.3">
       <c r="A93" s="18" t="s">
-        <v>268</v>
+        <v>203</v>
       </c>
       <c r="B93" s="18" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C93" s="18" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="D93" s="18" t="s">
-        <v>413</v>
+        <v>428</v>
       </c>
       <c r="E93" s="18" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F93" s="18">
         <v>35894</v>
       </c>
       <c r="G93" s="18">
         <v>358</v>
       </c>
       <c r="H93" s="18">
         <v>0</v>
       </c>
       <c r="I93" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
       <c r="J93" s="18">
-        <v>2240</v>
+        <v>1975</v>
       </c>
       <c r="K93" s="18">
-        <v>460</v>
+        <v>1800</v>
       </c>
       <c r="L93" s="17">
         <f t="shared" si="1"/>
-        <v>40452</v>
+        <v>41527</v>
       </c>
       <c r="M93" s="17">
         <f t="shared" si="9"/>
-        <v>38492</v>
+        <v>38227</v>
       </c>
       <c r="N93" s="17">
         <f>1500+K93</f>
-        <v>1960</v>
+        <v>3300</v>
       </c>
       <c r="O93" s="17">
-        <f t="shared" si="11"/>
-        <v>2240</v>
+        <f>H93+J93</f>
+        <v>1975</v>
       </c>
       <c r="P93" s="18">
         <v>200</v>
       </c>
       <c r="Q93" s="19">
-        <v>45860</v>
+        <v>45994</v>
       </c>
       <c r="R93" s="18" t="s">
         <v>329</v>
       </c>
     </row>
-    <row r="94" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:18" ht="78" x14ac:dyDescent="0.3">
       <c r="A94" s="18" t="s">
-        <v>268</v>
+        <v>370</v>
       </c>
       <c r="B94" s="18" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C94" s="18" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="D94" s="18" t="s">
-        <v>414</v>
+        <v>371</v>
       </c>
       <c r="E94" s="18" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F94" s="18">
         <v>35894</v>
       </c>
       <c r="G94" s="18">
         <v>358</v>
       </c>
       <c r="H94" s="18">
-        <v>440</v>
+        <v>0</v>
       </c>
       <c r="I94" s="18">
         <f t="shared" si="0"/>
-        <v>798</v>
+        <v>358</v>
       </c>
       <c r="J94" s="18">
-        <v>2240</v>
+        <v>3050</v>
       </c>
       <c r="K94" s="18">
-        <v>460</v>
+        <v>0</v>
       </c>
       <c r="L94" s="17">
         <f t="shared" si="1"/>
-        <v>40892</v>
+        <v>40802</v>
       </c>
       <c r="M94" s="17">
         <f t="shared" si="9"/>
-        <v>38932</v>
+        <v>39302</v>
       </c>
       <c r="N94" s="17">
-        <f>1500+K94</f>
-        <v>1960</v>
+        <f t="shared" si="10"/>
+        <v>1500</v>
       </c>
       <c r="O94" s="17">
-        <f>H94+J94</f>
-        <v>2680</v>
+        <f t="shared" si="11"/>
+        <v>3050</v>
       </c>
       <c r="P94" s="18">
         <v>200</v>
       </c>
       <c r="Q94" s="19">
-        <v>45978</v>
+        <v>45875</v>
       </c>
       <c r="R94" s="18" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="95" spans="1:18" ht="78" x14ac:dyDescent="0.3">
       <c r="A95" s="18" t="s">
         <v>101</v>
       </c>
       <c r="B95" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C95" s="18" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="D95" s="18" t="s">
-        <v>416</v>
+        <v>429</v>
       </c>
       <c r="E95" s="18" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>35894</v>
+        <v>3</v>
+      </c>
+      <c r="F95" s="101">
+        <v>36175</v>
       </c>
       <c r="G95" s="18">
         <v>358</v>
       </c>
       <c r="H95" s="18">
         <v>0</v>
       </c>
       <c r="I95" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
       <c r="J95" s="18">
-        <v>5100</v>
+        <v>8600</v>
       </c>
       <c r="K95" s="18">
-        <v>2190</v>
+        <v>2760</v>
       </c>
       <c r="L95" s="17">
         <f t="shared" si="1"/>
-        <v>45042</v>
+        <v>49393</v>
       </c>
       <c r="M95" s="17">
         <f t="shared" si="9"/>
-        <v>41352</v>
+        <v>45133</v>
       </c>
       <c r="N95" s="17">
-        <f t="shared" si="10"/>
-        <v>3690</v>
+        <f>1500+K95</f>
+        <v>4260</v>
       </c>
       <c r="O95" s="17">
-        <f t="shared" si="11"/>
-        <v>5100</v>
+        <f>H95+J95</f>
+        <v>8600</v>
       </c>
       <c r="P95" s="18">
         <v>200</v>
       </c>
       <c r="Q95" s="19">
-        <v>45860</v>
+        <v>46001</v>
       </c>
       <c r="R95" s="18" t="s">
-        <v>330</v>
+        <v>374</v>
       </c>
     </row>
     <row r="96" spans="1:18" ht="65" x14ac:dyDescent="0.3">
       <c r="A96" s="18" t="s">
         <v>101</v>
       </c>
       <c r="B96" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C96" s="18" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="D96" s="18" t="s">
-        <v>417</v>
+        <v>430</v>
       </c>
       <c r="E96" s="18" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F96" s="18">
         <v>35894</v>
       </c>
       <c r="G96" s="18">
         <v>358</v>
       </c>
       <c r="H96" s="18">
-        <v>440</v>
+        <v>0</v>
       </c>
       <c r="I96" s="18">
         <f t="shared" si="0"/>
-        <v>798</v>
+        <v>358</v>
       </c>
       <c r="J96" s="18">
-        <v>5100</v>
+        <v>2500</v>
       </c>
       <c r="K96" s="18">
-        <v>2190</v>
+        <v>1406</v>
       </c>
       <c r="L96" s="17">
         <f t="shared" si="1"/>
-        <v>45482</v>
+        <v>41658</v>
       </c>
       <c r="M96" s="17">
         <f t="shared" si="9"/>
-        <v>41792</v>
+        <v>38752</v>
       </c>
       <c r="N96" s="17">
+        <f>1500+K96</f>
+        <v>2906</v>
+      </c>
+      <c r="O96" s="17">
+        <f>H96+J96</f>
+        <v>2500</v>
+      </c>
+      <c r="P96" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q96" s="19">
+        <v>46007</v>
+      </c>
+      <c r="R96" s="18" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="97" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+      <c r="A97" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="B97" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C97" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="D97" s="18" t="s">
+        <v>432</v>
+      </c>
+      <c r="E97" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F97" s="101">
+        <v>41995</v>
+      </c>
+      <c r="G97" s="18">
+        <v>358</v>
+      </c>
+      <c r="H97" s="18">
+        <v>0</v>
+      </c>
+      <c r="I97" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J97" s="18">
+        <v>5300</v>
+      </c>
+      <c r="K97" s="18">
+        <v>3833</v>
+      </c>
+      <c r="L97" s="17">
+        <f t="shared" si="1"/>
+        <v>52986</v>
+      </c>
+      <c r="M97" s="17">
+        <f t="shared" si="9"/>
+        <v>47653</v>
+      </c>
+      <c r="N97" s="17">
+        <f>1500+K97</f>
+        <v>5333</v>
+      </c>
+      <c r="O97" s="17">
+        <f>H97+J97</f>
+        <v>5300</v>
+      </c>
+      <c r="P97" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q97" s="19">
+        <v>46007</v>
+      </c>
+      <c r="R97" s="18" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="98" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+      <c r="A98" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="B98" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C98" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="D98" s="18" t="s">
+        <v>373</v>
+      </c>
+      <c r="E98" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F98" s="101">
+        <v>36920</v>
+      </c>
+      <c r="G98" s="18">
+        <v>358</v>
+      </c>
+      <c r="H98" s="18">
+        <v>0</v>
+      </c>
+      <c r="I98" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J98" s="18">
+        <v>6375</v>
+      </c>
+      <c r="K98" s="18">
+        <v>2259</v>
+      </c>
+      <c r="L98" s="17">
+        <f t="shared" si="1"/>
+        <v>47412</v>
+      </c>
+      <c r="M98" s="17">
+        <f t="shared" si="9"/>
+        <v>43653</v>
+      </c>
+      <c r="N98" s="17">
+        <f t="shared" ref="N98:N103" si="12">1500+K98</f>
+        <v>3759</v>
+      </c>
+      <c r="O98" s="17">
+        <f>H98+J98</f>
+        <v>6375</v>
+      </c>
+      <c r="P98" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q98" s="19">
+        <v>45909</v>
+      </c>
+      <c r="R98" s="18" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="99" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A99" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="B99" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C99" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="D99" s="18" t="s">
+        <v>433</v>
+      </c>
+      <c r="E99" s="18" t="s">
+        <v>2</v>
+      </c>
+      <c r="F99" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G99" s="18">
+        <v>358</v>
+      </c>
+      <c r="H99" s="18">
+        <v>0</v>
+      </c>
+      <c r="I99" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J99" s="18">
+        <v>5250</v>
+      </c>
+      <c r="K99" s="18">
+        <v>2031</v>
+      </c>
+      <c r="L99" s="17">
+        <f t="shared" si="1"/>
+        <v>45033</v>
+      </c>
+      <c r="M99" s="17">
+        <f t="shared" si="9"/>
+        <v>41502</v>
+      </c>
+      <c r="N99" s="17">
+        <f t="shared" si="12"/>
+        <v>3531</v>
+      </c>
+      <c r="O99" s="17">
+        <f>H99+J99</f>
+        <v>5250</v>
+      </c>
+      <c r="P99" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q99" s="19">
+        <v>46002</v>
+      </c>
+      <c r="R99" s="18" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="100" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A100" s="18" t="s">
+        <v>201</v>
+      </c>
+      <c r="B100" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C100" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="D100" s="18" t="s">
+        <v>255</v>
+      </c>
+      <c r="E100" s="18" t="s">
+        <v>2</v>
+      </c>
+      <c r="F100" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G100" s="18">
+        <v>358</v>
+      </c>
+      <c r="H100" s="18">
+        <v>0</v>
+      </c>
+      <c r="I100" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J100" s="18">
+        <v>4025</v>
+      </c>
+      <c r="K100" s="18">
+        <v>1610</v>
+      </c>
+      <c r="L100" s="17">
+        <f t="shared" si="1"/>
+        <v>43387</v>
+      </c>
+      <c r="M100" s="17">
+        <f t="shared" si="9"/>
+        <v>40277</v>
+      </c>
+      <c r="N100" s="17">
+        <f t="shared" si="12"/>
+        <v>3110</v>
+      </c>
+      <c r="O100" s="17">
+        <f t="shared" si="11"/>
+        <v>4025</v>
+      </c>
+      <c r="P100" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q100" s="19">
+        <v>45735</v>
+      </c>
+      <c r="R100" s="18" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="101" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A101" s="18" t="s">
+        <v>201</v>
+      </c>
+      <c r="B101" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C101" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="D101" s="18" t="s">
+        <v>375</v>
+      </c>
+      <c r="E101" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F101" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G101" s="18">
+        <v>358</v>
+      </c>
+      <c r="H101" s="18">
+        <v>0</v>
+      </c>
+      <c r="I101" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J101" s="18">
+        <v>4325</v>
+      </c>
+      <c r="K101" s="18">
+        <v>2210</v>
+      </c>
+      <c r="L101" s="17">
+        <f t="shared" si="1"/>
+        <v>44287</v>
+      </c>
+      <c r="M101" s="17">
+        <f t="shared" si="9"/>
+        <v>40577</v>
+      </c>
+      <c r="N101" s="17">
+        <f t="shared" si="12"/>
+        <v>3710</v>
+      </c>
+      <c r="O101" s="17">
+        <f t="shared" si="11"/>
+        <v>4325</v>
+      </c>
+      <c r="P101" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q101" s="19">
+        <v>45902</v>
+      </c>
+      <c r="R101" s="18" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="102" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A102" s="18" t="s">
+        <v>268</v>
+      </c>
+      <c r="B102" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="C102" s="18" t="s">
+        <v>257</v>
+      </c>
+      <c r="D102" s="18" t="s">
+        <v>412</v>
+      </c>
+      <c r="E102" s="18" t="s">
+        <v>2</v>
+      </c>
+      <c r="F102" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G102" s="18">
+        <v>358</v>
+      </c>
+      <c r="H102" s="18">
+        <v>0</v>
+      </c>
+      <c r="I102" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J102" s="18">
+        <v>2240</v>
+      </c>
+      <c r="K102" s="18">
+        <v>460</v>
+      </c>
+      <c r="L102" s="17">
+        <f t="shared" si="1"/>
+        <v>40452</v>
+      </c>
+      <c r="M102" s="17">
+        <f t="shared" si="9"/>
+        <v>38492</v>
+      </c>
+      <c r="N102" s="17">
+        <f t="shared" si="12"/>
+        <v>1960</v>
+      </c>
+      <c r="O102" s="17">
+        <f t="shared" si="11"/>
+        <v>2240</v>
+      </c>
+      <c r="P102" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q102" s="19">
+        <v>45860</v>
+      </c>
+      <c r="R102" s="18" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="103" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A103" s="18" t="s">
+        <v>268</v>
+      </c>
+      <c r="B103" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="C103" s="18" t="s">
+        <v>257</v>
+      </c>
+      <c r="D103" s="18" t="s">
+        <v>413</v>
+      </c>
+      <c r="E103" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F103" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G103" s="18">
+        <v>358</v>
+      </c>
+      <c r="H103" s="18">
+        <v>440</v>
+      </c>
+      <c r="I103" s="18">
+        <f t="shared" si="0"/>
+        <v>798</v>
+      </c>
+      <c r="J103" s="18">
+        <v>2240</v>
+      </c>
+      <c r="K103" s="18">
+        <v>460</v>
+      </c>
+      <c r="L103" s="17">
+        <f t="shared" si="1"/>
+        <v>40892</v>
+      </c>
+      <c r="M103" s="17">
+        <f t="shared" si="9"/>
+        <v>38932</v>
+      </c>
+      <c r="N103" s="17">
+        <f t="shared" si="12"/>
+        <v>1960</v>
+      </c>
+      <c r="O103" s="17">
+        <f>H103+J103</f>
+        <v>2680</v>
+      </c>
+      <c r="P103" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q103" s="19">
+        <v>45978</v>
+      </c>
+      <c r="R103" s="18" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="104" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A104" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="B104" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C104" s="18" t="s">
+        <v>257</v>
+      </c>
+      <c r="D104" s="18" t="s">
+        <v>415</v>
+      </c>
+      <c r="E104" s="18" t="s">
+        <v>2</v>
+      </c>
+      <c r="F104" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G104" s="18">
+        <v>358</v>
+      </c>
+      <c r="H104" s="18">
+        <v>0</v>
+      </c>
+      <c r="I104" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J104" s="18">
+        <v>5100</v>
+      </c>
+      <c r="K104" s="18">
+        <v>2190</v>
+      </c>
+      <c r="L104" s="17">
+        <f t="shared" si="1"/>
+        <v>45042</v>
+      </c>
+      <c r="M104" s="17">
+        <f t="shared" si="9"/>
+        <v>41352</v>
+      </c>
+      <c r="N104" s="17">
         <f t="shared" si="10"/>
         <v>3690</v>
       </c>
-      <c r="O96" s="17">
+      <c r="O104" s="17">
+        <f t="shared" si="11"/>
+        <v>5100</v>
+      </c>
+      <c r="P104" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q104" s="19">
+        <v>45860</v>
+      </c>
+      <c r="R104" s="18" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="105" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A105" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="B105" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C105" s="18" t="s">
+        <v>257</v>
+      </c>
+      <c r="D105" s="18" t="s">
+        <v>416</v>
+      </c>
+      <c r="E105" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F105" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G105" s="18">
+        <v>358</v>
+      </c>
+      <c r="H105" s="18">
+        <v>440</v>
+      </c>
+      <c r="I105" s="18">
+        <f t="shared" si="0"/>
+        <v>798</v>
+      </c>
+      <c r="J105" s="18">
+        <v>5100</v>
+      </c>
+      <c r="K105" s="18">
+        <v>2190</v>
+      </c>
+      <c r="L105" s="17">
+        <f t="shared" si="1"/>
+        <v>45482</v>
+      </c>
+      <c r="M105" s="17">
+        <f t="shared" si="9"/>
+        <v>41792</v>
+      </c>
+      <c r="N105" s="17">
+        <f t="shared" si="10"/>
+        <v>3690</v>
+      </c>
+      <c r="O105" s="17">
         <f t="shared" si="11"/>
         <v>5540</v>
       </c>
-      <c r="P96" s="18">
+      <c r="P105" s="18">
         <v>200</v>
       </c>
-      <c r="Q96" s="19">
+      <c r="Q105" s="19">
         <v>45978</v>
       </c>
-      <c r="R96" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A97" s="18" t="s">
+      <c r="R105" s="18" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="106" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A106" s="18" t="s">
         <v>258</v>
       </c>
-      <c r="B97" s="18" t="s">
+      <c r="B106" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="C97" s="18" t="s">
+      <c r="C106" s="18" t="s">
         <v>257</v>
       </c>
-      <c r="D97" s="18" t="s">
+      <c r="D106" s="18" t="s">
         <v>259</v>
       </c>
-      <c r="E97" s="18" t="s">
+      <c r="E106" s="18" t="s">
         <v>185</v>
       </c>
-      <c r="F97" s="18">
+      <c r="F106" s="18">
         <v>35894</v>
       </c>
-      <c r="G97" s="18">
-[...2 lines deleted...]
-      <c r="H97" s="18">
+      <c r="G106" s="18">
+        <v>358</v>
+      </c>
+      <c r="H106" s="18">
         <v>0</v>
       </c>
-      <c r="I97" s="18">
+      <c r="I106" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J97" s="18">
+      <c r="J106" s="18">
         <v>2680</v>
       </c>
-      <c r="K97" s="18">
+      <c r="K106" s="18">
         <v>290</v>
       </c>
-      <c r="L97" s="17">
+      <c r="L106" s="17">
         <f t="shared" si="1"/>
         <v>40722</v>
       </c>
-      <c r="M97" s="17">
+      <c r="M106" s="17">
         <f t="shared" si="9"/>
         <v>38932</v>
       </c>
-      <c r="N97" s="17">
+      <c r="N106" s="17">
         <f t="shared" si="10"/>
         <v>1790</v>
       </c>
-      <c r="O97" s="17">
+      <c r="O106" s="17">
         <f t="shared" si="11"/>
         <v>2680</v>
       </c>
-      <c r="P97" s="18">
+      <c r="P106" s="18">
         <v>200</v>
       </c>
-      <c r="Q97" s="19">
+      <c r="Q106" s="19">
         <v>45860</v>
       </c>
-      <c r="R97" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A98" s="18" t="s">
+      <c r="R106" s="18" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="107" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A107" s="18" t="s">
+        <v>406</v>
+      </c>
+      <c r="B107" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C107" s="18" t="s">
+        <v>257</v>
+      </c>
+      <c r="D107" s="18" t="s">
         <v>407</v>
       </c>
-      <c r="B98" s="18" t="s">
-[...8 lines deleted...]
-      <c r="E98" s="18" t="s">
+      <c r="E107" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="F98" s="18">
+      <c r="F107" s="18">
         <v>35894</v>
       </c>
-      <c r="G98" s="18">
-[...2 lines deleted...]
-      <c r="H98" s="18">
+      <c r="G107" s="18">
+        <v>358</v>
+      </c>
+      <c r="H107" s="18">
         <v>0</v>
       </c>
-      <c r="I98" s="18">
+      <c r="I107" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J98" s="18">
+      <c r="J107" s="18">
         <v>2800</v>
       </c>
-      <c r="K98" s="18">
+      <c r="K107" s="18">
         <v>0</v>
       </c>
-      <c r="L98" s="17">
+      <c r="L107" s="17">
         <f t="shared" si="1"/>
         <v>40552</v>
       </c>
-      <c r="M98" s="17">
-        <f>F98+I98</f>
+      <c r="M107" s="17">
+        <f>F107+I107</f>
         <v>36252</v>
       </c>
-      <c r="N98" s="17">
-        <f>1500+K98+J98</f>
+      <c r="N107" s="17">
+        <f>1500+K107+J107</f>
         <v>4300</v>
       </c>
-      <c r="O98" s="17">
-        <f>H98</f>
+      <c r="O107" s="17">
+        <f>H107</f>
         <v>0</v>
       </c>
-      <c r="P98" s="18">
+      <c r="P107" s="18">
         <v>200</v>
       </c>
-      <c r="Q98" s="19">
+      <c r="Q107" s="19">
         <v>45931</v>
       </c>
-      <c r="R98" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A99" s="18" t="s">
+      <c r="R107" s="18" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="108" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A108" s="18" t="s">
         <v>158</v>
       </c>
-      <c r="B99" s="18" t="s">
+      <c r="B108" s="18" t="s">
         <v>36</v>
       </c>
-      <c r="C99" s="18" t="s">
+      <c r="C108" s="18" t="s">
         <v>257</v>
       </c>
-      <c r="D99" s="18" t="s">
+      <c r="D108" s="18" t="s">
         <v>260</v>
       </c>
-      <c r="E99" s="18" t="s">
+      <c r="E108" s="18" t="s">
         <v>185</v>
       </c>
-      <c r="F99" s="18">
+      <c r="F108" s="18">
         <v>35894</v>
       </c>
-      <c r="G99" s="18">
-[...2 lines deleted...]
-      <c r="H99" s="18">
+      <c r="G108" s="18">
+        <v>358</v>
+      </c>
+      <c r="H108" s="18">
         <v>0</v>
       </c>
-      <c r="I99" s="18">
+      <c r="I108" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J99" s="18">
+      <c r="J108" s="18">
         <v>2960</v>
       </c>
-      <c r="K99" s="18">
+      <c r="K108" s="18">
         <v>130</v>
       </c>
-      <c r="L99" s="17">
+      <c r="L108" s="17">
         <f t="shared" si="1"/>
         <v>40842</v>
       </c>
-      <c r="M99" s="17">
+      <c r="M108" s="17">
         <f t="shared" si="9"/>
         <v>39212</v>
       </c>
-      <c r="N99" s="17">
+      <c r="N108" s="17">
         <f t="shared" si="10"/>
         <v>1630</v>
       </c>
-      <c r="O99" s="17">
+      <c r="O108" s="17">
         <f t="shared" si="11"/>
         <v>2960</v>
       </c>
-      <c r="P99" s="18">
+      <c r="P108" s="18">
         <v>200</v>
       </c>
-      <c r="Q99" s="19">
+      <c r="Q108" s="19">
         <v>45860</v>
       </c>
-      <c r="R99" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A100" s="18" t="s">
+      <c r="R108" s="18" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="109" spans="1:18" ht="104" x14ac:dyDescent="0.3">
+      <c r="A109" s="18" t="s">
         <v>229</v>
       </c>
-      <c r="B100" s="18" t="s">
+      <c r="B109" s="18" t="s">
         <v>42</v>
       </c>
-      <c r="C100" s="18" t="s">
+      <c r="C109" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="D109" s="18" t="s">
         <v>317</v>
       </c>
-      <c r="D100" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="18" t="s">
+      <c r="E109" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="F100" s="18">
+      <c r="F109" s="18">
         <v>35894</v>
       </c>
-      <c r="G100" s="18">
-[...2 lines deleted...]
-      <c r="H100" s="18">
+      <c r="G109" s="18">
+        <v>358</v>
+      </c>
+      <c r="H109" s="18">
         <f>400+263</f>
         <v>663</v>
       </c>
-      <c r="I100" s="18">
+      <c r="I109" s="18">
         <f t="shared" si="0"/>
         <v>1021</v>
       </c>
-      <c r="J100" s="18">
+      <c r="J109" s="18">
         <v>3368</v>
       </c>
-      <c r="K100" s="18">
+      <c r="K109" s="18">
         <v>800</v>
       </c>
-      <c r="L100" s="17">
+      <c r="L109" s="17">
         <f t="shared" si="1"/>
         <v>42583</v>
       </c>
-      <c r="M100" s="17">
-        <f>F100+I100+J100-400</f>
+      <c r="M109" s="17">
+        <f>F109+I109+J109-400</f>
         <v>39883</v>
       </c>
-      <c r="N100" s="17">
-        <f>1500+K100+400</f>
+      <c r="N109" s="17">
+        <f>1500+K109+400</f>
         <v>2700</v>
       </c>
-      <c r="O100" s="17">
-        <f>H100+J100-400</f>
+      <c r="O109" s="17">
+        <f>H109+J109-400</f>
         <v>3631</v>
       </c>
-      <c r="P100" s="18">
+      <c r="P109" s="18">
         <v>200</v>
       </c>
-      <c r="Q100" s="19">
+      <c r="Q109" s="19">
         <v>45790</v>
       </c>
-      <c r="R100" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A101" s="18" t="s">
+      <c r="R109" s="18" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="110" spans="1:18" ht="104" x14ac:dyDescent="0.3">
+      <c r="A110" s="18" t="s">
+        <v>393</v>
+      </c>
+      <c r="B110" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="C110" s="18" t="s">
+        <v>316</v>
+      </c>
+      <c r="D110" s="18" t="s">
         <v>394</v>
       </c>
-      <c r="B101" s="18" t="s">
-[...8 lines deleted...]
-      <c r="E101" s="18" t="s">
+      <c r="E110" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="F101" s="18">
+      <c r="F110" s="18">
         <v>35894</v>
       </c>
-      <c r="G101" s="18">
-[...2 lines deleted...]
-      <c r="H101" s="18">
+      <c r="G110" s="18">
+        <v>358</v>
+      </c>
+      <c r="H110" s="18">
         <f>400+280</f>
         <v>680</v>
       </c>
-      <c r="I101" s="18">
+      <c r="I110" s="18">
         <f t="shared" si="0"/>
         <v>1038</v>
       </c>
-      <c r="J101" s="18">
+      <c r="J110" s="18">
         <v>3224</v>
       </c>
-      <c r="K101" s="18">
+      <c r="K110" s="18">
         <v>320</v>
       </c>
-      <c r="L101" s="17">
+      <c r="L110" s="17">
         <f t="shared" si="1"/>
         <v>41976</v>
       </c>
-      <c r="M101" s="17">
-        <f>F101+I101+J101-400</f>
+      <c r="M110" s="17">
+        <f>F110+I110+J110-400</f>
         <v>39756</v>
       </c>
-      <c r="N101" s="17">
-        <f>1500+K101+400</f>
+      <c r="N110" s="17">
+        <f>1500+K110+400</f>
         <v>2220</v>
       </c>
-      <c r="O101" s="17">
-        <f>H101+J101-400</f>
+      <c r="O110" s="17">
+        <f>H110+J110-400</f>
         <v>3504</v>
       </c>
-      <c r="P101" s="18">
+      <c r="P110" s="18">
         <v>200</v>
       </c>
-      <c r="Q101" s="19">
+      <c r="Q110" s="19">
         <v>45919</v>
       </c>
-      <c r="R101" s="18" t="s">
-[...7 lines deleted...]
-      <c r="B102" s="18" t="s">
+      <c r="R110" s="18" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="111" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A111" s="18" t="s">
+        <v>370</v>
+      </c>
+      <c r="B111" s="18" t="s">
         <v>38</v>
       </c>
-      <c r="C102" s="18" t="s">
+      <c r="C111" s="18" t="s">
+        <v>409</v>
+      </c>
+      <c r="D111" s="18" t="s">
         <v>410</v>
       </c>
-      <c r="D102" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="18" t="s">
+      <c r="E111" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="F102" s="18">
+      <c r="F111" s="18">
         <v>35894</v>
       </c>
-      <c r="G102" s="18">
-[...2 lines deleted...]
-      <c r="H102" s="18">
+      <c r="G111" s="18">
+        <v>358</v>
+      </c>
+      <c r="H111" s="18">
         <v>0</v>
       </c>
-      <c r="I102" s="18">
+      <c r="I111" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J102" s="18">
+      <c r="J111" s="18">
         <v>5000</v>
       </c>
-      <c r="K102" s="18">
+      <c r="K111" s="18">
         <v>200</v>
       </c>
-      <c r="L102" s="17">
+      <c r="L111" s="17">
         <f t="shared" si="1"/>
         <v>42952</v>
       </c>
-      <c r="M102" s="17">
-        <f>F102+I102+J102</f>
+      <c r="M111" s="17">
+        <f>F111+I111+J111</f>
         <v>41252</v>
       </c>
-      <c r="N102" s="17">
-        <f>1500+K102</f>
+      <c r="N111" s="17">
+        <f>1500+K111</f>
         <v>1700</v>
       </c>
-      <c r="O102" s="17">
-        <f t="shared" ref="O102:O113" si="12">H102+J102</f>
+      <c r="O111" s="17">
+        <f t="shared" ref="O111:O126" si="13">H111+J111</f>
         <v>5000</v>
       </c>
-      <c r="P102" s="18">
+      <c r="P111" s="18">
         <v>200</v>
       </c>
-      <c r="Q102" s="19">
+      <c r="Q111" s="19">
         <v>45922</v>
       </c>
-      <c r="R102" s="18" t="s">
-[...7 lines deleted...]
-      <c r="B103" s="18" t="s">
+      <c r="R111" s="18" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="112" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A112" s="18" t="s">
+        <v>284</v>
+      </c>
+      <c r="B112" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="C103" s="18" t="s">
+      <c r="C112" s="18" t="s">
+        <v>376</v>
+      </c>
+      <c r="D112" s="18" t="s">
         <v>377</v>
       </c>
-      <c r="D103" s="18" t="s">
+      <c r="E112" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F112" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G112" s="18">
+        <v>358</v>
+      </c>
+      <c r="H112" s="18">
+        <v>0</v>
+      </c>
+      <c r="I112" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J112" s="18">
+        <v>7625</v>
+      </c>
+      <c r="K112" s="18">
+        <v>0</v>
+      </c>
+      <c r="L112" s="17">
+        <f>F112+I112+J112+K112+1500</f>
+        <v>45377</v>
+      </c>
+      <c r="M112" s="17">
+        <f>F112+I112+J112</f>
+        <v>43877</v>
+      </c>
+      <c r="N112" s="17">
+        <f>1500+K112</f>
+        <v>1500</v>
+      </c>
+      <c r="O112" s="17">
+        <f t="shared" si="13"/>
+        <v>7625</v>
+      </c>
+      <c r="P112" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q112" s="19">
+        <v>45909</v>
+      </c>
+      <c r="R112" s="18" t="s">
         <v>378</v>
       </c>
-      <c r="E103" s="18" t="s">
-[...2 lines deleted...]
-      <c r="F103" s="18">
+    </row>
+    <row r="113" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+      <c r="A113" s="18" t="s">
+        <v>192</v>
+      </c>
+      <c r="B113" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C113" s="18" t="s">
+        <v>269</v>
+      </c>
+      <c r="D113" s="18" t="s">
+        <v>270</v>
+      </c>
+      <c r="E113" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="F113" s="18">
         <v>35894</v>
       </c>
-      <c r="G103" s="18">
-[...2 lines deleted...]
-      <c r="H103" s="18">
+      <c r="G113" s="18">
+        <v>358</v>
+      </c>
+      <c r="H113" s="18">
         <v>0</v>
       </c>
-      <c r="I103" s="18">
+      <c r="I113" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J103" s="18">
-[...60 lines deleted...]
-      <c r="J104" s="18">
+      <c r="J113" s="18">
         <v>5750</v>
       </c>
-      <c r="K104" s="18">
+      <c r="K113" s="18">
         <v>1600</v>
       </c>
-      <c r="L104" s="17">
+      <c r="L113" s="17">
         <f t="shared" si="1"/>
         <v>45102</v>
       </c>
-      <c r="M104" s="17">
+      <c r="M113" s="17">
         <f t="shared" si="9"/>
         <v>42002</v>
       </c>
-      <c r="N104" s="17">
+      <c r="N113" s="17">
         <f t="shared" si="10"/>
         <v>3100</v>
       </c>
-      <c r="O104" s="17">
-        <f t="shared" si="12"/>
+      <c r="O113" s="17">
+        <f t="shared" si="13"/>
         <v>5750</v>
       </c>
-      <c r="P104" s="18">
+      <c r="P113" s="18">
         <v>200</v>
       </c>
-      <c r="Q104" s="19">
+      <c r="Q113" s="19">
         <v>45747</v>
       </c>
-      <c r="R104" s="18" t="s">
+      <c r="R113" s="18" t="s">
         <v>271</v>
       </c>
     </row>
-    <row r="105" spans="1:18" ht="78" x14ac:dyDescent="0.3">
-      <c r="A105" s="18" t="s">
+    <row r="114" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+      <c r="A114" s="18" t="s">
         <v>272</v>
       </c>
-      <c r="B105" s="18" t="s">
+      <c r="B114" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="C105" s="18" t="s">
+      <c r="C114" s="18" t="s">
         <v>269</v>
       </c>
-      <c r="D105" s="18" t="s">
+      <c r="D114" s="18" t="s">
         <v>273</v>
       </c>
-      <c r="E105" s="18" t="s">
+      <c r="E114" s="18" t="s">
         <v>185</v>
       </c>
-      <c r="F105" s="18">
+      <c r="F114" s="18">
         <v>35894</v>
       </c>
-      <c r="G105" s="18">
-[...2 lines deleted...]
-      <c r="H105" s="18">
+      <c r="G114" s="18">
+        <v>358</v>
+      </c>
+      <c r="H114" s="18">
         <v>0</v>
       </c>
-      <c r="I105" s="18">
+      <c r="I114" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J105" s="18">
+      <c r="J114" s="18">
         <v>7950</v>
       </c>
-      <c r="K105" s="18">
+      <c r="K114" s="18">
         <v>300</v>
       </c>
-      <c r="L105" s="17">
+      <c r="L114" s="17">
         <f t="shared" si="1"/>
         <v>46002</v>
       </c>
-      <c r="M105" s="17">
+      <c r="M114" s="17">
         <f t="shared" si="9"/>
         <v>44202</v>
       </c>
-      <c r="N105" s="17">
+      <c r="N114" s="17">
         <f t="shared" si="10"/>
         <v>1800</v>
       </c>
-      <c r="O105" s="17">
-        <f t="shared" si="12"/>
+      <c r="O114" s="17">
+        <f t="shared" si="13"/>
         <v>7950</v>
       </c>
-      <c r="P105" s="18">
+      <c r="P114" s="18">
         <v>200</v>
       </c>
-      <c r="Q105" s="19">
+      <c r="Q114" s="19">
         <v>45747</v>
       </c>
-      <c r="R105" s="18" t="s">
+      <c r="R114" s="18" t="s">
         <v>271</v>
       </c>
     </row>
-    <row r="106" spans="1:18" ht="78" x14ac:dyDescent="0.3">
-      <c r="A106" s="18" t="s">
+    <row r="115" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+      <c r="A115" s="18" t="s">
+        <v>319</v>
+      </c>
+      <c r="B115" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C115" s="18" t="s">
+        <v>269</v>
+      </c>
+      <c r="D115" s="18" t="s">
         <v>320</v>
       </c>
-      <c r="B106" s="18" t="s">
-[...8 lines deleted...]
-      <c r="E106" s="18" t="s">
+      <c r="E115" s="18" t="s">
         <v>185</v>
       </c>
-      <c r="F106" s="18">
+      <c r="F115" s="18">
         <v>35894</v>
       </c>
-      <c r="G106" s="18">
-[...2 lines deleted...]
-      <c r="H106" s="18">
+      <c r="G115" s="18">
+        <v>358</v>
+      </c>
+      <c r="H115" s="18">
         <v>0</v>
       </c>
-      <c r="I106" s="18">
+      <c r="I115" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J106" s="18">
+      <c r="J115" s="18">
         <v>5125</v>
       </c>
-      <c r="K106" s="18">
+      <c r="K115" s="18">
         <v>400</v>
       </c>
-      <c r="L106" s="17">
+      <c r="L115" s="17">
         <f t="shared" si="1"/>
         <v>43277</v>
       </c>
-      <c r="M106" s="17">
+      <c r="M115" s="17">
         <f t="shared" si="9"/>
         <v>41377</v>
       </c>
-      <c r="N106" s="17">
-[...548 lines deleted...]
-      </c>
       <c r="N115" s="17">
         <f>1500+K115</f>
-        <v>3300</v>
+        <v>1900</v>
       </c>
       <c r="O115" s="17">
         <f>H115+J115</f>
-        <v>5760</v>
+        <v>5125</v>
       </c>
       <c r="P115" s="18">
         <v>200</v>
       </c>
       <c r="Q115" s="19">
-        <v>45909</v>
+        <v>45810</v>
       </c>
       <c r="R115" s="18" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="116" spans="1:18" ht="78" x14ac:dyDescent="0.3">
       <c r="A116" s="18" t="s">
-        <v>240</v>
+        <v>215</v>
       </c>
       <c r="B116" s="18" t="s">
         <v>32</v>
       </c>
       <c r="C116" s="18" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="D116" s="18" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="E116" s="18" t="s">
         <v>185</v>
       </c>
       <c r="F116" s="18">
         <v>35894</v>
       </c>
       <c r="G116" s="18">
         <v>358</v>
       </c>
       <c r="H116" s="18">
         <v>0</v>
       </c>
       <c r="I116" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
       <c r="J116" s="18">
-        <v>4000</v>
+        <v>5500</v>
       </c>
       <c r="K116" s="18">
-        <v>3000</v>
+        <v>1500</v>
       </c>
       <c r="L116" s="17">
         <f t="shared" si="1"/>
         <v>44752</v>
       </c>
       <c r="M116" s="17">
-        <f>F116+I116+J116</f>
-        <v>40252</v>
+        <f t="shared" si="9"/>
+        <v>41752</v>
       </c>
       <c r="N116" s="17">
-        <f>1500+K116</f>
-        <v>4500</v>
+        <f t="shared" si="10"/>
+        <v>3000</v>
       </c>
       <c r="O116" s="17">
-        <f>H116+J116</f>
-        <v>4000</v>
+        <f t="shared" si="13"/>
+        <v>5500</v>
       </c>
       <c r="P116" s="18">
         <v>200</v>
       </c>
       <c r="Q116" s="19">
-        <v>45734</v>
+        <v>45747</v>
       </c>
       <c r="R116" s="18" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="117" spans="1:18" ht="78" x14ac:dyDescent="0.3">
       <c r="A117" s="18" t="s">
-        <v>285</v>
+        <v>308</v>
       </c>
       <c r="B117" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C117" s="18" t="s">
-        <v>286</v>
+        <v>269</v>
       </c>
       <c r="D117" s="18" t="s">
-        <v>287</v>
+        <v>309</v>
       </c>
       <c r="E117" s="18" t="s">
-        <v>106</v>
+        <v>185</v>
       </c>
       <c r="F117" s="18">
         <v>35894</v>
       </c>
       <c r="G117" s="18">
         <v>358</v>
       </c>
       <c r="H117" s="18">
+        <v>0</v>
+      </c>
+      <c r="I117" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J117" s="18">
+        <v>5750</v>
+      </c>
+      <c r="K117" s="18">
+        <v>675</v>
+      </c>
+      <c r="L117" s="17">
+        <f t="shared" si="1"/>
+        <v>44177</v>
+      </c>
+      <c r="M117" s="17">
+        <f>F117+I117+J117</f>
+        <v>42002</v>
+      </c>
+      <c r="N117" s="17">
+        <f>1500+K117</f>
+        <v>2175</v>
+      </c>
+      <c r="O117" s="17">
+        <f t="shared" si="13"/>
+        <v>5750</v>
+      </c>
+      <c r="P117" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q117" s="19">
+        <v>45769</v>
+      </c>
+      <c r="R117" s="18" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="118" spans="1:18" ht="91" x14ac:dyDescent="0.3">
+      <c r="A118" s="18" t="s">
+        <v>275</v>
+      </c>
+      <c r="B118" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="C118" s="18" t="s">
+        <v>269</v>
+      </c>
+      <c r="D118" s="18" t="s">
+        <v>276</v>
+      </c>
+      <c r="E118" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="F118" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G118" s="18">
+        <v>358</v>
+      </c>
+      <c r="H118" s="18">
+        <v>0</v>
+      </c>
+      <c r="I118" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J118" s="18">
+        <v>7200</v>
+      </c>
+      <c r="K118" s="18">
+        <v>1100</v>
+      </c>
+      <c r="L118" s="17">
+        <f t="shared" si="1"/>
+        <v>46052</v>
+      </c>
+      <c r="M118" s="17">
+        <f t="shared" si="9"/>
+        <v>43452</v>
+      </c>
+      <c r="N118" s="17">
+        <f t="shared" si="10"/>
+        <v>2600</v>
+      </c>
+      <c r="O118" s="17">
+        <f t="shared" si="13"/>
+        <v>7200</v>
+      </c>
+      <c r="P118" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q118" s="19">
+        <v>45747</v>
+      </c>
+      <c r="R118" s="18" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="119" spans="1:18" ht="104" x14ac:dyDescent="0.3">
+      <c r="A119" s="18" t="s">
+        <v>435</v>
+      </c>
+      <c r="B119" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C119" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="D119" s="18" t="s">
+        <v>436</v>
+      </c>
+      <c r="E119" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F119" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G119" s="18">
+        <v>358</v>
+      </c>
+      <c r="H119" s="18">
+        <v>0</v>
+      </c>
+      <c r="I119" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J119" s="18">
+        <v>7335</v>
+      </c>
+      <c r="K119" s="18">
+        <v>1000</v>
+      </c>
+      <c r="L119" s="17">
+        <f t="shared" si="1"/>
+        <v>46087</v>
+      </c>
+      <c r="M119" s="17">
+        <f>F119+I119+J119</f>
+        <v>43587</v>
+      </c>
+      <c r="N119" s="17">
+        <f>1500+K119</f>
+        <v>2500</v>
+      </c>
+      <c r="O119" s="17">
+        <f>H119+J119</f>
+        <v>7335</v>
+      </c>
+      <c r="P119" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q119" s="19">
+        <v>46036</v>
+      </c>
+      <c r="R119" s="18" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="120" spans="1:18" ht="91" x14ac:dyDescent="0.3">
+      <c r="A120" s="18" t="s">
+        <v>225</v>
+      </c>
+      <c r="B120" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C120" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="D120" s="18" t="s">
+        <v>379</v>
+      </c>
+      <c r="E120" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F120" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G120" s="18">
+        <v>358</v>
+      </c>
+      <c r="H120" s="18">
+        <v>0</v>
+      </c>
+      <c r="I120" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J120" s="18">
+        <v>4184</v>
+      </c>
+      <c r="K120" s="18">
+        <v>0</v>
+      </c>
+      <c r="L120" s="17">
+        <f t="shared" si="1"/>
+        <v>41936</v>
+      </c>
+      <c r="M120" s="17">
+        <f t="shared" si="9"/>
+        <v>40436</v>
+      </c>
+      <c r="N120" s="17">
+        <f t="shared" si="10"/>
+        <v>1500</v>
+      </c>
+      <c r="O120" s="17">
+        <f t="shared" si="13"/>
+        <v>4184</v>
+      </c>
+      <c r="P120" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q120" s="19">
+        <v>45875</v>
+      </c>
+      <c r="R120" s="18" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="121" spans="1:18" ht="104" x14ac:dyDescent="0.3">
+      <c r="A121" s="18" t="s">
+        <v>173</v>
+      </c>
+      <c r="B121" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="C121" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="D121" s="18" t="s">
+        <v>438</v>
+      </c>
+      <c r="E121" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F121" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G121" s="18">
+        <v>358</v>
+      </c>
+      <c r="H121" s="18">
+        <v>0</v>
+      </c>
+      <c r="I121" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J121" s="18">
+        <v>2800</v>
+      </c>
+      <c r="K121" s="18">
+        <v>0</v>
+      </c>
+      <c r="L121" s="17">
+        <f t="shared" si="1"/>
+        <v>40552</v>
+      </c>
+      <c r="M121" s="17">
+        <f t="shared" si="9"/>
+        <v>39052</v>
+      </c>
+      <c r="N121" s="17">
+        <f t="shared" ref="N121:N126" si="14">1500+K121</f>
+        <v>1500</v>
+      </c>
+      <c r="O121" s="17">
+        <f>H121+J121</f>
+        <v>2800</v>
+      </c>
+      <c r="P121" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q121" s="19">
+        <v>46036</v>
+      </c>
+      <c r="R121" s="18" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="122" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A122" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="B122" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C122" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="D122" s="18" t="s">
+        <v>262</v>
+      </c>
+      <c r="E122" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F122" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G122" s="18">
+        <v>358</v>
+      </c>
+      <c r="H122" s="18">
+        <v>0</v>
+      </c>
+      <c r="I122" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J122" s="18">
+        <v>4448</v>
+      </c>
+      <c r="K122" s="18">
+        <v>1300</v>
+      </c>
+      <c r="L122" s="17">
+        <f t="shared" si="1"/>
+        <v>43500</v>
+      </c>
+      <c r="M122" s="17">
+        <f t="shared" si="9"/>
+        <v>40700</v>
+      </c>
+      <c r="N122" s="17">
+        <f t="shared" si="14"/>
+        <v>2800</v>
+      </c>
+      <c r="O122" s="17">
+        <f t="shared" si="13"/>
+        <v>4448</v>
+      </c>
+      <c r="P122" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q122" s="19">
+        <v>45734</v>
+      </c>
+      <c r="R122" s="18" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="123" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+      <c r="A123" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="B123" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="C123" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="D123" s="18" t="s">
+        <v>439</v>
+      </c>
+      <c r="E123" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F123" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G123" s="18">
+        <v>358</v>
+      </c>
+      <c r="H123" s="18">
+        <v>0</v>
+      </c>
+      <c r="I123" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J123" s="18">
+        <v>5868</v>
+      </c>
+      <c r="K123" s="18">
+        <v>0</v>
+      </c>
+      <c r="L123" s="17">
+        <f t="shared" si="1"/>
+        <v>43620</v>
+      </c>
+      <c r="M123" s="17">
+        <f t="shared" si="9"/>
+        <v>42120</v>
+      </c>
+      <c r="N123" s="17">
+        <f t="shared" si="14"/>
+        <v>1500</v>
+      </c>
+      <c r="O123" s="17">
+        <f>H123+J123</f>
+        <v>5868</v>
+      </c>
+      <c r="P123" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q123" s="19">
+        <v>45992</v>
+      </c>
+      <c r="R123" s="18" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="124" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A124" s="18" t="s">
+        <v>441</v>
+      </c>
+      <c r="B124" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C124" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="D124" s="18" t="s">
+        <v>442</v>
+      </c>
+      <c r="E124" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="F124" s="18">
+        <v>35984</v>
+      </c>
+      <c r="G124" s="18">
+        <v>358</v>
+      </c>
+      <c r="H124" s="18">
+        <v>0</v>
+      </c>
+      <c r="I124" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J124" s="18">
+        <v>2058</v>
+      </c>
+      <c r="K124" s="18">
+        <v>2100</v>
+      </c>
+      <c r="L124" s="17">
+        <f t="shared" si="1"/>
+        <v>42000</v>
+      </c>
+      <c r="M124" s="17">
+        <f t="shared" si="9"/>
+        <v>38400</v>
+      </c>
+      <c r="N124" s="17">
+        <f t="shared" si="14"/>
+        <v>3600</v>
+      </c>
+      <c r="O124" s="17">
+        <f>H124+J124</f>
+        <v>2058</v>
+      </c>
+      <c r="P124" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q124" s="19">
+        <v>46013</v>
+      </c>
+      <c r="R124" s="18" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="125" spans="1:18" ht="117" x14ac:dyDescent="0.3">
+      <c r="A125" s="18" t="s">
+        <v>237</v>
+      </c>
+      <c r="B125" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C125" s="18" t="s">
+        <v>321</v>
+      </c>
+      <c r="D125" s="18" t="s">
+        <v>322</v>
+      </c>
+      <c r="E125" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="F125" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G125" s="18">
+        <v>358</v>
+      </c>
+      <c r="H125" s="18">
+        <v>0</v>
+      </c>
+      <c r="I125" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J125" s="18">
+        <v>7750</v>
+      </c>
+      <c r="K125" s="18">
+        <v>3610</v>
+      </c>
+      <c r="L125" s="17">
+        <f t="shared" si="1"/>
+        <v>49112</v>
+      </c>
+      <c r="M125" s="17">
+        <f>F125+I125+J125</f>
+        <v>44002</v>
+      </c>
+      <c r="N125" s="17">
+        <f t="shared" si="14"/>
+        <v>5110</v>
+      </c>
+      <c r="O125" s="17">
+        <f t="shared" si="13"/>
+        <v>7750</v>
+      </c>
+      <c r="P125" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q125" s="19">
+        <v>45814</v>
+      </c>
+      <c r="R125" s="18" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="126" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A126" s="18" t="s">
+        <v>324</v>
+      </c>
+      <c r="B126" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C126" s="18" t="s">
+        <v>321</v>
+      </c>
+      <c r="D126" s="18" t="s">
+        <v>325</v>
+      </c>
+      <c r="E126" s="18" t="s">
+        <v>2</v>
+      </c>
+      <c r="F126" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G126" s="18">
+        <v>358</v>
+      </c>
+      <c r="H126" s="18">
+        <v>0</v>
+      </c>
+      <c r="I126" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J126" s="18">
+        <v>6000</v>
+      </c>
+      <c r="K126" s="18">
+        <v>3375</v>
+      </c>
+      <c r="L126" s="17">
+        <f t="shared" si="1"/>
+        <v>47127</v>
+      </c>
+      <c r="M126" s="17">
+        <f>F126+I126+J126</f>
+        <v>42252</v>
+      </c>
+      <c r="N126" s="17">
+        <f t="shared" si="14"/>
+        <v>4875</v>
+      </c>
+      <c r="O126" s="17">
+        <f t="shared" si="13"/>
+        <v>6000</v>
+      </c>
+      <c r="P126" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q126" s="19">
+        <v>45814</v>
+      </c>
+      <c r="R126" s="18" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="127" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A127" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="B127" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C127" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="D127" s="18" t="s">
+        <v>184</v>
+      </c>
+      <c r="E127" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="F127" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G127" s="18">
+        <v>358</v>
+      </c>
+      <c r="H127" s="18">
+        <v>0</v>
+      </c>
+      <c r="I127" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J127" s="18">
+        <v>8165</v>
+      </c>
+      <c r="K127" s="18">
+        <v>2040</v>
+      </c>
+      <c r="L127" s="17">
+        <f t="shared" si="1"/>
+        <v>47957</v>
+      </c>
+      <c r="M127" s="17">
+        <f>F127+I127+J127+K127</f>
+        <v>46457</v>
+      </c>
+      <c r="N127" s="17">
+        <f>1500</f>
+        <v>1500</v>
+      </c>
+      <c r="O127" s="17">
+        <f>H127+J127+K127</f>
+        <v>10205</v>
+      </c>
+      <c r="P127" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q127" s="19">
+        <v>45700</v>
+      </c>
+      <c r="R127" s="18" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="128" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+      <c r="A128" s="18" t="s">
+        <v>215</v>
+      </c>
+      <c r="B128" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C128" s="18" t="s">
+        <v>382</v>
+      </c>
+      <c r="D128" s="18" t="s">
+        <v>383</v>
+      </c>
+      <c r="E128" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="F128" s="101">
+        <v>36580</v>
+      </c>
+      <c r="G128" s="18">
+        <v>358</v>
+      </c>
+      <c r="H128" s="18">
+        <v>0</v>
+      </c>
+      <c r="I128" s="18">
+        <f t="shared" si="0"/>
+        <v>358</v>
+      </c>
+      <c r="J128" s="18">
+        <f>6355+2405-3000</f>
+        <v>5760</v>
+      </c>
+      <c r="K128" s="18">
+        <v>1800</v>
+      </c>
+      <c r="L128" s="17">
+        <f t="shared" si="1"/>
+        <v>45998</v>
+      </c>
+      <c r="M128" s="17">
+        <f>F128+I128+J128</f>
+        <v>42698</v>
+      </c>
+      <c r="N128" s="17">
+        <f>1500+K128</f>
+        <v>3300</v>
+      </c>
+      <c r="O128" s="17">
+        <f>H128+J128</f>
+        <v>5760</v>
+      </c>
+      <c r="P128" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q128" s="19">
+        <v>45909</v>
+      </c>
+      <c r="R128" s="18" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="129" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A129" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="B129" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C129" s="18" t="s">
+        <v>263</v>
+      </c>
+      <c r="D129" s="18" t="s">
+        <v>264</v>
+      </c>
+      <c r="E129" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="F129" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G129" s="18">
+        <v>358</v>
+      </c>
+      <c r="H129" s="18">
+        <v>1000</v>
+      </c>
+      <c r="I129" s="18">
+        <f t="shared" si="0"/>
+        <v>1358</v>
+      </c>
+      <c r="J129" s="18">
+        <v>4000</v>
+      </c>
+      <c r="K129" s="18">
+        <v>3000</v>
+      </c>
+      <c r="L129" s="17">
+        <f t="shared" si="1"/>
+        <v>45752</v>
+      </c>
+      <c r="M129" s="17">
+        <f>F129+I129+J129</f>
+        <v>41252</v>
+      </c>
+      <c r="N129" s="17">
+        <f>1500+K129</f>
+        <v>4500</v>
+      </c>
+      <c r="O129" s="17">
+        <f>H129+J129</f>
+        <v>5000</v>
+      </c>
+      <c r="P129" s="18">
+        <v>200</v>
+      </c>
+      <c r="Q129" s="19">
+        <v>46010</v>
+      </c>
+      <c r="R129" s="18" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="130" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A130" s="18" t="s">
+        <v>284</v>
+      </c>
+      <c r="B130" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C130" s="18" t="s">
+        <v>285</v>
+      </c>
+      <c r="D130" s="18" t="s">
+        <v>286</v>
+      </c>
+      <c r="E130" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="F130" s="18">
+        <v>35894</v>
+      </c>
+      <c r="G130" s="18">
+        <v>358</v>
+      </c>
+      <c r="H130" s="18">
         <f>(136+129+421)*3/2</f>
         <v>1029</v>
       </c>
-      <c r="I117" s="18">
+      <c r="I130" s="18">
         <f t="shared" si="0"/>
         <v>1387</v>
       </c>
-      <c r="J117" s="18">
+      <c r="J130" s="18">
         <v>6290</v>
       </c>
-      <c r="K117" s="18">
+      <c r="K130" s="18">
         <v>4045</v>
       </c>
-      <c r="L117" s="17">
+      <c r="L130" s="17">
         <f t="shared" si="1"/>
         <v>49116</v>
       </c>
-      <c r="M117" s="17">
-        <f>F117+I117+J117+K117</f>
+      <c r="M130" s="17">
+        <f>F130+I130+J130+K130</f>
         <v>47616</v>
       </c>
-      <c r="N117" s="17">
+      <c r="N130" s="17">
         <f>1500</f>
         <v>1500</v>
       </c>
-      <c r="O117" s="17">
-        <f>H117+J117+K117</f>
+      <c r="O130" s="17">
+        <f>H130+J130+K130</f>
         <v>11364</v>
       </c>
-      <c r="P117" s="17">
+      <c r="P130" s="17">
         <v>200</v>
       </c>
-      <c r="Q117" s="19">
+      <c r="Q130" s="19">
         <v>45919</v>
       </c>
-      <c r="R117" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A118" s="18" t="s">
+      <c r="R130" s="18" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="131" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+      <c r="A131" s="18" t="s">
+        <v>284</v>
+      </c>
+      <c r="B131" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C131" s="18" t="s">
         <v>285</v>
       </c>
-      <c r="B118" s="18" t="s">
-[...8 lines deleted...]
-      <c r="E118" s="18" t="s">
+      <c r="D131" s="18" t="s">
+        <v>287</v>
+      </c>
+      <c r="E131" s="18" t="s">
         <v>107</v>
       </c>
-      <c r="F118" s="18">
+      <c r="F131" s="18">
         <v>35894</v>
       </c>
-      <c r="G118" s="18">
-[...2 lines deleted...]
-      <c r="H118" s="18">
+      <c r="G131" s="18">
+        <v>358</v>
+      </c>
+      <c r="H131" s="18">
         <f>(136+129+421)*3/2</f>
         <v>1029</v>
       </c>
-      <c r="I118" s="18">
+      <c r="I131" s="18">
         <f t="shared" si="0"/>
         <v>1387</v>
       </c>
-      <c r="J118" s="18">
+      <c r="J131" s="18">
         <v>6289</v>
       </c>
-      <c r="K118" s="18">
+      <c r="K131" s="18">
         <v>4046</v>
       </c>
-      <c r="L118" s="17">
+      <c r="L131" s="17">
         <f t="shared" si="1"/>
         <v>49116</v>
       </c>
-      <c r="M118" s="17">
-        <f>F118+I118+J118+K118</f>
+      <c r="M131" s="17">
+        <f>F131+I131+J131+K131</f>
         <v>47616</v>
       </c>
-      <c r="N118" s="17">
+      <c r="N131" s="17">
         <f>1500</f>
         <v>1500</v>
       </c>
-      <c r="O118" s="17">
-        <f>H118+J118+K118</f>
+      <c r="O131" s="17">
+        <f>H131+J131+K131</f>
         <v>11364</v>
       </c>
-      <c r="P118" s="17">
+      <c r="P131" s="17">
         <v>200</v>
       </c>
-      <c r="Q118" s="19">
+      <c r="Q131" s="19">
         <v>45919</v>
       </c>
-      <c r="R118" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A119" s="18" t="s">
+      <c r="R131" s="18" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="132" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+      <c r="A132" s="18" t="s">
         <v>237</v>
       </c>
-      <c r="B119" s="18" t="s">
+      <c r="B132" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C119" s="18" t="s">
-[...5 lines deleted...]
-      <c r="E119" s="18" t="s">
+      <c r="C132" s="18" t="s">
+        <v>305</v>
+      </c>
+      <c r="D132" s="18" t="s">
+        <v>310</v>
+      </c>
+      <c r="E132" s="18" t="s">
         <v>106</v>
       </c>
-      <c r="F119" s="18">
+      <c r="F132" s="18">
         <v>35894</v>
       </c>
-      <c r="G119" s="18">
-[...2 lines deleted...]
-      <c r="H119" s="18">
+      <c r="G132" s="18">
+        <v>358</v>
+      </c>
+      <c r="H132" s="18">
         <v>0</v>
       </c>
-      <c r="I119" s="18">
+      <c r="I132" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J119" s="18">
+      <c r="J132" s="18">
         <v>8120</v>
       </c>
-      <c r="K119" s="18">
+      <c r="K132" s="18">
         <v>1700</v>
       </c>
-      <c r="L119" s="17">
+      <c r="L132" s="17">
         <f t="shared" si="1"/>
         <v>47572</v>
       </c>
-      <c r="M119" s="17">
-        <f>F119+I119+J119</f>
+      <c r="M132" s="17">
+        <f>F132+I132+J132</f>
         <v>44372</v>
       </c>
-      <c r="N119" s="17">
-        <f>1500+K119</f>
+      <c r="N132" s="17">
+        <f>1500+K132</f>
         <v>3200</v>
       </c>
-      <c r="O119" s="17">
-        <f>H119+J119</f>
+      <c r="O132" s="17">
+        <f>H132+J132</f>
         <v>8120</v>
       </c>
-      <c r="P119" s="17">
+      <c r="P132" s="17">
         <v>200</v>
       </c>
-      <c r="Q119" s="19">
+      <c r="Q132" s="19">
         <v>45776</v>
       </c>
-      <c r="R119" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A120" s="18" t="s">
+      <c r="R132" s="18" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="133" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+      <c r="A133" s="18" t="s">
         <v>237</v>
       </c>
-      <c r="B120" s="18" t="s">
+      <c r="B133" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C120" s="18" t="s">
-[...5 lines deleted...]
-      <c r="E120" s="18" t="s">
+      <c r="C133" s="18" t="s">
+        <v>305</v>
+      </c>
+      <c r="D133" s="18" t="s">
+        <v>311</v>
+      </c>
+      <c r="E133" s="18" t="s">
         <v>107</v>
       </c>
-      <c r="F120" s="18">
+      <c r="F133" s="18">
         <v>35894</v>
       </c>
-      <c r="G120" s="18">
-[...2 lines deleted...]
-      <c r="H120" s="18">
+      <c r="G133" s="18">
+        <v>358</v>
+      </c>
+      <c r="H133" s="18">
         <v>0</v>
       </c>
-      <c r="I120" s="18">
+      <c r="I133" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J120" s="18">
+      <c r="J133" s="18">
         <v>8120</v>
       </c>
-      <c r="K120" s="18">
+      <c r="K133" s="18">
         <v>1700</v>
       </c>
-      <c r="L120" s="17">
+      <c r="L133" s="17">
         <f t="shared" si="1"/>
         <v>47572</v>
       </c>
-      <c r="M120" s="17">
-        <f>F120+I120+J120</f>
+      <c r="M133" s="17">
+        <f>F133+I133+J133</f>
         <v>44372</v>
       </c>
-      <c r="N120" s="17">
-        <f>1500+K120</f>
+      <c r="N133" s="17">
+        <f>1500+K133</f>
         <v>3200</v>
       </c>
-      <c r="O120" s="17">
-        <f>H120+J120</f>
+      <c r="O133" s="17">
+        <f>H133+J133</f>
         <v>8120</v>
       </c>
-      <c r="P120" s="17">
+      <c r="P133" s="17">
         <v>200</v>
       </c>
-      <c r="Q120" s="19">
+      <c r="Q133" s="19">
         <v>45776</v>
       </c>
-      <c r="R120" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A121" s="18" t="s">
+      <c r="R133" s="18" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="134" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+      <c r="A134" s="18" t="s">
         <v>212</v>
       </c>
-      <c r="B121" s="18" t="s">
+      <c r="B134" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="C121" s="18" t="s">
+      <c r="C134" s="18" t="s">
         <v>223</v>
       </c>
-      <c r="D121" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E121" s="18" t="s">
+      <c r="D134" s="18" t="s">
+        <v>418</v>
+      </c>
+      <c r="E134" s="18" t="s">
         <v>106</v>
       </c>
-      <c r="F121" s="18">
+      <c r="F134" s="18">
         <v>35894</v>
       </c>
-      <c r="G121" s="18">
-[...2 lines deleted...]
-      <c r="H121" s="18">
+      <c r="G134" s="18">
+        <v>358</v>
+      </c>
+      <c r="H134" s="18">
         <v>310</v>
       </c>
-      <c r="I121" s="18">
+      <c r="I134" s="18">
         <f t="shared" si="0"/>
         <v>668</v>
       </c>
-      <c r="J121" s="18">
+      <c r="J134" s="18">
         <v>4138</v>
       </c>
-      <c r="K121" s="18">
+      <c r="K134" s="18">
         <v>1600</v>
       </c>
-      <c r="L121" s="17">
+      <c r="L134" s="17">
         <f t="shared" si="1"/>
         <v>43800</v>
       </c>
-      <c r="M121" s="17">
-        <f t="shared" ref="M121:M122" si="13">F121+I121+J121</f>
+      <c r="M134" s="17">
+        <f t="shared" ref="M134:M135" si="15">F134+I134+J134</f>
         <v>40700</v>
       </c>
-      <c r="N121" s="17">
-        <f t="shared" ref="N121:N122" si="14">1500+K121</f>
+      <c r="N134" s="17">
+        <f t="shared" ref="N134:N135" si="16">1500+K134</f>
         <v>3100</v>
       </c>
-      <c r="O121" s="17">
-        <f t="shared" ref="O121:O122" si="15">H121+J121</f>
+      <c r="O134" s="17">
+        <f t="shared" ref="O134:O135" si="17">H134+J134</f>
         <v>4448</v>
       </c>
-      <c r="P121" s="18">
+      <c r="P134" s="18">
         <v>200</v>
       </c>
-      <c r="Q121" s="19">
+      <c r="Q134" s="19">
         <v>45959</v>
       </c>
-      <c r="R121" s="18" t="s">
+      <c r="R134" s="18" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="122" spans="1:18" ht="78" x14ac:dyDescent="0.3">
-      <c r="A122" s="18" t="s">
+    <row r="135" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+      <c r="A135" s="18" t="s">
         <v>212</v>
       </c>
-      <c r="B122" s="18" t="s">
+      <c r="B135" s="18" t="s">
         <v>37</v>
       </c>
-      <c r="C122" s="18" t="s">
+      <c r="C135" s="18" t="s">
         <v>223</v>
       </c>
-      <c r="D122" s="18" t="s">
-[...2 lines deleted...]
-      <c r="E122" s="18" t="s">
+      <c r="D135" s="18" t="s">
+        <v>419</v>
+      </c>
+      <c r="E135" s="18" t="s">
         <v>107</v>
       </c>
-      <c r="F122" s="18">
+      <c r="F135" s="18">
         <v>35894</v>
       </c>
-      <c r="G122" s="18">
-[...2 lines deleted...]
-      <c r="H122" s="18">
+      <c r="G135" s="18">
+        <v>358</v>
+      </c>
+      <c r="H135" s="18">
         <v>310</v>
       </c>
-      <c r="I122" s="18">
+      <c r="I135" s="18">
         <f t="shared" si="0"/>
         <v>668</v>
       </c>
-      <c r="J122" s="18">
+      <c r="J135" s="18">
         <v>4138</v>
       </c>
-      <c r="K122" s="18">
+      <c r="K135" s="18">
         <v>1600</v>
       </c>
-      <c r="L122" s="17">
+      <c r="L135" s="17">
         <f t="shared" si="1"/>
         <v>43800</v>
       </c>
-      <c r="M122" s="17">
-        <f t="shared" si="13"/>
+      <c r="M135" s="17">
+        <f t="shared" si="15"/>
         <v>40700</v>
       </c>
-      <c r="N122" s="17">
-        <f t="shared" si="14"/>
+      <c r="N135" s="17">
+        <f t="shared" si="16"/>
         <v>3100</v>
       </c>
-      <c r="O122" s="17">
-        <f t="shared" si="15"/>
+      <c r="O135" s="17">
+        <f t="shared" si="17"/>
         <v>4448</v>
       </c>
-      <c r="P122" s="18">
+      <c r="P135" s="18">
         <v>200</v>
       </c>
-      <c r="Q122" s="19">
+      <c r="Q135" s="19">
         <v>45959</v>
       </c>
-      <c r="R122" s="18" t="s">
+      <c r="R135" s="18" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="123" spans="1:18" ht="39" x14ac:dyDescent="0.3">
-      <c r="A123" s="18" t="s">
+    <row r="136" spans="1:18" ht="39" x14ac:dyDescent="0.3">
+      <c r="A136" s="18" t="s">
         <v>101</v>
       </c>
-      <c r="B123" s="18" t="s">
+      <c r="B136" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C123" s="18" t="s">
+      <c r="C136" s="18" t="s">
         <v>108</v>
       </c>
-      <c r="D123" s="18" t="s">
+      <c r="D136" s="18" t="s">
         <v>109</v>
       </c>
-      <c r="E123" s="18" t="s">
+      <c r="E136" s="18" t="s">
         <v>106</v>
       </c>
-      <c r="F123" s="18">
+      <c r="F136" s="18">
         <v>35894</v>
       </c>
-      <c r="G123" s="18">
-[...2 lines deleted...]
-      <c r="H123" s="18">
+      <c r="G136" s="18">
+        <v>358</v>
+      </c>
+      <c r="H136" s="18">
         <v>0</v>
       </c>
-      <c r="I123" s="18">
+      <c r="I136" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J123" s="18">
+      <c r="J136" s="18">
         <v>7250</v>
       </c>
-      <c r="K123" s="18">
+      <c r="K136" s="18">
         <v>1750</v>
       </c>
-      <c r="L123" s="17">
+      <c r="L136" s="17">
         <f t="shared" si="1"/>
         <v>46752</v>
       </c>
-      <c r="M123" s="17">
-        <f>F123+I123</f>
+      <c r="M136" s="17">
+        <f>F136+I136</f>
         <v>36252</v>
       </c>
-      <c r="N123" s="17">
-        <f>1500+K123+J123</f>
+      <c r="N136" s="17">
+        <f>1500+K136+J136</f>
         <v>10500</v>
       </c>
-      <c r="O123" s="17">
-        <f>H123</f>
+      <c r="O136" s="17">
+        <f>H136</f>
         <v>0</v>
       </c>
-      <c r="P123" s="18">
+      <c r="P136" s="18">
         <v>200</v>
       </c>
-      <c r="Q123" s="19">
+      <c r="Q136" s="19">
         <v>45700</v>
       </c>
-      <c r="R123" s="18" t="s">
+      <c r="R136" s="18" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="124" spans="1:18" ht="39" x14ac:dyDescent="0.3">
-      <c r="A124" s="18" t="s">
+    <row r="137" spans="1:18" ht="39" x14ac:dyDescent="0.3">
+      <c r="A137" s="18" t="s">
         <v>101</v>
       </c>
-      <c r="B124" s="18" t="s">
+      <c r="B137" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C124" s="18" t="s">
+      <c r="C137" s="18" t="s">
         <v>108</v>
       </c>
-      <c r="D124" s="18" t="s">
+      <c r="D137" s="18" t="s">
         <v>110</v>
       </c>
-      <c r="E124" s="18" t="s">
+      <c r="E137" s="18" t="s">
         <v>107</v>
       </c>
-      <c r="F124" s="18">
+      <c r="F137" s="18">
         <v>35894</v>
       </c>
-      <c r="G124" s="18">
-[...2 lines deleted...]
-      <c r="H124" s="18">
+      <c r="G137" s="18">
+        <v>358</v>
+      </c>
+      <c r="H137" s="18">
         <v>0</v>
       </c>
-      <c r="I124" s="18">
+      <c r="I137" s="18">
         <f t="shared" si="0"/>
         <v>358</v>
       </c>
-      <c r="J124" s="18">
+      <c r="J137" s="18">
         <v>7250</v>
       </c>
-      <c r="K124" s="18">
+      <c r="K137" s="18">
         <v>1750</v>
       </c>
-      <c r="L124" s="17">
+      <c r="L137" s="17">
         <f t="shared" si="1"/>
         <v>46752</v>
       </c>
-      <c r="M124" s="17">
-        <f>F124+I124</f>
+      <c r="M137" s="17">
+        <f>F137+I137</f>
         <v>36252</v>
       </c>
-      <c r="N124" s="17">
-        <f>1500+K124+J124</f>
+      <c r="N137" s="17">
+        <f>1500+K137+J137</f>
         <v>10500</v>
       </c>
-      <c r="O124" s="17">
-        <f>H124</f>
+      <c r="O137" s="17">
+        <f>H137</f>
         <v>0</v>
       </c>
-      <c r="P124" s="18">
+      <c r="P137" s="18">
         <v>200</v>
       </c>
-      <c r="Q124" s="19">
+      <c r="Q137" s="19">
         <v>45700</v>
       </c>
-      <c r="R124" s="18" t="s">
+      <c r="R137" s="18" t="s">
         <v>155</v>
       </c>
-    </row>
-[...168 lines deleted...]
-      <c r="R137" s="18"/>
     </row>
     <row r="138" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A138" s="20"/>
       <c r="B138" s="20"/>
       <c r="C138" s="20"/>
       <c r="D138" s="20"/>
       <c r="E138" s="20"/>
       <c r="F138" s="21"/>
       <c r="G138" s="20"/>
       <c r="K138" s="21"/>
       <c r="Q138" s="22"/>
       <c r="R138" s="18"/>
     </row>
     <row r="139" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A139" s="20"/>
       <c r="B139" s="20"/>
       <c r="C139" s="20"/>
       <c r="D139" s="20"/>
       <c r="E139" s="20"/>
       <c r="F139" s="21"/>
       <c r="G139" s="20"/>
       <c r="K139" s="21"/>
       <c r="Q139" s="22"/>
       <c r="R139" s="18"/>
     </row>
@@ -12143,165 +12900,156 @@
     <row r="160" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A160" s="20"/>
       <c r="B160" s="20"/>
       <c r="C160" s="20"/>
       <c r="D160" s="20"/>
       <c r="E160" s="20"/>
       <c r="F160" s="21"/>
       <c r="G160" s="20"/>
       <c r="K160" s="21"/>
       <c r="Q160" s="22"/>
       <c r="R160" s="18"/>
     </row>
     <row r="161" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A161" s="20"/>
       <c r="B161" s="20"/>
       <c r="C161" s="20"/>
       <c r="D161" s="20"/>
       <c r="E161" s="20"/>
       <c r="F161" s="21"/>
       <c r="G161" s="20"/>
       <c r="K161" s="21"/>
       <c r="Q161" s="22"/>
       <c r="R161" s="18"/>
     </row>
     <row r="162" spans="1:18" x14ac:dyDescent="0.3">
-      <c r="A162" s="20"/>
-      <c r="B162" s="20"/>
+      <c r="A162" s="21"/>
       <c r="C162" s="20"/>
       <c r="D162" s="20"/>
       <c r="E162" s="20"/>
       <c r="F162" s="21"/>
       <c r="G162" s="20"/>
-      <c r="K162" s="21"/>
       <c r="Q162" s="22"/>
       <c r="R162" s="18"/>
     </row>
     <row r="163" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A163" s="21"/>
       <c r="C163" s="20"/>
       <c r="D163" s="20"/>
       <c r="E163" s="20"/>
       <c r="F163" s="21"/>
       <c r="G163" s="20"/>
       <c r="Q163" s="22"/>
       <c r="R163" s="18"/>
     </row>
     <row r="164" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A164" s="21"/>
       <c r="C164" s="20"/>
       <c r="D164" s="20"/>
       <c r="E164" s="20"/>
       <c r="F164" s="21"/>
       <c r="G164" s="20"/>
+      <c r="K164" s="21"/>
       <c r="Q164" s="22"/>
       <c r="R164" s="18"/>
     </row>
     <row r="165" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A165" s="21"/>
       <c r="C165" s="20"/>
       <c r="D165" s="20"/>
       <c r="E165" s="20"/>
       <c r="F165" s="21"/>
       <c r="G165" s="20"/>
-      <c r="K165" s="21"/>
       <c r="Q165" s="22"/>
       <c r="R165" s="18"/>
     </row>
     <row r="166" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A166" s="21"/>
       <c r="C166" s="20"/>
       <c r="D166" s="20"/>
       <c r="E166" s="20"/>
       <c r="F166" s="21"/>
       <c r="G166" s="20"/>
       <c r="Q166" s="22"/>
       <c r="R166" s="18"/>
     </row>
     <row r="167" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A167" s="21"/>
       <c r="C167" s="20"/>
       <c r="D167" s="20"/>
       <c r="E167" s="20"/>
       <c r="F167" s="21"/>
       <c r="G167" s="20"/>
+      <c r="K167" s="21"/>
       <c r="Q167" s="22"/>
       <c r="R167" s="18"/>
     </row>
     <row r="168" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A168" s="21"/>
       <c r="C168" s="20"/>
       <c r="D168" s="20"/>
       <c r="E168" s="20"/>
       <c r="F168" s="21"/>
       <c r="G168" s="20"/>
       <c r="K168" s="21"/>
       <c r="Q168" s="22"/>
       <c r="R168" s="18"/>
     </row>
     <row r="169" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A169" s="21"/>
       <c r="C169" s="20"/>
       <c r="D169" s="20"/>
       <c r="E169" s="20"/>
       <c r="F169" s="21"/>
       <c r="G169" s="20"/>
       <c r="K169" s="21"/>
       <c r="Q169" s="22"/>
       <c r="R169" s="18"/>
     </row>
     <row r="170" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A170" s="21"/>
       <c r="C170" s="20"/>
       <c r="D170" s="20"/>
       <c r="E170" s="20"/>
       <c r="F170" s="21"/>
       <c r="G170" s="20"/>
       <c r="K170" s="21"/>
       <c r="Q170" s="22"/>
       <c r="R170" s="18"/>
     </row>
     <row r="171" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A171" s="21"/>
       <c r="C171" s="20"/>
       <c r="D171" s="20"/>
       <c r="E171" s="20"/>
       <c r="F171" s="21"/>
       <c r="G171" s="20"/>
-      <c r="K171" s="21"/>
       <c r="Q171" s="22"/>
       <c r="R171" s="18"/>
     </row>
     <row r="172" spans="1:18" x14ac:dyDescent="0.3">
-      <c r="A172" s="21"/>
-[...4 lines deleted...]
-      <c r="G172" s="20"/>
       <c r="Q172" s="22"/>
-      <c r="R172" s="18"/>
     </row>
     <row r="173" spans="1:18" x14ac:dyDescent="0.3">
       <c r="Q173" s="22"/>
     </row>
     <row r="174" spans="1:18" x14ac:dyDescent="0.3">
       <c r="Q174" s="22"/>
     </row>
     <row r="175" spans="1:18" x14ac:dyDescent="0.3">
       <c r="Q175" s="22"/>
     </row>
     <row r="176" spans="1:18" x14ac:dyDescent="0.3">
       <c r="Q176" s="22"/>
     </row>
     <row r="177" spans="17:17" x14ac:dyDescent="0.3">
       <c r="Q177" s="22"/>
     </row>
     <row r="178" spans="17:17" x14ac:dyDescent="0.3">
       <c r="Q178" s="22"/>
     </row>
     <row r="179" spans="17:17" x14ac:dyDescent="0.3">
       <c r="Q179" s="22"/>
     </row>
     <row r="180" spans="17:17" x14ac:dyDescent="0.3">
       <c r="Q180" s="22"/>
     </row>
@@ -12495,53 +13243,50 @@
       <c r="Q243" s="22"/>
     </row>
     <row r="244" spans="17:17" x14ac:dyDescent="0.3">
       <c r="Q244" s="22"/>
     </row>
     <row r="245" spans="17:17" x14ac:dyDescent="0.3">
       <c r="Q245" s="22"/>
     </row>
     <row r="246" spans="17:17" x14ac:dyDescent="0.3">
       <c r="Q246" s="22"/>
     </row>
     <row r="247" spans="17:17" x14ac:dyDescent="0.3">
       <c r="Q247" s="22"/>
     </row>
     <row r="248" spans="17:17" x14ac:dyDescent="0.3">
       <c r="Q248" s="22"/>
     </row>
     <row r="249" spans="17:17" x14ac:dyDescent="0.3">
       <c r="Q249" s="22"/>
     </row>
     <row r="250" spans="17:17" x14ac:dyDescent="0.3">
       <c r="Q250" s="22"/>
     </row>
     <row r="251" spans="17:17" x14ac:dyDescent="0.3">
       <c r="Q251" s="22"/>
-    </row>
-[...1 lines deleted...]
-      <c r="Q252" s="22"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Internal</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:P53"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="L2" sqref="L2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="12" max="12" width="16.26953125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="16.26953125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
@@ -12606,96 +13351,96 @@
       <c r="F2">
         <v>1000</v>
       </c>
       <c r="G2">
         <v>1000</v>
       </c>
       <c r="H2">
         <v>500</v>
       </c>
       <c r="I2">
         <v>2250</v>
       </c>
       <c r="J2">
         <v>1500</v>
       </c>
       <c r="K2" s="6">
         <v>0</v>
       </c>
       <c r="L2">
         <v>45547</v>
       </c>
       <c r="O2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="P2" s="6">
-        <f>IF(ISBLANK('OCS Cost Estimator'!C7),0,INDEX('Program List'!B3:B190,MATCH('OCS Cost Estimator'!C7,'Program List'!D3:D190,0)))</f>
+        <f>IF(ISBLANK('OCS Cost Estimator'!C7),0,INDEX('Program List'!B3:B189,MATCH('OCS Cost Estimator'!C7,'Program List'!D3:D189,0)))</f>
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B3">
         <v>150</v>
       </c>
       <c r="C3">
         <v>1250</v>
       </c>
       <c r="D3">
         <v>1500</v>
       </c>
       <c r="E3">
         <v>750</v>
       </c>
       <c r="F3">
         <v>1000</v>
       </c>
       <c r="G3">
         <v>1000</v>
       </c>
       <c r="H3">
         <v>500</v>
       </c>
       <c r="I3">
         <v>2250</v>
       </c>
       <c r="J3">
         <v>1500</v>
       </c>
       <c r="K3" s="6">
         <v>0</v>
       </c>
       <c r="L3">
         <v>45547</v>
       </c>
       <c r="O3" s="7" t="s">
         <v>3</v>
       </c>
       <c r="P3" s="9">
-        <f>IF(ISBLANK('OCS Cost Estimator'!C8),0,INDEX('Program List'!B3:B190,MATCH('OCS Cost Estimator'!C8,'Program List'!D3:D190,0)))</f>
+        <f>IF(ISBLANK('OCS Cost Estimator'!C8),0,INDEX('Program List'!B3:B189,MATCH('OCS Cost Estimator'!C8,'Program List'!D3:D189,0)))</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A4" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B4">
         <v>150</v>
       </c>
       <c r="C4">
         <v>1250</v>
       </c>
       <c r="D4">
         <v>1500</v>
       </c>
       <c r="E4">
         <v>750</v>
       </c>
       <c r="F4">
         <v>1000</v>
       </c>
       <c r="G4">
         <v>1000</v>
       </c>