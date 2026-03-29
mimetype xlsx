--- v1 (2026-01-27)
+++ v2 (2026-03-29)
@@ -3,795 +3,314 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\finaid_share\OCS\Tools to Estimate Cost\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8771BE9C-F9AE-4F4C-812D-924021C8D7C9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="XIqtdYAG+m+NP3DXMpLXWOOUCTlz8jVD17sy8pgAQqthEmptXm+crxvkTe8cKsZnsLFjIPmbwSGhiJSQqABGIQ==" workbookSaltValue="5n30eQ5wRRzW6RZ6KJyVcw==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E05CD862-201B-40E1-81AC-CFBDDBD2AABD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="7AoS54BDDVQy1kmWo5TkTBmWh1bKDooYzT4mW4pa82K+501vJ2j2TRNuglS3w41q0b+CSMYK60X5djYHnix8xA==" workbookSaltValue="k4sZxSpCQdA0ELDS3ifffQ==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-8820" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="OCS Cost Estimator" sheetId="1" r:id="rId1"/>
     <sheet name="Program List" sheetId="2" state="hidden" r:id="rId2"/>
     <sheet name="Tables" sheetId="4" state="hidden" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="O137" i="2" l="1"/>
-[...388 lines deleted...]
-  <c r="O44" i="2"/>
+  <c r="B49" i="1" l="1"/>
+  <c r="O44" i="2" l="1"/>
   <c r="N44" i="2"/>
-  <c r="H44" i="2"/>
-  <c r="I44" i="2" s="1"/>
+  <c r="M44" i="2"/>
+  <c r="I44" i="2"/>
+  <c r="L44" i="2" s="1"/>
+  <c r="O43" i="2"/>
   <c r="N43" i="2"/>
-  <c r="H43" i="2"/>
-[...3 lines deleted...]
-  <c r="O42" i="2" s="1"/>
+  <c r="M43" i="2"/>
+  <c r="L43" i="2"/>
+  <c r="I43" i="2"/>
+  <c r="O42" i="2"/>
+  <c r="M42" i="2"/>
+  <c r="I42" i="2"/>
+  <c r="L42" i="2" s="1"/>
+  <c r="O41" i="2"/>
   <c r="N41" i="2"/>
-  <c r="H41" i="2"/>
-  <c r="O41" i="2" s="1"/>
+  <c r="M41" i="2"/>
+  <c r="I41" i="2"/>
+  <c r="L41" i="2" s="1"/>
   <c r="O40" i="2"/>
   <c r="N40" i="2"/>
-  <c r="H40" i="2"/>
-  <c r="I40" i="2" s="1"/>
+  <c r="M40" i="2"/>
+  <c r="L40" i="2"/>
+  <c r="I40" i="2"/>
   <c r="O39" i="2"/>
   <c r="N39" i="2"/>
-  <c r="H39" i="2"/>
-  <c r="I39" i="2" s="1"/>
+  <c r="M39" i="2"/>
+  <c r="L39" i="2"/>
+  <c r="I39" i="2"/>
+  <c r="O38" i="2"/>
   <c r="N38" i="2"/>
-  <c r="H38" i="2"/>
-  <c r="O38" i="2" s="1"/>
+  <c r="M38" i="2"/>
+  <c r="I38" i="2"/>
+  <c r="L38" i="2" s="1"/>
   <c r="O37" i="2"/>
   <c r="N37" i="2"/>
+  <c r="M37" i="2"/>
   <c r="I37" i="2"/>
   <c r="L37" i="2" s="1"/>
   <c r="O36" i="2"/>
   <c r="N36" i="2"/>
+  <c r="M36" i="2"/>
   <c r="I36" i="2"/>
-  <c r="M36" i="2" s="1"/>
+  <c r="L36" i="2" s="1"/>
   <c r="O35" i="2"/>
   <c r="N35" i="2"/>
+  <c r="M35" i="2"/>
   <c r="I35" i="2"/>
-  <c r="M35" i="2" s="1"/>
+  <c r="L35" i="2" s="1"/>
   <c r="O34" i="2"/>
   <c r="N34" i="2"/>
+  <c r="M34" i="2"/>
   <c r="I34" i="2"/>
-  <c r="M34" i="2" s="1"/>
+  <c r="L34" i="2" s="1"/>
   <c r="O33" i="2"/>
   <c r="N33" i="2"/>
+  <c r="M33" i="2"/>
   <c r="I33" i="2"/>
   <c r="L33" i="2" s="1"/>
   <c r="O32" i="2"/>
   <c r="N32" i="2"/>
   <c r="M32" i="2"/>
-  <c r="L32" i="2"/>
   <c r="I32" i="2"/>
+  <c r="L32" i="2" s="1"/>
   <c r="O31" i="2"/>
   <c r="N31" i="2"/>
   <c r="M31" i="2"/>
   <c r="L31" i="2"/>
   <c r="I31" i="2"/>
   <c r="O30" i="2"/>
   <c r="N30" i="2"/>
+  <c r="M30" i="2"/>
+  <c r="L30" i="2"/>
   <c r="I30" i="2"/>
-  <c r="M30" i="2" s="1"/>
   <c r="O29" i="2"/>
   <c r="N29" i="2"/>
+  <c r="M29" i="2"/>
+  <c r="L29" i="2"/>
   <c r="I29" i="2"/>
-  <c r="L29" i="2" s="1"/>
   <c r="O28" i="2"/>
   <c r="N28" i="2"/>
+  <c r="M28" i="2"/>
+  <c r="L28" i="2"/>
   <c r="I28" i="2"/>
-  <c r="M28" i="2" s="1"/>
   <c r="O27" i="2"/>
   <c r="N27" i="2"/>
+  <c r="M27" i="2"/>
   <c r="I27" i="2"/>
-  <c r="M27" i="2" s="1"/>
+  <c r="L27" i="2" s="1"/>
   <c r="O26" i="2"/>
   <c r="N26" i="2"/>
+  <c r="M26" i="2"/>
   <c r="I26" i="2"/>
-  <c r="M26" i="2" s="1"/>
+  <c r="L26" i="2" s="1"/>
   <c r="O25" i="2"/>
   <c r="N25" i="2"/>
+  <c r="M25" i="2"/>
   <c r="I25" i="2"/>
   <c r="L25" i="2" s="1"/>
   <c r="O24" i="2"/>
   <c r="N24" i="2"/>
   <c r="M24" i="2"/>
   <c r="I24" i="2"/>
   <c r="L24" i="2" s="1"/>
   <c r="O23" i="2"/>
   <c r="N23" i="2"/>
+  <c r="M23" i="2"/>
+  <c r="L23" i="2"/>
   <c r="I23" i="2"/>
-  <c r="L23" i="2" s="1"/>
   <c r="O22" i="2"/>
   <c r="N22" i="2"/>
+  <c r="M22" i="2"/>
+  <c r="L22" i="2"/>
   <c r="I22" i="2"/>
-  <c r="M22" i="2" s="1"/>
   <c r="O21" i="2"/>
   <c r="N21" i="2"/>
+  <c r="M21" i="2"/>
+  <c r="L21" i="2"/>
   <c r="I21" i="2"/>
-  <c r="M21" i="2" s="1"/>
   <c r="O20" i="2"/>
   <c r="N20" i="2"/>
+  <c r="M20" i="2"/>
+  <c r="L20" i="2"/>
   <c r="I20" i="2"/>
-  <c r="M20" i="2" s="1"/>
   <c r="O19" i="2"/>
   <c r="N19" i="2"/>
+  <c r="M19" i="2"/>
   <c r="I19" i="2"/>
-  <c r="M19" i="2" s="1"/>
+  <c r="L19" i="2" s="1"/>
   <c r="O18" i="2"/>
   <c r="N18" i="2"/>
+  <c r="M18" i="2"/>
   <c r="I18" i="2"/>
-  <c r="M18" i="2" s="1"/>
+  <c r="L18" i="2" s="1"/>
   <c r="O17" i="2"/>
   <c r="N17" i="2"/>
+  <c r="M17" i="2"/>
   <c r="I17" i="2"/>
   <c r="L17" i="2" s="1"/>
   <c r="O16" i="2"/>
   <c r="N16" i="2"/>
+  <c r="M16" i="2"/>
   <c r="I16" i="2"/>
-  <c r="M16" i="2" s="1"/>
+  <c r="L16" i="2" s="1"/>
   <c r="O15" i="2"/>
   <c r="N15" i="2"/>
+  <c r="M15" i="2"/>
   <c r="L15" i="2"/>
   <c r="I15" i="2"/>
-  <c r="M15" i="2" s="1"/>
   <c r="O14" i="2"/>
   <c r="N14" i="2"/>
+  <c r="M14" i="2"/>
+  <c r="L14" i="2"/>
   <c r="I14" i="2"/>
-  <c r="M14" i="2" s="1"/>
   <c r="O13" i="2"/>
   <c r="N13" i="2"/>
+  <c r="M13" i="2"/>
+  <c r="L13" i="2"/>
   <c r="I13" i="2"/>
-  <c r="M13" i="2" s="1"/>
   <c r="O12" i="2"/>
   <c r="N12" i="2"/>
+  <c r="M12" i="2"/>
+  <c r="L12" i="2"/>
   <c r="I12" i="2"/>
-  <c r="M12" i="2" s="1"/>
   <c r="O11" i="2"/>
   <c r="N11" i="2"/>
+  <c r="M11" i="2"/>
   <c r="I11" i="2"/>
-  <c r="M11" i="2" s="1"/>
+  <c r="L11" i="2" s="1"/>
   <c r="O10" i="2"/>
   <c r="N10" i="2"/>
+  <c r="M10" i="2"/>
   <c r="I10" i="2"/>
-  <c r="M10" i="2" s="1"/>
+  <c r="L10" i="2" s="1"/>
   <c r="O9" i="2"/>
   <c r="N9" i="2"/>
+  <c r="M9" i="2"/>
   <c r="I9" i="2"/>
   <c r="L9" i="2" s="1"/>
   <c r="O8" i="2"/>
   <c r="N8" i="2"/>
+  <c r="M8" i="2"/>
   <c r="I8" i="2"/>
-  <c r="M8" i="2" s="1"/>
+  <c r="L8" i="2" s="1"/>
   <c r="O7" i="2"/>
   <c r="N7" i="2"/>
   <c r="M7" i="2"/>
+  <c r="L7" i="2"/>
   <c r="I7" i="2"/>
-  <c r="L7" i="2" s="1"/>
   <c r="O6" i="2"/>
   <c r="N6" i="2"/>
+  <c r="M6" i="2"/>
   <c r="I6" i="2"/>
-  <c r="M6" i="2" s="1"/>
+  <c r="L6" i="2" s="1"/>
   <c r="O5" i="2"/>
   <c r="N5" i="2"/>
-  <c r="H5" i="2"/>
-[...1 lines deleted...]
-  <c r="L5" i="2" s="1"/>
+  <c r="M5" i="2"/>
+  <c r="L5" i="2"/>
+  <c r="I5" i="2"/>
   <c r="O4" i="2"/>
   <c r="N4" i="2"/>
+  <c r="M4" i="2"/>
+  <c r="L4" i="2"/>
   <c r="I4" i="2"/>
-  <c r="L4" i="2" s="1"/>
-  <c r="O3" i="2"/>
   <c r="N3" i="2"/>
-  <c r="I3" i="2"/>
-  <c r="M3" i="2" s="1"/>
+  <c r="H3" i="2"/>
+  <c r="O3" i="2" s="1"/>
+  <c r="I3" i="2" l="1"/>
+  <c r="L3" i="2" s="1"/>
+  <c r="M3" i="2"/>
+  <c r="C19" i="1" l="1"/>
+  <c r="D19" i="1"/>
+  <c r="D18" i="1"/>
+  <c r="C18" i="1"/>
+  <c r="C17" i="1"/>
+  <c r="D17" i="1"/>
+  <c r="D16" i="1"/>
+  <c r="C16" i="1"/>
   <c r="D37" i="1"/>
   <c r="C37" i="1"/>
-  <c r="L16" i="2" l="1"/>
-[...126 lines deleted...]
-  <c r="B52" i="1"/>
+  <c r="B52" i="1" l="1"/>
   <c r="P3" i="4"/>
-  <c r="B49" i="1"/>
   <c r="P2" i="4"/>
-  <c r="D19" i="1"/>
-[...12 lines deleted...]
-  <c r="D38" i="1" a="1"/>
+  <c r="D38" i="1" l="1" a="1"/>
   <c r="D38" i="1" s="1"/>
   <c r="C38" i="1" a="1"/>
   <c r="C38" i="1" s="1"/>
   <c r="C35" i="1" l="1"/>
   <c r="D20" i="1"/>
   <c r="C20" i="1"/>
   <c r="C34" i="1"/>
   <c r="D34" i="1"/>
   <c r="C36" i="1" l="1"/>
   <c r="D35" i="1"/>
   <c r="D36" i="1" s="1"/>
   <c r="E20" i="1"/>
   <c r="E18" i="1"/>
   <c r="E17" i="1"/>
   <c r="E16" i="1"/>
   <c r="E19" i="1"/>
   <c r="D15" i="1" l="1"/>
   <c r="C15" i="1"/>
   <c r="D28" i="1" l="1"/>
   <c r="C28" i="1"/>
   <c r="E28" i="1" l="1"/>
   <c r="E24" i="1"/>
   <c r="D24" i="1" s="1"/>
   <c r="C24" i="1" l="1"/>
   <c r="C21" i="1" l="1"/>
@@ -823,58 +342,55 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="973" uniqueCount="445">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="415" uniqueCount="270">
   <si>
     <t>Program</t>
   </si>
   <si>
-    <t>International/domestic student living abroad</t>
-[...1 lines deleted...]
-  <si>
     <t>Fall</t>
   </si>
   <si>
     <t>Spring</t>
   </si>
   <si>
     <t>Tuition</t>
   </si>
   <si>
     <t>Fees</t>
   </si>
   <si>
     <t>Housing</t>
   </si>
   <si>
     <t>Food</t>
   </si>
   <si>
     <t>Transportation</t>
   </si>
   <si>
     <t>Miscellaneous Personal Expenses</t>
   </si>
   <si>
     <t>Total</t>
@@ -1122,1191 +638,669 @@
   <si>
     <t>RI</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>WA</t>
   </si>
   <si>
     <t>AK</t>
   </si>
   <si>
     <t>HI</t>
   </si>
   <si>
     <t>Program Region</t>
   </si>
   <si>
     <t>On-Campus Total COA</t>
   </si>
   <si>
     <t>Total Financial Aid</t>
   </si>
   <si>
-    <t>Work-study is reduced to zero for OCS semester(s).</t>
-[...4 lines deleted...]
-  <si>
     <t>England</t>
   </si>
   <si>
     <t>Carleton</t>
   </si>
   <si>
     <t>Various</t>
   </si>
   <si>
-    <t>Carleton Women's and Gender Studies in Europe (Fall)</t>
-[...1 lines deleted...]
-  <si>
     <t>CIEE</t>
   </si>
   <si>
     <t>AY-Fall</t>
   </si>
   <si>
     <t>AY-Spring</t>
   </si>
   <si>
-    <t>LSE</t>
-[...7 lines deleted...]
-  <si>
     <t>This is the estimated amount you can expect to pay per semester.</t>
   </si>
   <si>
     <t>Required Fees</t>
   </si>
   <si>
     <t>Grinnell or Program Tuition</t>
   </si>
   <si>
     <t>Other Required Charges</t>
   </si>
   <si>
     <t>Total Estimated Bill</t>
   </si>
   <si>
     <t>Estimated Balance Due to Grinnell</t>
   </si>
   <si>
     <t>This does not include outside scholarships.</t>
   </si>
   <si>
     <t>Estimated Indirect Expenses You Will Pay</t>
   </si>
   <si>
-    <t>The higher of Grinnell or program tuition is charged for OCS.</t>
-[...1 lines deleted...]
-  <si>
     <t>If you are in Grinnell, this assumes you live on campus and enroll in Meal Plan 1.</t>
   </si>
   <si>
     <t>Optional fees, including those for pre-/post-program language intensives, are not included.</t>
   </si>
   <si>
     <t>This is an estimate of how much you will be responsible for paying toward indirect expenses.</t>
   </si>
   <si>
     <t>Indirect expenses do not appear on the billing statement from Grinnell.</t>
   </si>
   <si>
-    <t>Fall Semester OCS Program Notes</t>
-[...4 lines deleted...]
-  <si>
     <t>Section I: Estimated Cost of Attendance and Financial Aid</t>
   </si>
   <si>
     <t>Section II: Estimated Billing Breakdown</t>
   </si>
   <si>
-    <t>Section III: OCS Program Notes</t>
-[...1 lines deleted...]
-  <si>
     <t>Loan*</t>
   </si>
   <si>
     <t>The Total Cost includes direct (billed) and estimates of indirect (nonbilled) expenses.</t>
   </si>
   <si>
     <t>Your total estimated financial aid is your Total Cost minus Your Family Contribution.</t>
   </si>
   <si>
     <t>This is the Total Estimated Bill minus Total Estimated Financial Aid. If this number is negative (a number in parentheses), this means your financial aid is expected to exceed your direct expenses, creating a credit balance. You can request a refund of your credit balance on or after the first day of on-campus classes by emailing studentaccounts@grinnell.edu. It will be direct deposited into your personal bank account for you to use the funds toward indirect expenses.</t>
   </si>
   <si>
     <t>Total Estimated Responsibility (per semester)</t>
   </si>
   <si>
     <t>Find this on the Aid by Term page of the online financial aid office (student login required). The figure is labeled Total Resources about halfway down the page. The family contribution is for the academic year and is split in half for each semester.</t>
   </si>
   <si>
     <t>Choose from dropdown menu by clicking on the cell and then clicking the down arrow to the right.</t>
   </si>
   <si>
     <t>Choose from dropdown menu by clicking on the cell and then clicking the down arrow to the right. The term (fall, spring, semester, etc.) is identified in parentheses at the end of the program name. If you expect to participate in spring but only fall is available, use fall for estimating purposes, and vice versa. All academic-year-long programs are listed at the end and are notated by "(AY-...)." If your program does not appear at all, email finaid@grinnell.edu to request an estimate. Leave blank if staying on campus. To clear your selection, hit backspace, then enter.</t>
-  </si>
-[...1 lines deleted...]
-    <t>OCS Cost Estimator - Need-Based Financial Aid</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Who is this for?</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> This spreadsheet is only for use by students who receive need-based financial aid (e.g., Harry Hopkins 1912 Grant, Grinnell Grant for QuestBridge, International Grant).</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Grinnell-in-London participants should reach out the Office of Financial Aid for an estimate instead of using this estimator.</t>
     </r>
   </si>
   <si>
+    <t>Name:</t>
+  </si>
+  <si>
+    <t>Home Region:</t>
+  </si>
+  <si>
+    <t>Family Contribution (for academic year):</t>
+  </si>
+  <si>
+    <t>The estimated loan can be covered by outside scholarships or other resources. You are not required to borrow the loan.</t>
+  </si>
+  <si>
+    <t>Housing and food both appear on the bill. Cost of optional trips is not included, but student can potentially have the cost of those waived by The Swedish Program. If interested, reach out to The Swedish Program directly.</t>
+  </si>
+  <si>
+    <t>This is how much you are estimated to spend on direct (billed) expenses plus indirect (nonbilled) expenses, and it is also your family contribution+work-study per semester.</t>
+  </si>
+  <si>
+    <t>Total Grants/Scholarships and Loans</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>Miscellaneous Personal Expenses reflect standard amounts.</t>
+  </si>
+  <si>
+    <t>Transportation reflects standard amounts based on student's home region.</t>
+  </si>
+  <si>
+    <t>Books Credit**</t>
+  </si>
+  <si>
+    <t>Charges/Credits</t>
+  </si>
+  <si>
+    <t>Books Credit</t>
+  </si>
+  <si>
+    <t>Tanzania</t>
+  </si>
+  <si>
+    <t>Carleton Ecology and Anthropology in Tanzania (Fall)</t>
+  </si>
+  <si>
+    <t>Carleton Buddhist Studies in India and Thailand (Fall)</t>
+  </si>
+  <si>
+    <t>Tuition (includes books when on campus)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">For domestic students, this does not consider the Federal Direct Loan origination fee, which is withheld from the loan before disbursement. The actual amount of aid disbursed to your account may differ slightly. </t>
+  </si>
+  <si>
+    <t>Estimated Indirect Expenses***</t>
+  </si>
+  <si>
+    <t>The Swedish Program (Semester)</t>
+  </si>
+  <si>
+    <t>Semester</t>
+  </si>
+  <si>
+    <t>Declining to request the loan generally increases the student/family responsibility and the amount you owe if you do not receive outside scholarships.</t>
+  </si>
+  <si>
+    <t>* Must request loan; it will not be added to aid automatically. Instructions to request loans are on the Student and Parent Financing page of the online financial aid office.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">International students are eligible for the Grinnell College Loan, which does not have an origination fee. </t>
+  </si>
+  <si>
+    <t>Outside scholarships not included. This assumes you request the estimated loan, if applicable.</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>Housing charge appears on bill and reflects homestay option, which includes 2 meals/day. Food reflects only the portion of food that is not covered by the housing fee and represents an estimate. Other fees are insurance and participation confirmation fee. Participation confirmation fee is paid directly to CIEE.</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>Earlham</t>
+  </si>
+  <si>
+    <t>Earlham Japan Study at Waseda (Semester)</t>
+  </si>
+  <si>
+    <t>Austria</t>
+  </si>
+  <si>
+    <t>IES</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>IES Santiago, Chile - Health Studies (Fall)</t>
+  </si>
+  <si>
+    <t>Ecuador</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>IES Granada, Spain - Liberal Arts and Language (Fall)</t>
+  </si>
+  <si>
+    <t>SIT</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>SFS</t>
+  </si>
+  <si>
+    <t>Housing charge appears on bill and includes most food. Food reflects only the portion of housing and/or food that is not covered by the housing fee and represents an estimate; this is the estimated cost of housing and/or food during program breaks.</t>
+  </si>
+  <si>
+    <t>CASA</t>
+  </si>
+  <si>
+    <t>CASA Melbourne, Australia (Fall)</t>
+  </si>
+  <si>
+    <t>CASA Granada, Spain (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill. Food does not appear on the bill and represents an estimate.</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and includes all food.</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Housing appears on the bill and includes all food. Program starts in NYC and ends in Cape Town, South Africa, and student is responsible for flight to NYC and from Cape Town. Transportation allowance reflects travel to Africa. Program covers travel between sites.</t>
+  </si>
+  <si>
+    <t>Vietnam</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Instructions:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Enter your information in the purple boxes below. Sections I-III will automatically update. Line-item instructions, explanations, and notes are in italics to the right. This estimator is based on 2026-27 cost information; </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>actual financial aid eligibility and costs may differ.</t>
+    </r>
+  </si>
+  <si>
+    <t>Study Away Cost Estimator - Need-Based Financial Aid</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>For more information:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Review the </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Grinnell College website</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> for more information about how financial aid and billing work for OCS before getting started.</t>
+      <t xml:space="preserve"> for more information about how financial aid and billing work for study away before getting started.</t>
     </r>
   </si>
   <si>
-    <t>Name:</t>
-[...942 lines deleted...]
-    <t>Housing appears on the bill. Food does not appear on the bill and reflects an estimate. Other fee is health and travel fee charged by the program.</t>
+    <t>Fall Study Away Program:</t>
+  </si>
+  <si>
+    <t>Spring Study Away Program:</t>
+  </si>
+  <si>
+    <t>Study Away Semester:</t>
+  </si>
+  <si>
+    <t>The higher of Grinnell or program tuition is charged for study away.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Housing and Food represent the homestay option for study away; if there is no homestay  </t>
+  </si>
+  <si>
+    <t>option, the lowest priced option is used when variable rates are quoted.</t>
+  </si>
+  <si>
+    <t>Work-study is reduced to zero for study away semester(s).</t>
+  </si>
+  <si>
+    <t>This appears as a credit, not a charge, on your bill during your study away semester.</t>
+  </si>
+  <si>
+    <t>Section III: Study Away Program Notes</t>
+  </si>
+  <si>
+    <t>Fall Semester Study Away Program Notes</t>
+  </si>
+  <si>
+    <t>Spring Semester Study Away Program Notes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">** Students approved to study away are automatically opted out of the on-campus books program and will receive a credit on their student account to account for program-related book costs. </t>
+  </si>
+  <si>
+    <t>*** This includes estimated $200 for books during study away semester(s).</t>
+  </si>
+  <si>
+    <t>Estonia</t>
+  </si>
+  <si>
+    <t>ACTR</t>
+  </si>
+  <si>
+    <t>ACTR RLASP: The Baltic States, NATO, and Russia in Tallinn, Estonia (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and includes most food. Food reflects only the portion of food not covered by the housing fee and represents an estimate. Other fees are for cultural activities, health insurance, and visa.</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and includes all food. Other fee includes CISI insurance, airport pickup/drop-off, excursions, and ISP expenses.</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and includes all food. Other fee includes CISI insurance, flight between Thailand and India during program, and ISP expenses.</t>
+  </si>
+  <si>
+    <t>CIEE Santiago Chile: Liberal Arts Program (Fall)</t>
+  </si>
+  <si>
+    <t>CIEE Seoul, Korea: Arts and Sciences Program (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on bill. Food does not appear on bill and represents an estimate. Other fees are insurance and participation confirmation fee. Participation confirmation fee is paid directly to CIEE. Visa fee charged by CIEE is optional and is only applied if student uses CIEE's service instead of procuring their visa independently; visa fee is not included since it is not required to use CIEE's service.</t>
+  </si>
+  <si>
+    <t>DIS Copenhagen, Denmark (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on bill and includes various fees and most food. Food reflects only the portion of food that is not covered by the housing fee and represents an estimate. Food estimate assumes homestay housing option. Other fee is residence permit.</t>
+  </si>
+  <si>
+    <t>DIS Stockholm, Sweden (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on bill and includes various fees and most food. Food reflects only the portion of food that is not covered by the housing fee and represents an estimate. Food estimate assumes homestay housing option. Other fee is residence permit. All fall semester DIS Stockholm students receive $1,000 stipend to cover travel, so reduced/no travel estimate is included for determining institutional financial aid eligibility.</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and includes most food. Food reflects only the portion of food costs not covered by the housing fee and represents an estimate. Fees related to cultural internship are not included since it is optional.</t>
+  </si>
+  <si>
+    <t>IES Vienna, Austria - European Society, Politics &amp; Culture (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge reflects option 1 and appears on the bill. Food does not appear on the bill and represents an estimate for groceries plus one meal out/week. Other fee is insurance. Fees for optional field trips not included.</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and reflects the homestay option, which includes 14 meals/week. Food reflects only the portion of food costs that is not covered by the housing fee and represents an estimate for groceries + one meal out per week. Other fee is insurance. Fees for optional field trips not included.</t>
+  </si>
+  <si>
+    <t>IES Quito, Ecuador - Both Tracks (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and includes 14 meals/week. Food reflects only the portion of food costs that is not covered by the housing fee and represents an estimate. Other fee is insurance. Fees associated with optional field trips and optional courses not included.</t>
+  </si>
+  <si>
+    <t>IES London, England - Direct Enrollment - Queen Mary, University of London (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill. Food does not appear on the bill and represents an estimate for groceries plus one meal out/week. Other fee is insurance. Fees for optional field trips not included.</t>
+  </si>
+  <si>
+    <t>IES London, England - Direct Enrollment - University College London (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill. Food does not appear on the bill and represents an estimate for groceries plus one meal out/week. Other fee is insurance. Fees for optional field trips and supplemental tuition for optional courses in UCL Bands 4, 5, and 6 not included.</t>
+  </si>
+  <si>
+    <t>IES Nantes, France - French Language Immersion &amp; Area Studies (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and includes 12 meals/week. Food reflects only the portion that is not covered by the housing fee and represents an estimate for groceries plus one meal out/week. Other fee is insurance.</t>
+  </si>
+  <si>
+    <t>IES Berlin, Germany - Urban Studies &amp; Social Sciences (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge reflects homestay option 1 and appears on the bill. Food does not appear on the bill and represents an estimate for groceries plus one meal out/week. Other fee is insurance. Fees for optional field trips and optional local courses not included.</t>
+  </si>
+  <si>
+    <t>IES Freiburg, Germany - European Union: Politics, Law &amp; Economics (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill. Food does not appear on the bill and represents an estimate for groceries plus one meal out/week. Other fee is insurance.</t>
+  </si>
+  <si>
+    <t>IES Dublin, Ireland - Writers Program (Fall)</t>
+  </si>
+  <si>
+    <t>IES Milan, Italy - Italy Today (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and reflects homestay option 1, which includes 12 meals/week. Food reflects only the portion that is not covered by the housing fee and represents an estimate for groceries plus one meal out/week. Other fee is insurance. Fees for optional classes and optional field trips not included.</t>
+  </si>
+  <si>
+    <t>IES Nanzan University in Nagoya, Japan (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and reflects the homestay option, which includes 14 meals/week. Food reflects only the portion of food costs that is not covered by the housing fee and represents an estimate. Other fee is insurance.</t>
+  </si>
+  <si>
+    <t>IES Tokyo, Japan - Language &amp; Culture (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and reflects the homestay option, which includes 14 meals/week. Food reflects only the portion of food costs that is not covered by the housing fee and represents an estimate for groceries + one meal out per week. Other fee is insurance. Fees for optional field trips and optional course excursions not included.</t>
+  </si>
+  <si>
+    <t>IES Amsterdam, Netherlands - Both Tracks (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and reflects option 1. Food does not appear on the bill and represents an estimate. Other fee is insurance. Fees for optional field trips not included.</t>
+  </si>
+  <si>
+    <t>IES Cape Town, South Africa - Health, Culture &amp; Development (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill. Food does not appear on the bill and represents an estimate for groceries plus one meal out/week. Other fee is insurance. Fees for optional additional credits not included.</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and reflects the homestay option, which includes 14 meals/week. Food reflects only the portion of food costs that is not covered by the housing fee and represents an estimate for groceries plus one meal out/week. Other fee is insurance. Fees associated with optional field trips and courses not included.</t>
+  </si>
+  <si>
+    <t>IES Madrid, Spain - Language &amp; Area Studies (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and reflects the homestay option that includes 14 meals/week. Food reflects only the portion of food costs that is not covered by the housing fee and represents an estimate for groceries plus one meal out/week. Other fee is insurance. Fee for post-confirmation withdrawal not included.</t>
+  </si>
+  <si>
+    <t>IES Salamanca, Spain - Language &amp; Area Studies (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and reflects the homestay option that includes 21 meals/week. Food reflects an estimate for one meal out/week. Other fee is insurance. Fees for optional field trips not included.</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>National Theater Institute</t>
+  </si>
+  <si>
+    <t>National Theater Institute (NTI) Semester</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Housing and food charges appear on the bill and include 3 meals/day. </t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>School for Field Studies (SFS) Croatia - Sea Turtles and Marine Mammals of the Adriatic (Semester)</t>
+  </si>
+  <si>
+    <t>School for Field Studies (SFS) Italy - Sustaining Traditions (Semester)</t>
+  </si>
+  <si>
+    <t>SIT Argentina: People, Environment, and Climate Change in Patagonia and Antarctica  (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and includes 14 meals/week. Food reflects only the portion of food costs not covered by the housing fee and represents an estimate.</t>
+  </si>
+  <si>
+    <t>SIT Argentina: Public Health in Urban Environments (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge reflects homestay, appears on the bill, and includes 14 meals/week. Food reflects only the portion of food costs not covered by the housing fee and represents an estimate.</t>
+  </si>
+  <si>
+    <t>SIT Chile: Cultural Identity, Social Justice, and Community Development (Fall)</t>
+  </si>
+  <si>
+    <t>Iceland</t>
+  </si>
+  <si>
+    <t>SIT Iceland (Fall)</t>
+  </si>
+  <si>
+    <t>Panama</t>
+  </si>
+  <si>
+    <t>SIT Panama: Tropical Ecology, Marine Ecosystems, and Biodiversity Conservation (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and includes most food. Food reflects only the portion of food costs not covered by the housing fee and represents an estimate.</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>SIT Switzerland: Global Health and Development Policy (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge reflects homestay, which includes most food and appears on bill. Food reflects only the portion of food costs not covered by the housing fee and represents an estimate based on buying groceries or modestly eating out.</t>
+  </si>
+  <si>
+    <t>SIT Tanzania: Zanzibar Coastal Ecology and Natural Resource Management (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge includes all meals and appears on bill.</t>
+  </si>
+  <si>
+    <t>SIT IHP Cities in the 21st Century: People, Planning, and Politics (Fall)</t>
+  </si>
+  <si>
+    <t>SIT Vietnam: Culture, Social Change, and Development (Fall)</t>
+  </si>
+  <si>
+    <t>Housing charge appears on the bill and includes some food. Food reflects only the portion of food costs not covered by the housing fee and represents an estimate.</t>
+  </si>
+  <si>
+    <t>IES Nantes, France - French Language Immersion &amp; Area Studies (AY-Fall)</t>
+  </si>
+  <si>
+    <t>IES Nantes, France - French Language Immersion &amp; Area Studies (AY-Spring)</t>
+  </si>
+  <si>
+    <t>Int'l/domestic living abroad/U.S. territory</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2393,51 +1387,51 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="11">
+  <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -2448,56 +1442,50 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE5E6E4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF7A4282"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
   <borders count="43">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -3003,51 +1991,51 @@
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="106">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
@@ -3082,51 +2070,50 @@
     <xf numFmtId="0" fontId="6" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="24" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="26" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="38" xfId="0" applyFill="1" applyBorder="1"/>
@@ -3188,52 +2175,67 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="38" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="7" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="14" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFE5E6E4"/>
       <color rgb="FF7A4282"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
@@ -3497,11851 +2499,8022 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grinnell.edu/admission/financial-aid/cost-attendance/off-campus-study" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.grinnell.edu/online-financial-aid" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B1:F61"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.1796875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="71.453125" customWidth="1"/>
+    <col min="1" max="1" width="9.140625" customWidth="1"/>
+    <col min="2" max="2" width="45.7109375" customWidth="1"/>
+    <col min="3" max="4" width="42.7109375" customWidth="1"/>
+    <col min="5" max="5" width="21.85546875" customWidth="1"/>
+    <col min="6" max="6" width="71.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:6" ht="48" customHeight="1" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="2" spans="2:6" x14ac:dyDescent="0.35">
+    <row r="1" spans="2:6" ht="48" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B2" s="10"/>
-      <c r="C2" s="44" t="s">
-        <v>137</v>
+      <c r="C2" s="100" t="s">
+        <v>182</v>
       </c>
       <c r="D2" s="11"/>
-      <c r="E2" s="49"/>
-[...8 lines deleted...]
-        <v>138</v>
+      <c r="E2" s="48"/>
+    </row>
+    <row r="3" spans="2:6" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="56"/>
+      <c r="C3" s="57"/>
+      <c r="D3" s="58"/>
+    </row>
+    <row r="4" spans="2:6" ht="105" x14ac:dyDescent="0.25">
+      <c r="B4" s="72" t="s">
+        <v>126</v>
       </c>
       <c r="C4" s="28" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>181</v>
+      </c>
+      <c r="D4" s="73" t="s">
+        <v>183</v>
       </c>
       <c r="E4" s="41"/>
     </row>
-    <row r="5" spans="2:6" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-    <row r="6" spans="2:6" x14ac:dyDescent="0.35">
+    <row r="5" spans="2:6" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="47"/>
+      <c r="C5" s="74"/>
+      <c r="D5" s="65"/>
+    </row>
+    <row r="6" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B6" s="23" t="s">
-        <v>140</v>
-[...7 lines deleted...]
-    <row r="7" spans="2:6" ht="143.5" x14ac:dyDescent="0.35">
+        <v>127</v>
+      </c>
+      <c r="C6" s="95"/>
+      <c r="D6" s="75" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" s="48"/>
+    </row>
+    <row r="7" spans="2:6" ht="153.75" x14ac:dyDescent="0.25">
       <c r="B7" s="23" t="s">
-        <v>141</v>
-[...7 lines deleted...]
-    <row r="8" spans="2:6" ht="143.5" x14ac:dyDescent="0.35">
+        <v>184</v>
+      </c>
+      <c r="C7" s="96"/>
+      <c r="D7" s="76" t="s">
+        <v>125</v>
+      </c>
+      <c r="E7" s="49"/>
+    </row>
+    <row r="8" spans="2:6" ht="153.75" x14ac:dyDescent="0.25">
       <c r="B8" s="23" t="s">
-        <v>142</v>
-[...7 lines deleted...]
-    <row r="9" spans="2:6" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>185</v>
+      </c>
+      <c r="C8" s="96"/>
+      <c r="D8" s="76" t="s">
+        <v>125</v>
+      </c>
+      <c r="E8" s="49"/>
+    </row>
+    <row r="9" spans="2:6" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="23" t="s">
-        <v>143</v>
-[...7 lines deleted...]
-    <row r="10" spans="2:6" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+        <v>186</v>
+      </c>
+      <c r="C9" s="95"/>
+      <c r="D9" s="76" t="s">
+        <v>124</v>
+      </c>
+      <c r="E9" s="50"/>
+    </row>
+    <row r="10" spans="2:6" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="23" t="s">
-        <v>144</v>
-[...7 lines deleted...]
-    <row r="11" spans="2:6" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+        <v>128</v>
+      </c>
+      <c r="C10" s="95"/>
+      <c r="D10" s="76" t="s">
+        <v>124</v>
+      </c>
+      <c r="E10" s="50"/>
+    </row>
+    <row r="11" spans="2:6" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="24" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="C11" s="98">
+        <v>129</v>
+      </c>
+      <c r="C11" s="97">
         <v>0</v>
       </c>
       <c r="D11" s="43" t="s">
-        <v>134</v>
-[...17 lines deleted...]
-    <row r="14" spans="2:6" x14ac:dyDescent="0.35">
+        <v>123</v>
+      </c>
+      <c r="E11" s="51"/>
+    </row>
+    <row r="12" spans="2:6" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B12" s="47"/>
+      <c r="C12" s="74"/>
+      <c r="D12" s="65"/>
+    </row>
+    <row r="13" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B13" s="55" t="s">
+        <v>116</v>
+      </c>
+      <c r="C13" s="53"/>
+      <c r="D13" s="53"/>
+      <c r="E13" s="53"/>
+      <c r="F13" s="54"/>
+    </row>
+    <row r="14" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B14" s="25" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C14" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="D14" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="D14" s="26" t="s">
-[...9 lines deleted...]
-    <row r="15" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="E14" s="79" t="s">
+        <v>9</v>
+      </c>
+      <c r="F14" s="52" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B15" s="23"/>
       <c r="C15" s="28" t="str">
         <f>IF(ISBLANK(C7),"On Campus",C7)</f>
         <v>On Campus</v>
       </c>
       <c r="D15" s="28" t="str">
         <f>IF(ISBLANK(C8),"On Campus",C8)</f>
         <v>On Campus</v>
       </c>
-      <c r="E15" s="80"/>
+      <c r="E15" s="79"/>
       <c r="F15" s="27"/>
     </row>
-    <row r="16" spans="2:6" x14ac:dyDescent="0.35">
+    <row r="16" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B16" s="23" t="s">
-        <v>180</v>
+        <v>143</v>
       </c>
       <c r="C16" s="29">
-        <f>IF(ISBLANK(C7),35894,INDEX('Program List'!F3:F189,MATCH(C7,'Program List'!D3:D189,0)))</f>
-        <v>35894</v>
+        <f>IF(ISBLANK(C7),36791,INDEX('Program List'!F3:F189,MATCH(C7,'Program List'!D3:D189,0)))</f>
+        <v>36791</v>
       </c>
       <c r="D16" s="29">
-        <f>IF(ISBLANK(C8),35894,INDEX('Program List'!F3:F189,MATCH(C8,'Program List'!D3:D189,0)))</f>
-[...2 lines deleted...]
-      <c r="E16" s="78">
+        <f>IF(ISBLANK(C8),36791,INDEX('Program List'!F3:F189,MATCH(C8,'Program List'!D3:D189,0)))</f>
+        <v>36791</v>
+      </c>
+      <c r="E16" s="77">
         <f>C16+D16</f>
-        <v>71788</v>
+        <v>73582</v>
       </c>
       <c r="F16" s="30" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="17" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="17" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="C17" s="29">
+        <f>IF(ISBLANK(C7),286,INDEX('Program List'!I3:I189,MATCH(C7,'Program List'!D3:D189,0)))</f>
+        <v>286</v>
+      </c>
+      <c r="D17" s="29">
+        <f>IF(ISBLANK(C8),286,INDEX('Program List'!I3:I189,MATCH(C8,'Program List'!D3:D189,0)))</f>
+        <v>286</v>
+      </c>
+      <c r="E17" s="77">
+        <f t="shared" ref="E17:E22" si="0">C17+D17</f>
+        <v>572</v>
+      </c>
+      <c r="F17" s="78" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="18" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="23" t="s">
         <v>5</v>
       </c>
-      <c r="C17" s="29">
-[...16 lines deleted...]
-      <c r="B18" s="23" t="s">
+      <c r="C18" s="29">
+        <f>IF(ISBLANK(C7),4158,INDEX('Program List'!J3:J189,MATCH(C7,'Program List'!D3:D189,0)))</f>
+        <v>4158</v>
+      </c>
+      <c r="D18" s="29">
+        <f>IF(ISBLANK(C8),4158,INDEX('Program List'!J3:J189,MATCH(C8,'Program List'!D3:D189,0)))</f>
+        <v>4158</v>
+      </c>
+      <c r="E18" s="77">
+        <f t="shared" si="0"/>
+        <v>8316</v>
+      </c>
+      <c r="F18" s="82" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="19" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B19" s="23" t="s">
         <v>6</v>
       </c>
-      <c r="C18" s="29">
-[...7 lines deleted...]
-      <c r="E18" s="78">
+      <c r="C19" s="29">
+        <f>IF(ISBLANK(C7),4734,INDEX('Program List'!K3:K189,MATCH(C7,'Program List'!D3:D189,0)))</f>
+        <v>4734</v>
+      </c>
+      <c r="D19" s="29">
+        <f>IF(ISBLANK(C8),4734,INDEX('Program List'!K3:K189,MATCH(C8,'Program List'!D3:D189,0)))</f>
+        <v>4734</v>
+      </c>
+      <c r="E19" s="77">
         <f t="shared" si="0"/>
-        <v>8112</v>
-[...25 lines deleted...]
-    <row r="20" spans="2:6" x14ac:dyDescent="0.35">
+        <v>9468</v>
+      </c>
+      <c r="F19" s="83" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="20" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B20" s="23" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C20" s="29">
         <f>IF(ISBLANK(C7),550,1500)</f>
         <v>550</v>
       </c>
       <c r="D20" s="29">
         <f>IF(ISBLANK(C8),550,1500)</f>
         <v>550</v>
       </c>
-      <c r="E20" s="78">
+      <c r="E20" s="77">
         <f t="shared" si="0"/>
         <v>1100</v>
       </c>
-      <c r="F20" s="85" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="F20" s="84" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B21" s="23" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C21" s="29" t="e">
         <f>IF(ISBLANK(C7),INDEX(Tables!B2:B53,MATCH('OCS Cost Estimator'!C10,Tables!A2:A53,0)),IF(C9="Academic Year (1 program)",E21/2,INDEX(Tables!C2:K53,MATCH('OCS Cost Estimator'!C10,Tables!A2:A53,0),MATCH(Tables!P2,Tables!C1:K1,0))))</f>
         <v>#N/A</v>
       </c>
       <c r="D21" s="29" t="e">
         <f>IF(ISBLANK(C8),INDEX(Tables!B2:B53,MATCH('OCS Cost Estimator'!C10,Tables!A2:A53,0)),IF(C9="Academic Year (1 program)",E21/2,INDEX(Tables!C2:K53,MATCH('OCS Cost Estimator'!C10,Tables!A2:A53,0),MATCH(Tables!P3,Tables!C1:K1,0))))</f>
         <v>#N/A</v>
       </c>
-      <c r="E21" s="78" t="e">
+      <c r="E21" s="77" t="e">
         <f>IF(C9="Academic Year (1 program)",INDEX(Tables!C2:K53,MATCH('OCS Cost Estimator'!C10,Tables!A2:A53,0),MATCH(Tables!P3,Tables!C1:K1,0)),C21+D21)</f>
         <v>#N/A</v>
       </c>
       <c r="F21" s="30" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="22" spans="2:6" x14ac:dyDescent="0.35">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="22" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B22" s="23" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C22" s="29" t="e">
         <f>SUM(C16:C21)</f>
         <v>#N/A</v>
       </c>
       <c r="D22" s="29" t="e">
         <f>SUM(D16:D21)</f>
         <v>#N/A</v>
       </c>
-      <c r="E22" s="78" t="e">
+      <c r="E22" s="77" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="F22" s="30" t="s">
-        <v>130</v>
-[...9 lines deleted...]
-    <row r="24" spans="2:6" x14ac:dyDescent="0.35">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="23" spans="2:6" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="56"/>
+      <c r="C23" s="57"/>
+      <c r="D23" s="57"/>
+      <c r="E23" s="57"/>
+      <c r="F23" s="59"/>
+    </row>
+    <row r="24" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B24" s="25" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C24" s="32">
         <f>E24/2</f>
         <v>0</v>
       </c>
       <c r="D24" s="32">
         <f>E24/2</f>
         <v>0</v>
       </c>
-      <c r="E24" s="81">
+      <c r="E24" s="80">
         <f>C11</f>
         <v>0</v>
       </c>
       <c r="F24" s="30" t="s">
-        <v>111</v>
-[...9 lines deleted...]
-    <row r="26" spans="2:6" x14ac:dyDescent="0.35">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="25" spans="2:6" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="56"/>
+      <c r="C25" s="57"/>
+      <c r="D25" s="57"/>
+      <c r="E25" s="57"/>
+      <c r="F25" s="59"/>
+    </row>
+    <row r="26" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B26" s="25" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C26" s="26"/>
       <c r="D26" s="26"/>
-      <c r="E26" s="80"/>
+      <c r="E26" s="79"/>
       <c r="F26" s="27"/>
     </row>
-    <row r="27" spans="2:6" x14ac:dyDescent="0.35">
+    <row r="27" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B27" s="23" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C27" s="36" t="e">
         <f>IF(C15="On Campus",C22-C24-1575,IF(C22&lt;INDEX(Tables!L2:L53,MATCH('OCS Cost Estimator'!C10,Tables!A2:A53,0))+925,C22-C24,INDEX(Tables!L2:L53,MATCH('OCS Cost Estimator'!C10,Tables!A2:A53,0))-C24+925))</f>
         <v>#N/A</v>
       </c>
       <c r="D27" s="36" t="e">
         <f>IF(D15="On Campus",D22-D24-1575,IF(D22&lt;INDEX(Tables!L2:L53,MATCH('OCS Cost Estimator'!C10,Tables!A2:A53,0))+925,D22-D24,INDEX(Tables!L2:L53,MATCH('OCS Cost Estimator'!C10,Tables!A2:A53,0))-D24+925))</f>
         <v>#N/A</v>
       </c>
-      <c r="E27" s="82" t="e">
+      <c r="E27" s="81" t="e">
         <f>C27+D27</f>
         <v>#N/A</v>
       </c>
       <c r="F27" s="30" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="28" spans="2:6" x14ac:dyDescent="0.35">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="28" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B28" s="23" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C28" s="36">
         <f>IF(C15="On Campus",1575,0)</f>
         <v>1575</v>
       </c>
       <c r="D28" s="36">
         <f>IF(D15="On Campus",1575,0)</f>
         <v>1575</v>
       </c>
-      <c r="E28" s="82">
+      <c r="E28" s="81">
         <f>C28+D28</f>
         <v>3150</v>
       </c>
       <c r="F28" s="30" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="29" spans="2:6" x14ac:dyDescent="0.35">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="29" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B29" s="23" t="s">
-        <v>129</v>
+        <v>118</v>
       </c>
       <c r="C29" s="36" t="e">
         <f>IF(C27+C28+C24=C22,0,C22-C24-C27-C28)</f>
         <v>#N/A</v>
       </c>
       <c r="D29" s="36" t="e">
         <f>IF(D27+D28+D24=D22,0,D22-D24-D27-D28)</f>
         <v>#N/A</v>
       </c>
-      <c r="E29" s="82" t="e">
+      <c r="E29" s="81" t="e">
         <f>C29+D29</f>
         <v>#N/A</v>
       </c>
       <c r="F29" s="30"/>
     </row>
-    <row r="30" spans="2:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="30" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="24" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="C30" s="87" t="e">
+        <v>97</v>
+      </c>
+      <c r="C30" s="86" t="e">
         <f>C27+C28+C29</f>
         <v>#N/A</v>
       </c>
-      <c r="D30" s="87" t="e">
+      <c r="D30" s="86" t="e">
         <f>D27+D28+D29</f>
         <v>#N/A</v>
       </c>
-      <c r="E30" s="88" t="e">
+      <c r="E30" s="87" t="e">
         <f>C30+D30</f>
         <v>#N/A</v>
       </c>
-      <c r="F30" s="86" t="s">
-[...19 lines deleted...]
-    <row r="33" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="F30" s="85" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="31" spans="2:6" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B31" s="60"/>
+      <c r="C31" s="61"/>
+      <c r="D31" s="61"/>
+      <c r="E31" s="62"/>
+      <c r="F31" s="63"/>
+    </row>
+    <row r="32" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B32" s="66" t="s">
+        <v>117</v>
+      </c>
+      <c r="C32" s="67"/>
+      <c r="D32" s="67"/>
+      <c r="E32" s="68"/>
+      <c r="F32" s="88"/>
+    </row>
+    <row r="33" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B33" s="25" t="s">
-        <v>169</v>
+        <v>138</v>
       </c>
       <c r="C33" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="D33" s="26" t="s">
         <v>2</v>
       </c>
-      <c r="D33" s="26" t="s">
-[...7 lines deleted...]
-    <row r="34" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="E33" s="44"/>
+      <c r="F33" s="52" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="34" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B34" s="23" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="C34" s="32">
         <f>C17</f>
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="D34" s="32">
         <f>D17</f>
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="E34" s="46"/>
+        <v>286</v>
+      </c>
+      <c r="E34" s="45"/>
       <c r="F34" s="27"/>
     </row>
-    <row r="35" spans="2:6" x14ac:dyDescent="0.35">
+    <row r="35" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B35" s="23" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="C35" s="32">
         <f>C16</f>
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="D35" s="32">
         <f>D16</f>
-        <v>35894</v>
-[...1 lines deleted...]
-      <c r="E35" s="46"/>
+        <v>36791</v>
+      </c>
+      <c r="E35" s="45"/>
       <c r="F35" s="27"/>
     </row>
-    <row r="36" spans="2:6" x14ac:dyDescent="0.35">
+    <row r="36" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B36" s="23" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="C36" s="32">
         <f>IF(ISBLANK(C7),C18+C19,C38-C35-C34-C37)</f>
-        <v>8674</v>
+        <v>8892</v>
       </c>
       <c r="D36" s="29">
         <f>IF(ISBLANK(C8),D18+D19,D38-D35-D34-D37)</f>
-        <v>8674</v>
-[...1 lines deleted...]
-      <c r="E36" s="46"/>
+        <v>8892</v>
+      </c>
+      <c r="E36" s="45"/>
       <c r="F36" s="30" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="37" spans="2:6" x14ac:dyDescent="0.35">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="37" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B37" s="33" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="C37" s="99">
+        <v>137</v>
+      </c>
+      <c r="C37" s="98">
         <f>IF(ISBLANK(C7),0,-INDEX('Program List'!P2:P195,MATCH(C7,'Program List'!D2:D195,0)))</f>
         <v>0</v>
       </c>
       <c r="D37" s="37">
         <f>IF(ISBLANK(C8),0,-INDEX('Program List'!P2:P195,MATCH(C8,'Program List'!D2:D195,0)))</f>
         <v>0</v>
       </c>
-      <c r="E37" s="46"/>
+      <c r="E37" s="45"/>
       <c r="F37" s="30" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="38" spans="2:6" x14ac:dyDescent="0.35">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="38" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B38" s="33" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="C38" s="37" cm="1">
         <f t="array" ref="C38">IF(ISBLANK(C7),C16+C17+C18+C19,INDEX('Program List'!M3:M189+C37,MATCH(C7,'Program List'!D3:D189,0)))</f>
-        <v>44847</v>
+        <v>45969</v>
       </c>
       <c r="D38" s="37" cm="1">
         <f t="array" ref="D38">IF(ISBLANK(C8),D16+D17+D18+D19,INDEX('Program List'!M3:M189+D37,MATCH(C8,'Program List'!D3:D189,0)))</f>
-        <v>44847</v>
-[...1 lines deleted...]
-      <c r="E38" s="46"/>
+        <v>45969</v>
+      </c>
+      <c r="E38" s="45"/>
       <c r="F38" s="27"/>
     </row>
-    <row r="39" spans="2:6" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-    <row r="40" spans="2:6" x14ac:dyDescent="0.35">
+    <row r="39" spans="2:6" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="56"/>
+      <c r="C39" s="57"/>
+      <c r="D39" s="57"/>
+      <c r="E39" s="58"/>
+      <c r="F39" s="59"/>
+    </row>
+    <row r="40" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B40" s="38" t="s">
-        <v>157</v>
+        <v>133</v>
       </c>
       <c r="C40" s="39" t="e">
         <f>C27+C29</f>
         <v>#N/A</v>
       </c>
       <c r="D40" s="39" t="e">
         <f>D27+D29</f>
         <v>#N/A</v>
       </c>
       <c r="E40" s="6"/>
       <c r="F40" s="30" t="s">
-        <v>191</v>
-[...9 lines deleted...]
-    <row r="42" spans="2:6" ht="78.5" x14ac:dyDescent="0.35">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="41" spans="2:6" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="56"/>
+      <c r="C41" s="57"/>
+      <c r="D41" s="57"/>
+      <c r="E41" s="58"/>
+      <c r="F41" s="64"/>
+    </row>
+    <row r="42" spans="2:6" ht="77.25" x14ac:dyDescent="0.25">
       <c r="B42" s="23" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="C42" s="32" t="e">
         <f>C38-C27-C29</f>
         <v>#N/A</v>
       </c>
       <c r="D42" s="32" t="e">
         <f>D38-D27-D29</f>
         <v>#N/A</v>
       </c>
-      <c r="E42" s="45"/>
+      <c r="E42" s="44"/>
       <c r="F42" s="31" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="43" spans="2:6" x14ac:dyDescent="0.35">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="43" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B43" s="23" t="s">
-        <v>183</v>
+        <v>145</v>
       </c>
       <c r="C43" s="29" t="e">
         <f>IF(ISBLANK(C7),C20+C21,INDEX('Program List'!N3:N189,MATCH(C7,'Program List'!D3:D189,0))+C21-C37)</f>
         <v>#N/A</v>
       </c>
       <c r="D43" s="29" t="e">
         <f>IF(ISBLANK(C8),D20+D21,INDEX('Program List'!N3:N189,MATCH(C8,'Program List'!D3:D189,0))+D21-D37)</f>
         <v>#N/A</v>
       </c>
-      <c r="E43" s="46"/>
+      <c r="E43" s="45"/>
       <c r="F43" s="30" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="44" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="44" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="23" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="C44" s="29" t="e">
         <f>IF(C42&gt;0,C43,C42+C43)</f>
         <v>#N/A</v>
       </c>
       <c r="D44" s="29" t="e">
         <f>IF(D42&gt;0,D43,D42+D43)</f>
         <v>#N/A</v>
       </c>
-      <c r="E44" s="46"/>
+      <c r="E44" s="45"/>
       <c r="F44" s="31" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="45" spans="2:6" ht="27" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B45" s="24" t="s">
         <v>122</v>
-      </c>
-[...3 lines deleted...]
-        <v>133</v>
       </c>
       <c r="C45" s="34" t="e">
         <f>IF(C42&gt;0,C42+C43,C44)</f>
         <v>#N/A</v>
       </c>
       <c r="D45" s="34" t="e">
         <f>IF(D42&gt;0,D42+D43,D44)</f>
         <v>#N/A</v>
       </c>
-      <c r="E45" s="47"/>
+      <c r="E45" s="46"/>
       <c r="F45" s="35" t="s">
-        <v>156</v>
-[...24 lines deleted...]
-      <c r="E48" s="72"/>
+        <v>132</v>
+      </c>
+    </row>
+    <row r="46" spans="2:6" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B46" s="60"/>
+      <c r="C46" s="61"/>
+      <c r="D46" s="61"/>
+      <c r="E46" s="62"/>
+      <c r="F46" s="89"/>
+    </row>
+    <row r="47" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B47" s="66" t="s">
+        <v>192</v>
+      </c>
+      <c r="C47" s="67"/>
+      <c r="D47" s="67"/>
+      <c r="E47" s="70"/>
+      <c r="F47" s="90"/>
+    </row>
+    <row r="48" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B48" s="69" t="s">
+        <v>193</v>
+      </c>
+      <c r="C48" s="71"/>
+      <c r="D48" s="71"/>
+      <c r="E48" s="71"/>
       <c r="F48" s="6"/>
     </row>
-    <row r="49" spans="2:6" x14ac:dyDescent="0.35">
-      <c r="B49" s="94" t="str">
+    <row r="49" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B49" s="93" t="str">
         <f>IF(ISBLANK(C7),"N/A",INDEX('Program List'!R3:R189,MATCH(C7,'Program List'!D3:D189,0)))</f>
         <v>N/A</v>
       </c>
       <c r="C49" s="41"/>
       <c r="D49" s="41"/>
       <c r="E49" s="41"/>
       <c r="F49" s="6"/>
     </row>
-    <row r="50" spans="2:6" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-[...12 lines deleted...]
-      <c r="E51" s="72"/>
+    <row r="50" spans="2:6" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50" s="91"/>
+      <c r="C50" s="92"/>
+      <c r="D50" s="92"/>
+      <c r="E50" s="92"/>
+      <c r="F50" s="58"/>
+    </row>
+    <row r="51" spans="2:6" x14ac:dyDescent="0.25">
+      <c r="B51" s="69" t="s">
+        <v>194</v>
+      </c>
+      <c r="C51" s="71"/>
+      <c r="D51" s="71"/>
+      <c r="E51" s="71"/>
       <c r="F51" s="6"/>
     </row>
-    <row r="52" spans="2:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B52" s="95" t="str">
+    <row r="52" spans="2:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B52" s="94" t="str">
         <f>IF(ISBLANK(C8),"N/A",INDEX('Program List'!R3:R189,MATCH(C8,'Program List'!D3:D189,0)))</f>
         <v>N/A</v>
       </c>
       <c r="C52" s="42"/>
       <c r="D52" s="42"/>
       <c r="E52" s="42"/>
       <c r="F52" s="9"/>
     </row>
-    <row r="55" spans="2:6" x14ac:dyDescent="0.35">
+    <row r="55" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B55" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-    <row r="56" spans="2:6" x14ac:dyDescent="0.35">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="56" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B56" t="s">
-        <v>181</v>
+        <v>144</v>
       </c>
       <c r="C56" s="41"/>
       <c r="D56" s="41"/>
       <c r="E56" s="41"/>
     </row>
-    <row r="57" spans="2:6" x14ac:dyDescent="0.35">
+    <row r="57" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B57" t="s">
-        <v>188</v>
+        <v>150</v>
       </c>
       <c r="C57" s="41"/>
       <c r="D57" s="41"/>
       <c r="E57" s="41"/>
     </row>
-    <row r="58" spans="2:6" x14ac:dyDescent="0.35">
+    <row r="58" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B58" t="s">
-        <v>148</v>
+        <v>130</v>
       </c>
       <c r="C58" s="41"/>
       <c r="D58" s="41"/>
       <c r="E58" s="41"/>
     </row>
-    <row r="59" spans="2:6" x14ac:dyDescent="0.35">
+    <row r="59" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B59" t="s">
-        <v>186</v>
+        <v>148</v>
       </c>
       <c r="C59" s="41"/>
       <c r="D59" s="41"/>
       <c r="E59" s="41"/>
     </row>
-    <row r="60" spans="2:6" x14ac:dyDescent="0.35">
+    <row r="60" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B60" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="61" spans="2:6" x14ac:dyDescent="0.35">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="61" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B61" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C10" xr:uid="{00000000-0002-0000-0000-000000000000}">
-      <formula1>"AL,AK,AZ,AR,CA,CO,CT,DE,DC,FL,GA,HI,ID,IL,IN,IA,KS,KY,LA,ME,MD,MA,MI,MN,MS,MO,MT,NE,NV,NH,NJ,NM,NY,NC,ND,OH,OK,OR,PA,RI,SC,SD,TN,TX,UT,VT,VA,WA,WV,WI,WY,International/domestic student living abroad"</formula1>
+      <formula1>"AL,AK,AZ,AR,CA,CO,CT,DE,DC,FL,GA,HI,ID,IL,IN,IA,KS,KY,LA,ME,MD,MA,MI,MN,MS,MO,MT,NE,NV,NH,NJ,NM,NY,NC,ND,OH,OK,OR,PA,RI,SC,SD,TN,TX,UT,VT,VA,WA,WV,WI,WY,Int'l/domestic living abroad/U.S. territory"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C9" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>"Fall,Spring,Academic Year (1 program),Academic Year (2 programs)"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="D11" r:id="rId1" display="Find this on the View/Accept Aid page of the online financial aid office (student login required)." xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="D4" r:id="rId2" display="Review the Grinnell College website for more information about how financial aid works for OCS before getting started." xr:uid="{FF16A372-7D9D-4351-AA27-866C51F865ED}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId3"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Internal</oddFooter>
   </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000002000000}">
           <x14:formula1>
             <xm:f>'Program List'!$D$2:$D$189</xm:f>
           </x14:formula1>
           <xm:sqref>C7:C8</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:R251"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A52" sqref="A52:XFD52"/>
+      <selection activeCell="A3" sqref="A3:R44"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="10.54296875" style="18" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="12.1796875" style="17" customWidth="1"/>
+    <col min="1" max="1" width="10.5703125" style="18" customWidth="1"/>
+    <col min="2" max="2" width="10.28515625" style="18" customWidth="1"/>
+    <col min="3" max="3" width="13.140625" style="17" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.140625" style="17" customWidth="1"/>
     <col min="5" max="5" width="8" style="18" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="8.7265625" style="17" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="11" max="11" width="7.81640625" style="17" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="8.7109375" style="17" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="9.7109375" style="17" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="18.85546875" style="17" customWidth="1"/>
+    <col min="9" max="9" width="11.140625" style="17" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9.42578125" style="17" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="7.85546875" style="17" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="12" style="17" customWidth="1"/>
     <col min="13" max="13" width="10" style="17" customWidth="1"/>
-    <col min="14" max="16" width="14.26953125" style="17" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="19" max="16384" width="9.1796875" style="17"/>
+    <col min="14" max="16" width="14.28515625" style="17" customWidth="1"/>
+    <col min="17" max="17" width="10.7109375" style="17" customWidth="1"/>
+    <col min="18" max="18" width="38.85546875" style="17" customWidth="1"/>
+    <col min="19" max="16384" width="9.140625" style="17"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="39" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:18" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A1" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B1" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="13" t="s">
+      <c r="C1" s="13" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="D1" s="13" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G1" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="F1" s="14" t="s">
-[...2 lines deleted...]
-      <c r="G1" s="14" t="s">
+      <c r="H1" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="H1" s="14" t="s">
+      <c r="I1" s="14" t="s">
         <v>22</v>
       </c>
-      <c r="I1" s="14" t="s">
+      <c r="J1" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="K1" s="14" t="s">
         <v>23</v>
       </c>
-      <c r="J1" s="14" t="s">
-[...2 lines deleted...]
-      <c r="K1" s="14" t="s">
+      <c r="L1" s="15" t="s">
         <v>24</v>
       </c>
-      <c r="L1" s="15" t="s">
+      <c r="M1" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="M1" s="15" t="s">
+      <c r="N1" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="N1" s="15" t="s">
+      <c r="O1" s="15" t="s">
         <v>27</v>
       </c>
-      <c r="O1" s="15" t="s">
+      <c r="P1" s="99" t="s">
+        <v>139</v>
+      </c>
+      <c r="Q1" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="P1" s="100" t="s">
-[...2 lines deleted...]
-      <c r="Q1" s="16" t="s">
+      <c r="R1" s="16" t="s">
         <v>29</v>
       </c>
-      <c r="R1" s="16" t="s">
-[...3 lines deleted...]
-    <row r="2" spans="1:18" x14ac:dyDescent="0.3">
+    </row>
+    <row r="2" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A2" s="40"/>
       <c r="B2" s="40"/>
       <c r="C2" s="40"/>
       <c r="D2" s="40"/>
       <c r="E2" s="40"/>
       <c r="F2" s="40"/>
       <c r="G2" s="40"/>
       <c r="H2" s="40"/>
       <c r="I2" s="40"/>
       <c r="J2" s="40"/>
       <c r="K2" s="40"/>
       <c r="L2" s="40"/>
       <c r="M2" s="40"/>
       <c r="N2" s="40"/>
       <c r="O2" s="40"/>
       <c r="P2" s="40"/>
       <c r="Q2" s="40"/>
       <c r="R2" s="40"/>
     </row>
-    <row r="3" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:18" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A3" s="18" t="s">
-        <v>100</v>
+        <v>197</v>
       </c>
       <c r="B3" s="18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C3" s="18" t="s">
-        <v>163</v>
+        <v>198</v>
       </c>
       <c r="D3" s="18" t="s">
-        <v>171</v>
+        <v>199</v>
       </c>
       <c r="E3" s="18" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F3" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G3" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H3" s="18">
-        <v>0</v>
+        <f>960+360+300</f>
+        <v>1620</v>
       </c>
       <c r="I3" s="18">
-        <f t="shared" ref="I3:I137" si="0">G3+H3</f>
-        <v>358</v>
+        <f t="shared" ref="I3:I44" si="0">G3+H3</f>
+        <v>1987</v>
       </c>
       <c r="J3" s="18">
-        <v>2200</v>
+        <v>3290</v>
       </c>
       <c r="K3" s="18">
-        <v>3000</v>
+        <v>300</v>
       </c>
       <c r="L3" s="17">
-        <f t="shared" ref="L3:L137" si="1">F3+I3+J3+K3+1500</f>
-        <v>42952</v>
+        <f>F3+I3+J3+K3+1500</f>
+        <v>43868</v>
       </c>
       <c r="M3" s="17">
-        <f>F3+I3</f>
-        <v>36252</v>
+        <f>F3+G3+H3+J3</f>
+        <v>42068</v>
       </c>
       <c r="N3" s="17">
-        <f>1500+K3+J3</f>
-        <v>6700</v>
+        <f t="shared" ref="N3:N41" si="1">K3+1500</f>
+        <v>1800</v>
       </c>
       <c r="O3" s="17">
-        <f>H3</f>
-        <v>0</v>
+        <f>H3+J3</f>
+        <v>4910</v>
       </c>
       <c r="P3" s="18">
         <v>200</v>
       </c>
       <c r="Q3" s="19">
-        <v>45700</v>
+        <v>45721</v>
       </c>
       <c r="R3" s="18" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A4" s="18" t="s">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="B4" s="18" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C4" s="18" t="s">
-        <v>163</v>
+        <v>99</v>
       </c>
       <c r="D4" s="18" t="s">
-        <v>397</v>
+        <v>141</v>
       </c>
       <c r="E4" s="18" t="s">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F4" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G4" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H4" s="18">
-        <v>0</v>
+        <v>2700</v>
       </c>
       <c r="I4" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>3067</v>
       </c>
       <c r="J4" s="18">
-        <v>2530</v>
+        <v>4708</v>
       </c>
       <c r="K4" s="18">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="L4" s="17">
+        <f>F4+I4+J4+K4+1500</f>
+        <v>46066</v>
+      </c>
+      <c r="M4" s="17">
+        <f t="shared" ref="M4:M41" si="2">F4+G4+H4+J4</f>
+        <v>44566</v>
+      </c>
+      <c r="N4" s="17">
         <f t="shared" si="1"/>
-        <v>43282</v>
-[...7 lines deleted...]
-        <v>7030</v>
+        <v>1500</v>
       </c>
       <c r="O4" s="17">
-        <f>H4</f>
-        <v>0</v>
+        <f t="shared" ref="O4:O41" si="3">H4+J4</f>
+        <v>7408</v>
       </c>
       <c r="P4" s="18">
         <v>200</v>
       </c>
       <c r="Q4" s="19">
-        <v>45943</v>
+        <v>46085</v>
       </c>
       <c r="R4" s="18" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:18" ht="91" x14ac:dyDescent="0.3">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A5" s="18" t="s">
-        <v>284</v>
+        <v>100</v>
       </c>
       <c r="B5" s="18" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C5" s="18" t="s">
-        <v>312</v>
+        <v>99</v>
       </c>
       <c r="D5" s="18" t="s">
-        <v>313</v>
+        <v>142</v>
       </c>
       <c r="E5" s="18" t="s">
-        <v>185</v>
+        <v>1</v>
       </c>
       <c r="F5" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G5" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H5" s="18">
-        <f>550+136+80</f>
-        <v>766</v>
+        <v>2037</v>
       </c>
       <c r="I5" s="18">
         <f t="shared" si="0"/>
-        <v>1124</v>
+        <v>2404</v>
       </c>
       <c r="J5" s="18">
-        <v>6195</v>
+        <v>5904</v>
       </c>
       <c r="K5" s="18">
-        <v>3258</v>
+        <v>0</v>
       </c>
       <c r="L5" s="17">
+        <f>F5+I5+J5+K5+1500</f>
+        <v>46599</v>
+      </c>
+      <c r="M5" s="17">
+        <f t="shared" si="2"/>
+        <v>45099</v>
+      </c>
+      <c r="N5" s="17">
         <f t="shared" si="1"/>
-        <v>47971</v>
-[...7 lines deleted...]
-        <v>4758</v>
+        <v>1500</v>
       </c>
       <c r="O5" s="17">
-        <f>H5+J5</f>
-        <v>6961</v>
+        <f t="shared" si="3"/>
+        <v>7941</v>
       </c>
       <c r="P5" s="18">
         <v>200</v>
       </c>
       <c r="Q5" s="19">
-        <v>45940</v>
+        <v>46085</v>
       </c>
       <c r="R5" s="18" t="s">
-        <v>398</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" ht="51" x14ac:dyDescent="0.2">
       <c r="A6" s="18" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="B6" s="18" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C6" s="18" t="s">
-        <v>159</v>
+        <v>173</v>
       </c>
       <c r="D6" s="18" t="s">
-        <v>331</v>
+        <v>174</v>
       </c>
       <c r="E6" s="18" t="s">
-        <v>185</v>
+        <v>1</v>
       </c>
       <c r="F6" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G6" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H6" s="18">
         <v>0</v>
       </c>
       <c r="I6" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="J6" s="18">
-        <v>3650</v>
+        <v>8200</v>
       </c>
       <c r="K6" s="18">
-        <v>600</v>
+        <v>2600</v>
       </c>
       <c r="L6" s="17">
-        <f t="shared" si="1"/>
-        <v>42002</v>
+        <f t="shared" ref="L6:L37" si="4">F6+I6+J6+K6+1500</f>
+        <v>49458</v>
       </c>
       <c r="M6" s="17">
         <f t="shared" si="2"/>
-        <v>39902</v>
+        <v>45358</v>
       </c>
       <c r="N6" s="17">
-        <f t="shared" ref="N6:N37" si="3">1500+K6</f>
-        <v>2100</v>
+        <f t="shared" si="1"/>
+        <v>4100</v>
       </c>
       <c r="O6" s="17">
-        <f t="shared" ref="O6:O37" si="4">H6+J6</f>
-        <v>3650</v>
+        <f t="shared" si="3"/>
+        <v>8200</v>
       </c>
       <c r="P6" s="18">
         <v>200</v>
       </c>
       <c r="Q6" s="19">
-        <v>45905</v>
+        <v>46080</v>
       </c>
       <c r="R6" s="18" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A7" s="18" t="s">
-        <v>192</v>
+        <v>167</v>
       </c>
       <c r="B7" s="18" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="C7" s="18" t="s">
-        <v>193</v>
+        <v>173</v>
       </c>
       <c r="D7" s="18" t="s">
-        <v>194</v>
+        <v>175</v>
       </c>
       <c r="E7" s="18" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F7" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G7" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H7" s="18">
         <v>0</v>
       </c>
       <c r="I7" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="J7" s="18">
-        <v>6880</v>
+        <v>6000</v>
       </c>
       <c r="K7" s="18">
-        <v>2360</v>
+        <v>0</v>
       </c>
       <c r="L7" s="17">
-        <f t="shared" si="1"/>
-        <v>46992</v>
+        <f t="shared" si="4"/>
+        <v>44658</v>
       </c>
       <c r="M7" s="17">
         <f t="shared" si="2"/>
-        <v>43132</v>
+        <v>43158</v>
       </c>
       <c r="N7" s="17">
+        <f t="shared" si="1"/>
+        <v>1500</v>
+      </c>
+      <c r="O7" s="17">
         <f t="shared" si="3"/>
-        <v>3860</v>
-[...3 lines deleted...]
-        <v>6880</v>
+        <v>6000</v>
       </c>
       <c r="P7" s="18">
         <v>200</v>
       </c>
       <c r="Q7" s="19">
-        <v>45735</v>
+        <v>46080</v>
       </c>
       <c r="R7" s="18" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A8" s="18" t="s">
-        <v>192</v>
+        <v>161</v>
       </c>
       <c r="B8" s="18" t="s">
         <v>41</v>
       </c>
       <c r="C8" s="18" t="s">
-        <v>193</v>
+        <v>101</v>
       </c>
       <c r="D8" s="18" t="s">
-        <v>385</v>
+        <v>203</v>
       </c>
       <c r="E8" s="18" t="s">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F8" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G8" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H8" s="18">
-        <v>0</v>
+        <v>494</v>
       </c>
       <c r="I8" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>861</v>
       </c>
       <c r="J8" s="18">
-        <v>6910</v>
+        <v>3750</v>
       </c>
       <c r="K8" s="18">
-        <v>2525</v>
+        <v>1197</v>
       </c>
       <c r="L8" s="17">
-        <f t="shared" si="1"/>
-        <v>47187</v>
+        <f>F8+I8+J8+K8+1500</f>
+        <v>44099</v>
       </c>
       <c r="M8" s="17">
-        <f t="shared" si="2"/>
-        <v>43162</v>
+        <f>F8+G8+H8+J8-300</f>
+        <v>41102</v>
       </c>
       <c r="N8" s="17">
-        <f t="shared" si="3"/>
-        <v>4025</v>
+        <f>K8+1500+300</f>
+        <v>2997</v>
       </c>
       <c r="O8" s="17">
-        <f t="shared" si="4"/>
-        <v>6910</v>
+        <f>H8+J8-300</f>
+        <v>3944</v>
       </c>
       <c r="P8" s="18">
         <v>200</v>
       </c>
       <c r="Q8" s="19">
-        <v>45919</v>
+        <v>46094</v>
       </c>
       <c r="R8" s="18" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A9" s="18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B9" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" s="18" t="s">
         <v>101</v>
       </c>
-      <c r="B9" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9" s="18" t="s">
-        <v>288</v>
+        <v>204</v>
       </c>
       <c r="E9" s="18" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F9" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G9" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H9" s="18">
-        <v>0</v>
+        <v>494</v>
       </c>
       <c r="I9" s="18">
-        <f t="shared" si="0"/>
-        <v>358</v>
+        <f>G9+H9</f>
+        <v>861</v>
       </c>
       <c r="J9" s="18">
-        <v>5110</v>
+        <v>3500</v>
       </c>
       <c r="K9" s="18">
-        <v>2140</v>
+        <v>2253</v>
       </c>
       <c r="L9" s="17">
-        <f t="shared" si="1"/>
-        <v>45002</v>
+        <f>F9+I9+J9+K9+1500</f>
+        <v>44905</v>
       </c>
       <c r="M9" s="17">
-        <f t="shared" si="2"/>
-        <v>41362</v>
+        <f>F9+G9+H9+J9-300</f>
+        <v>40852</v>
       </c>
       <c r="N9" s="17">
-        <f t="shared" si="3"/>
-        <v>3640</v>
+        <f>K9+1500+300</f>
+        <v>4053</v>
       </c>
       <c r="O9" s="17">
-        <f t="shared" si="4"/>
-        <v>5110</v>
+        <f>H9+J9-300</f>
+        <v>3694</v>
       </c>
       <c r="P9" s="18">
         <v>200</v>
       </c>
       <c r="Q9" s="19">
-        <v>45782</v>
+        <v>46094</v>
       </c>
       <c r="R9" s="18" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A10" s="18" t="s">
-        <v>101</v>
+        <v>30</v>
       </c>
       <c r="B10" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C10" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" s="18" t="s">
-        <v>386</v>
+        <v>206</v>
       </c>
       <c r="E10" s="18" t="s">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F10" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G10" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H10" s="18">
-        <v>0</v>
+        <v>480</v>
       </c>
       <c r="I10" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>847</v>
       </c>
       <c r="J10" s="18">
-        <v>7940</v>
+        <v>7730</v>
       </c>
       <c r="K10" s="18">
-        <v>3520</v>
+        <v>900</v>
       </c>
       <c r="L10" s="17">
-        <f t="shared" si="1"/>
-        <v>49212</v>
+        <f t="shared" si="4"/>
+        <v>47768</v>
       </c>
       <c r="M10" s="17">
         <f t="shared" si="2"/>
-        <v>44192</v>
+        <v>45368</v>
       </c>
       <c r="N10" s="17">
-        <f>1500+K10</f>
-        <v>5020</v>
+        <f t="shared" si="1"/>
+        <v>2400</v>
       </c>
       <c r="O10" s="17">
-        <f>H10+J10</f>
-        <v>7940</v>
+        <f t="shared" si="3"/>
+        <v>8210</v>
       </c>
       <c r="P10" s="18">
         <v>200</v>
       </c>
       <c r="Q10" s="19">
-        <v>45919</v>
+        <v>46080</v>
       </c>
       <c r="R10" s="18" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" ht="127.5" x14ac:dyDescent="0.2">
       <c r="A11" s="18" t="s">
-        <v>101</v>
+        <v>33</v>
       </c>
       <c r="B11" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C11" s="18" t="s">
         <v>32</v>
       </c>
-      <c r="C11" s="18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="18" t="s">
-        <v>399</v>
+        <v>208</v>
       </c>
       <c r="E11" s="18" t="s">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F11" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G11" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H11" s="18">
-        <v>0</v>
+        <v>165</v>
       </c>
       <c r="I11" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>532</v>
       </c>
       <c r="J11" s="18">
-        <v>8670</v>
+        <v>7730</v>
       </c>
       <c r="K11" s="18">
-        <v>3195</v>
+        <v>900</v>
       </c>
       <c r="L11" s="17">
+        <f t="shared" si="4"/>
+        <v>47453</v>
+      </c>
+      <c r="M11" s="17">
+        <f t="shared" si="2"/>
+        <v>45053</v>
+      </c>
+      <c r="N11" s="17">
         <f t="shared" si="1"/>
-        <v>49617</v>
-[...7 lines deleted...]
-        <v>4695</v>
+        <v>2400</v>
       </c>
       <c r="O11" s="17">
-        <f>H11+J11</f>
-        <v>8670</v>
+        <f t="shared" si="3"/>
+        <v>7895</v>
       </c>
       <c r="P11" s="18">
         <v>200</v>
       </c>
       <c r="Q11" s="19">
-        <v>45937</v>
+        <v>46080</v>
       </c>
       <c r="R11" s="18" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A12" s="18" t="s">
-        <v>101</v>
+        <v>154</v>
       </c>
       <c r="B12" s="18" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="C12" s="18" t="s">
-        <v>193</v>
+        <v>157</v>
       </c>
       <c r="D12" s="18" t="s">
-        <v>420</v>
+        <v>158</v>
       </c>
       <c r="E12" s="18" t="s">
-        <v>2</v>
+        <v>147</v>
       </c>
       <c r="F12" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G12" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H12" s="18">
         <v>0</v>
       </c>
       <c r="I12" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="J12" s="18">
-        <v>2490</v>
+        <v>6380</v>
       </c>
       <c r="K12" s="18">
-        <v>1515</v>
+        <v>875</v>
       </c>
       <c r="L12" s="17">
+        <f t="shared" si="4"/>
+        <v>45913</v>
+      </c>
+      <c r="M12" s="17">
+        <f t="shared" si="2"/>
+        <v>43538</v>
+      </c>
+      <c r="N12" s="17">
         <f t="shared" si="1"/>
-        <v>41757</v>
-[...7 lines deleted...]
-        <v>3015</v>
+        <v>2375</v>
       </c>
       <c r="O12" s="17">
-        <f>H12+J12</f>
-        <v>2490</v>
+        <f t="shared" si="3"/>
+        <v>6380</v>
       </c>
       <c r="P12" s="18">
         <v>200</v>
       </c>
       <c r="Q12" s="19">
-        <v>46007</v>
+        <v>46085</v>
       </c>
       <c r="R12" s="18" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A13" s="18" t="s">
-        <v>101</v>
+        <v>159</v>
       </c>
       <c r="B13" s="18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C13" s="18" t="s">
-        <v>193</v>
+        <v>160</v>
       </c>
       <c r="D13" s="18" t="s">
-        <v>422</v>
+        <v>211</v>
       </c>
       <c r="E13" s="18" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>49730</v>
+        <v>1</v>
+      </c>
+      <c r="F13" s="18">
+        <v>36791</v>
       </c>
       <c r="G13" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H13" s="18">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I13" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>667</v>
       </c>
       <c r="J13" s="18">
-        <v>5320</v>
+        <v>4372</v>
       </c>
       <c r="K13" s="18">
-        <v>2750</v>
+        <v>2070</v>
       </c>
       <c r="L13" s="17">
+        <f t="shared" si="4"/>
+        <v>45400</v>
+      </c>
+      <c r="M13" s="17">
+        <f t="shared" si="2"/>
+        <v>41830</v>
+      </c>
+      <c r="N13" s="17">
         <f t="shared" si="1"/>
-        <v>59658</v>
-[...7 lines deleted...]
-        <v>4250</v>
+        <v>3570</v>
       </c>
       <c r="O13" s="17">
-        <f>H13+J13</f>
-        <v>5320</v>
+        <f t="shared" si="3"/>
+        <v>4672</v>
       </c>
       <c r="P13" s="18">
         <v>200</v>
       </c>
       <c r="Q13" s="19">
-        <v>46007</v>
+        <v>46090</v>
       </c>
       <c r="R13" s="18" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18" ht="102" x14ac:dyDescent="0.2">
       <c r="A14" s="18" t="s">
-        <v>196</v>
+        <v>161</v>
       </c>
       <c r="B14" s="18" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="C14" s="18" t="s">
-        <v>193</v>
+        <v>160</v>
       </c>
       <c r="D14" s="18" t="s">
-        <v>197</v>
+        <v>162</v>
       </c>
       <c r="E14" s="18" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F14" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G14" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H14" s="18">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I14" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>667</v>
       </c>
       <c r="J14" s="18">
-        <v>3640</v>
+        <v>3452</v>
       </c>
       <c r="K14" s="18">
-        <v>1730</v>
+        <v>520</v>
       </c>
       <c r="L14" s="17">
-        <f t="shared" si="1"/>
-        <v>43122</v>
+        <f t="shared" si="4"/>
+        <v>42930</v>
       </c>
       <c r="M14" s="17">
         <f t="shared" si="2"/>
-        <v>39892</v>
+        <v>40910</v>
       </c>
       <c r="N14" s="17">
+        <f t="shared" si="1"/>
+        <v>2020</v>
+      </c>
+      <c r="O14" s="17">
         <f t="shared" si="3"/>
-        <v>3230</v>
-[...3 lines deleted...]
-        <v>3640</v>
+        <v>3752</v>
       </c>
       <c r="P14" s="18">
         <v>200</v>
       </c>
       <c r="Q14" s="19">
-        <v>45734</v>
+        <v>46090</v>
       </c>
       <c r="R14" s="18" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A15" s="18" t="s">
-        <v>196</v>
+        <v>163</v>
       </c>
       <c r="B15" s="18" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="C15" s="18" t="s">
-        <v>193</v>
+        <v>160</v>
       </c>
       <c r="D15" s="18" t="s">
-        <v>387</v>
+        <v>214</v>
       </c>
       <c r="E15" s="18" t="s">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F15" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G15" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H15" s="18">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I15" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>667</v>
       </c>
       <c r="J15" s="18">
-        <v>3600</v>
+        <v>4412</v>
       </c>
       <c r="K15" s="18">
-        <v>2100</v>
+        <v>460</v>
       </c>
       <c r="L15" s="17">
-        <f t="shared" si="1"/>
-        <v>43452</v>
+        <f t="shared" si="4"/>
+        <v>43830</v>
       </c>
       <c r="M15" s="17">
         <f t="shared" si="2"/>
-        <v>39852</v>
+        <v>41870</v>
       </c>
       <c r="N15" s="17">
+        <f t="shared" si="1"/>
+        <v>1960</v>
+      </c>
+      <c r="O15" s="17">
         <f t="shared" si="3"/>
-        <v>3600</v>
-[...3 lines deleted...]
-        <v>3600</v>
+        <v>4712</v>
       </c>
       <c r="P15" s="18">
         <v>200</v>
       </c>
       <c r="Q15" s="19">
-        <v>45919</v>
+        <v>46090</v>
       </c>
       <c r="R15" s="18" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A16" s="18" t="s">
-        <v>215</v>
+        <v>98</v>
       </c>
       <c r="B16" s="18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C16" s="18" t="s">
-        <v>193</v>
+        <v>160</v>
       </c>
       <c r="D16" s="18" t="s">
-        <v>278</v>
+        <v>216</v>
       </c>
       <c r="E16" s="18" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F16" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G16" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H16" s="18">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I16" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>667</v>
       </c>
       <c r="J16" s="18">
-        <v>6770</v>
+        <v>4640</v>
       </c>
       <c r="K16" s="18">
-        <v>600</v>
+        <v>1710</v>
       </c>
       <c r="L16" s="17">
+        <f t="shared" si="4"/>
+        <v>45308</v>
+      </c>
+      <c r="M16" s="17">
+        <f t="shared" si="2"/>
+        <v>42098</v>
+      </c>
+      <c r="N16" s="17">
         <f t="shared" si="1"/>
-        <v>45122</v>
-[...7 lines deleted...]
-        <v>2100</v>
+        <v>3210</v>
       </c>
       <c r="O16" s="17">
-        <f t="shared" si="4"/>
-        <v>6770</v>
+        <f t="shared" si="3"/>
+        <v>4940</v>
       </c>
       <c r="P16" s="18">
         <v>200</v>
       </c>
       <c r="Q16" s="19">
-        <v>45763</v>
+        <v>46090</v>
       </c>
       <c r="R16" s="18" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A17" s="18" t="s">
-        <v>198</v>
+        <v>98</v>
       </c>
       <c r="B17" s="18" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="C17" s="18" t="s">
-        <v>193</v>
+        <v>160</v>
       </c>
       <c r="D17" s="18" t="s">
-        <v>199</v>
+        <v>218</v>
       </c>
       <c r="E17" s="18" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F17" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G17" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H17" s="18">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I17" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>667</v>
       </c>
       <c r="J17" s="18">
-        <v>4250</v>
+        <v>4386</v>
       </c>
       <c r="K17" s="18">
-        <v>1725</v>
+        <v>1540</v>
       </c>
       <c r="L17" s="17">
-        <f t="shared" si="1"/>
-        <v>43727</v>
+        <f t="shared" si="4"/>
+        <v>44884</v>
       </c>
       <c r="M17" s="17">
         <f t="shared" si="2"/>
-        <v>40502</v>
+        <v>41844</v>
       </c>
       <c r="N17" s="17">
+        <f t="shared" si="1"/>
+        <v>3040</v>
+      </c>
+      <c r="O17" s="17">
         <f t="shared" si="3"/>
-        <v>3225</v>
-[...3 lines deleted...]
-        <v>4250</v>
+        <v>4686</v>
       </c>
       <c r="P17" s="18">
         <v>200</v>
       </c>
       <c r="Q17" s="19">
-        <v>45728</v>
+        <v>46090</v>
       </c>
       <c r="R17" s="18" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A18" s="18" t="s">
-        <v>424</v>
+        <v>164</v>
       </c>
       <c r="B18" s="18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C18" s="18" t="s">
-        <v>193</v>
+        <v>160</v>
       </c>
       <c r="D18" s="18" t="s">
-        <v>425</v>
+        <v>220</v>
       </c>
       <c r="E18" s="18" t="s">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F18" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G18" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H18" s="18">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I18" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>667</v>
       </c>
       <c r="J18" s="18">
-        <v>5190</v>
+        <v>4375</v>
       </c>
       <c r="K18" s="18">
-        <v>2455</v>
+        <v>1000</v>
       </c>
       <c r="L18" s="17">
-        <f t="shared" si="1"/>
-        <v>45397</v>
+        <f t="shared" si="4"/>
+        <v>44333</v>
       </c>
       <c r="M18" s="17">
         <f t="shared" si="2"/>
-        <v>41442</v>
+        <v>41833</v>
       </c>
       <c r="N18" s="17">
+        <f t="shared" si="1"/>
+        <v>2500</v>
+      </c>
+      <c r="O18" s="17">
         <f t="shared" si="3"/>
-        <v>3955</v>
-[...3 lines deleted...]
-        <v>5190</v>
+        <v>4675</v>
       </c>
       <c r="P18" s="18">
         <v>200</v>
       </c>
       <c r="Q18" s="19">
-        <v>46044</v>
+        <v>46090</v>
       </c>
       <c r="R18" s="18" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A19" s="18" t="s">
-        <v>201</v>
+        <v>165</v>
       </c>
       <c r="B19" s="18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C19" s="18" t="s">
-        <v>193</v>
+        <v>160</v>
       </c>
       <c r="D19" s="18" t="s">
-        <v>202</v>
+        <v>222</v>
       </c>
       <c r="E19" s="18" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F19" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G19" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H19" s="18">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I19" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>667</v>
       </c>
       <c r="J19" s="18">
-        <v>3700</v>
+        <v>4636</v>
       </c>
       <c r="K19" s="18">
-        <v>1925</v>
+        <v>1910</v>
       </c>
       <c r="L19" s="17">
-        <f t="shared" si="1"/>
-        <v>43377</v>
+        <f t="shared" si="4"/>
+        <v>45504</v>
       </c>
       <c r="M19" s="17">
         <f t="shared" si="2"/>
-        <v>39952</v>
+        <v>42094</v>
       </c>
       <c r="N19" s="17">
+        <f t="shared" si="1"/>
+        <v>3410</v>
+      </c>
+      <c r="O19" s="17">
         <f t="shared" si="3"/>
-        <v>3425</v>
-[...3 lines deleted...]
-        <v>3700</v>
+        <v>4936</v>
       </c>
       <c r="P19" s="18">
         <v>200</v>
       </c>
       <c r="Q19" s="19">
-        <v>45735</v>
+        <v>46087</v>
       </c>
       <c r="R19" s="18" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A20" s="18" t="s">
-        <v>201</v>
+        <v>165</v>
       </c>
       <c r="B20" s="18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C20" s="18" t="s">
-        <v>193</v>
+        <v>160</v>
       </c>
       <c r="D20" s="18" t="s">
-        <v>388</v>
+        <v>224</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F20" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G20" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H20" s="18">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I20" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>667</v>
       </c>
       <c r="J20" s="18">
-        <v>4950</v>
+        <v>4600</v>
       </c>
       <c r="K20" s="18">
-        <v>2562</v>
+        <v>1830</v>
       </c>
       <c r="L20" s="17">
-        <f t="shared" si="1"/>
-        <v>45264</v>
+        <f t="shared" si="4"/>
+        <v>45388</v>
       </c>
       <c r="M20" s="17">
         <f t="shared" si="2"/>
-        <v>41202</v>
+        <v>42058</v>
       </c>
       <c r="N20" s="17">
+        <f t="shared" si="1"/>
+        <v>3330</v>
+      </c>
+      <c r="O20" s="17">
         <f t="shared" si="3"/>
-        <v>4062</v>
-[...3 lines deleted...]
-        <v>4950</v>
+        <v>4900</v>
       </c>
       <c r="P20" s="18">
         <v>200</v>
       </c>
       <c r="Q20" s="19">
-        <v>45919</v>
+        <v>46090</v>
       </c>
       <c r="R20" s="18" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A21" s="18" t="s">
-        <v>280</v>
+        <v>153</v>
       </c>
       <c r="B21" s="18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C21" s="18" t="s">
-        <v>281</v>
+        <v>160</v>
       </c>
       <c r="D21" s="18" t="s">
-        <v>282</v>
+        <v>226</v>
       </c>
       <c r="E21" s="18" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F21" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G21" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H21" s="18">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I21" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>667</v>
       </c>
       <c r="J21" s="18">
-        <v>3250</v>
+        <v>5094</v>
       </c>
       <c r="K21" s="18">
-        <v>3150</v>
+        <v>1860</v>
       </c>
       <c r="L21" s="17">
+        <f t="shared" si="4"/>
+        <v>45912</v>
+      </c>
+      <c r="M21" s="17">
+        <f t="shared" si="2"/>
+        <v>42552</v>
+      </c>
+      <c r="N21" s="17">
         <f t="shared" si="1"/>
-        <v>44152</v>
-[...7 lines deleted...]
-        <v>7900</v>
+        <v>3360</v>
       </c>
       <c r="O21" s="17">
-        <f>H21</f>
-        <v>0</v>
+        <f t="shared" si="3"/>
+        <v>5394</v>
       </c>
       <c r="P21" s="18">
         <v>200</v>
       </c>
       <c r="Q21" s="19">
-        <v>45764</v>
+        <v>46090</v>
       </c>
       <c r="R21" s="18" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="22" spans="1:18" ht="102" x14ac:dyDescent="0.2">
       <c r="A22" s="18" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="B22" s="18" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="C22" s="18" t="s">
-        <v>102</v>
+        <v>160</v>
       </c>
       <c r="D22" s="18" t="s">
-        <v>174</v>
+        <v>227</v>
       </c>
       <c r="E22" s="18" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F22" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G22" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H22" s="18">
-        <v>2621</v>
+        <v>300</v>
       </c>
       <c r="I22" s="18">
         <f t="shared" si="0"/>
-        <v>2979</v>
+        <v>667</v>
       </c>
       <c r="J22" s="18">
-        <v>4571</v>
+        <v>4602</v>
       </c>
       <c r="K22" s="18">
-        <v>0</v>
+        <v>1190</v>
       </c>
       <c r="L22" s="17">
-        <f t="shared" si="1"/>
-        <v>44944</v>
+        <f t="shared" si="4"/>
+        <v>44750</v>
       </c>
       <c r="M22" s="17">
         <f t="shared" si="2"/>
-        <v>43444</v>
+        <v>42060</v>
       </c>
       <c r="N22" s="17">
+        <f t="shared" si="1"/>
+        <v>2690</v>
+      </c>
+      <c r="O22" s="17">
         <f t="shared" si="3"/>
-        <v>1500</v>
-[...3 lines deleted...]
-        <v>7192</v>
+        <v>4902</v>
       </c>
       <c r="P22" s="18">
         <v>200</v>
       </c>
       <c r="Q22" s="19">
-        <v>45700</v>
+        <v>46090</v>
       </c>
       <c r="R22" s="18" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="23" spans="1:18" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A23" s="18" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="B23" s="18" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C23" s="18" t="s">
-        <v>102</v>
+        <v>160</v>
       </c>
       <c r="D23" s="18" t="s">
-        <v>176</v>
+        <v>229</v>
       </c>
       <c r="E23" s="18" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F23" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G23" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H23" s="18">
-        <v>2037</v>
+        <v>300</v>
       </c>
       <c r="I23" s="18">
         <f t="shared" si="0"/>
-        <v>2395</v>
+        <v>667</v>
       </c>
       <c r="J23" s="18">
-        <v>5904</v>
+        <v>4237</v>
       </c>
       <c r="K23" s="18">
-        <v>0</v>
+        <v>670</v>
       </c>
       <c r="L23" s="17">
-        <f t="shared" si="1"/>
-        <v>45693</v>
+        <f t="shared" si="4"/>
+        <v>43865</v>
       </c>
       <c r="M23" s="17">
         <f t="shared" si="2"/>
-        <v>44193</v>
+        <v>41695</v>
       </c>
       <c r="N23" s="17">
+        <f t="shared" si="1"/>
+        <v>2170</v>
+      </c>
+      <c r="O23" s="17">
         <f t="shared" si="3"/>
-        <v>1500</v>
-[...3 lines deleted...]
-        <v>7941</v>
+        <v>4537</v>
       </c>
       <c r="P23" s="18">
         <v>200</v>
       </c>
       <c r="Q23" s="19">
-        <v>45700</v>
+        <v>46083</v>
       </c>
       <c r="R23" s="18" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="24" spans="1:18" ht="102" x14ac:dyDescent="0.2">
       <c r="A24" s="18" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="B24" s="18" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="C24" s="18" t="s">
-        <v>102</v>
+        <v>160</v>
       </c>
       <c r="D24" s="18" t="s">
-        <v>104</v>
+        <v>231</v>
       </c>
       <c r="E24" s="18" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F24" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G24" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H24" s="18">
-        <v>1011</v>
+        <v>300</v>
       </c>
       <c r="I24" s="18">
         <f t="shared" si="0"/>
-        <v>1369</v>
+        <v>667</v>
       </c>
       <c r="J24" s="18">
-        <v>7565</v>
+        <v>6563</v>
       </c>
       <c r="K24" s="18">
-        <v>0</v>
+        <v>760</v>
       </c>
       <c r="L24" s="17">
-        <f t="shared" si="1"/>
-        <v>46328</v>
+        <f>F24+I24+J24+K24+1500</f>
+        <v>46281</v>
       </c>
       <c r="M24" s="17">
-        <f t="shared" si="2"/>
-        <v>44828</v>
+        <f>F24+G24+H24+J24</f>
+        <v>44021</v>
       </c>
       <c r="N24" s="17">
-        <f t="shared" si="3"/>
-        <v>1500</v>
+        <f>K24+1500</f>
+        <v>2260</v>
       </c>
       <c r="O24" s="17">
-        <f t="shared" si="4"/>
-        <v>8576</v>
+        <f>H24+J24</f>
+        <v>6863</v>
       </c>
       <c r="P24" s="18">
         <v>200</v>
       </c>
       <c r="Q24" s="19">
-        <v>45700</v>
+        <v>46090</v>
       </c>
       <c r="R24" s="18" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:18" ht="39" x14ac:dyDescent="0.3">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="25" spans="1:18" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A25" s="18" t="s">
-        <v>192</v>
+        <v>170</v>
       </c>
       <c r="B25" s="18" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="C25" s="18" t="s">
-        <v>289</v>
+        <v>160</v>
       </c>
       <c r="D25" s="18" t="s">
-        <v>290</v>
+        <v>233</v>
       </c>
       <c r="E25" s="18" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F25" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G25" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H25" s="18">
-        <v>0</v>
+        <v>300</v>
       </c>
       <c r="I25" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>667</v>
       </c>
       <c r="J25" s="18">
-        <v>7950</v>
+        <v>6040</v>
       </c>
       <c r="K25" s="18">
-        <v>2600</v>
+        <v>2470</v>
       </c>
       <c r="L25" s="17">
+        <f t="shared" si="4"/>
+        <v>47468</v>
+      </c>
+      <c r="M25" s="17">
+        <f t="shared" si="2"/>
+        <v>43498</v>
+      </c>
+      <c r="N25" s="17">
         <f t="shared" si="1"/>
-        <v>48302</v>
-[...7 lines deleted...]
-        <v>4100</v>
+        <v>3970</v>
       </c>
       <c r="O25" s="17">
-        <f>J25</f>
-        <v>7950</v>
+        <f t="shared" si="3"/>
+        <v>6340</v>
       </c>
       <c r="P25" s="18">
         <v>200</v>
       </c>
       <c r="Q25" s="19">
-        <v>45919</v>
+        <v>46085</v>
       </c>
       <c r="R25" s="18" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="26" spans="1:18" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A26" s="18" t="s">
-        <v>192</v>
+        <v>166</v>
       </c>
       <c r="B26" s="18" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="C26" s="18" t="s">
-        <v>289</v>
+        <v>160</v>
       </c>
       <c r="D26" s="18" t="s">
-        <v>389</v>
+        <v>235</v>
       </c>
       <c r="E26" s="18" t="s">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F26" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G26" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H26" s="18">
-        <v>0</v>
+        <v>450</v>
       </c>
       <c r="I26" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>817</v>
       </c>
       <c r="J26" s="18">
-        <v>8200</v>
+        <v>4310</v>
       </c>
       <c r="K26" s="18">
-        <v>2600</v>
+        <v>1210</v>
       </c>
       <c r="L26" s="17">
-        <f t="shared" si="1"/>
-        <v>48552</v>
+        <f>F26+I26+J26+K26+1500</f>
+        <v>44628</v>
       </c>
       <c r="M26" s="17">
-        <f>F26+I26+J26</f>
-        <v>44452</v>
+        <f>F26+G26+H26+J26</f>
+        <v>41918</v>
       </c>
       <c r="N26" s="17">
-        <f>1500+K26</f>
-        <v>4100</v>
+        <f>K26+1500</f>
+        <v>2710</v>
       </c>
       <c r="O26" s="17">
-        <f>J26</f>
-        <v>8200</v>
+        <f>H26+J26</f>
+        <v>4760</v>
       </c>
       <c r="P26" s="18">
         <v>200</v>
       </c>
       <c r="Q26" s="19">
-        <v>45919</v>
+        <v>46090</v>
       </c>
       <c r="R26" s="18" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="27" spans="1:18" ht="102" x14ac:dyDescent="0.2">
       <c r="A27" s="18" t="s">
-        <v>225</v>
+        <v>167</v>
       </c>
       <c r="B27" s="18" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="C27" s="18" t="s">
-        <v>289</v>
+        <v>160</v>
       </c>
       <c r="D27" s="18" t="s">
-        <v>390</v>
+        <v>168</v>
       </c>
       <c r="E27" s="18" t="s">
-        <v>185</v>
+        <v>1</v>
       </c>
       <c r="F27" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G27" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H27" s="18">
-        <v>0</v>
+        <v>350</v>
       </c>
       <c r="I27" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>717</v>
       </c>
       <c r="J27" s="18">
-        <v>5500</v>
+        <v>3566</v>
       </c>
       <c r="K27" s="18">
-        <v>750</v>
+        <v>640</v>
       </c>
       <c r="L27" s="17">
-        <f t="shared" si="1"/>
-        <v>44002</v>
+        <f t="shared" si="4"/>
+        <v>43214</v>
       </c>
       <c r="M27" s="17">
-        <f>F27+I27+J27</f>
-        <v>41752</v>
+        <f>F27+G27+H27+J27</f>
+        <v>41074</v>
       </c>
       <c r="N27" s="17">
-        <f>1500+K27</f>
-        <v>2250</v>
+        <f>K27+1500</f>
+        <v>2140</v>
       </c>
       <c r="O27" s="17">
-        <f>J27</f>
-        <v>5500</v>
+        <f>H27+J27</f>
+        <v>3916</v>
       </c>
       <c r="P27" s="18">
         <v>200</v>
       </c>
       <c r="Q27" s="19">
-        <v>45919</v>
+        <v>46090</v>
       </c>
       <c r="R27" s="18" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="28" spans="1:18" ht="102" x14ac:dyDescent="0.2">
       <c r="A28" s="18" t="s">
-        <v>291</v>
+        <v>167</v>
       </c>
       <c r="B28" s="18" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="C28" s="18" t="s">
-        <v>289</v>
+        <v>160</v>
       </c>
       <c r="D28" s="18" t="s">
-        <v>292</v>
+        <v>238</v>
       </c>
       <c r="E28" s="18" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F28" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G28" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H28" s="18">
-        <v>0</v>
+        <v>350</v>
       </c>
       <c r="I28" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>717</v>
       </c>
       <c r="J28" s="18">
-        <v>5200</v>
+        <v>5337</v>
       </c>
       <c r="K28" s="18">
-        <v>600</v>
+        <v>680</v>
       </c>
       <c r="L28" s="17">
-        <f t="shared" si="1"/>
-        <v>43552</v>
+        <f>F28+I28+J28+K28+1500</f>
+        <v>45025</v>
       </c>
       <c r="M28" s="17">
-        <f>F28+I28+J28</f>
-        <v>41452</v>
+        <f>F28+G28+H28+J28</f>
+        <v>42845</v>
       </c>
       <c r="N28" s="17">
-        <f t="shared" si="3"/>
-        <v>2100</v>
+        <f>K28+1500</f>
+        <v>2180</v>
       </c>
       <c r="O28" s="17">
-        <f t="shared" si="4"/>
-        <v>5200</v>
+        <f>H28+J28</f>
+        <v>5687</v>
       </c>
       <c r="P28" s="18">
         <v>200</v>
       </c>
       <c r="Q28" s="19">
-        <v>45779</v>
+        <v>46090</v>
       </c>
       <c r="R28" s="18" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:18" ht="39" x14ac:dyDescent="0.3">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="29" spans="1:18" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A29" s="18" t="s">
-        <v>196</v>
+        <v>167</v>
       </c>
       <c r="B29" s="18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C29" s="18" t="s">
-        <v>289</v>
+        <v>160</v>
       </c>
       <c r="D29" s="18" t="s">
-        <v>294</v>
+        <v>240</v>
       </c>
       <c r="E29" s="18" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F29" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G29" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H29" s="18">
-        <v>0</v>
+        <v>350</v>
       </c>
       <c r="I29" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>717</v>
       </c>
       <c r="J29" s="18">
-        <v>6300</v>
+        <v>4335</v>
       </c>
       <c r="K29" s="18">
+        <v>200</v>
+      </c>
+      <c r="L29" s="17">
+        <f t="shared" ref="L29" si="5">F29+I29+J29+K29+1500</f>
+        <v>43543</v>
+      </c>
+      <c r="M29" s="17">
+        <f t="shared" ref="M29" si="6">F29+G29+H29+J29</f>
+        <v>41843</v>
+      </c>
+      <c r="N29" s="17">
+        <f t="shared" ref="N29" si="7">K29+1500</f>
         <v>1700</v>
       </c>
-      <c r="L29" s="17">
-[...10 lines deleted...]
-      </c>
       <c r="O29" s="17">
-        <f>H29</f>
-        <v>0</v>
+        <f t="shared" ref="O29:O32" si="8">H29+J29</f>
+        <v>4685</v>
       </c>
       <c r="P29" s="18">
         <v>200</v>
       </c>
       <c r="Q29" s="19">
-        <v>45784</v>
+        <v>46090</v>
       </c>
       <c r="R29" s="18" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:18" ht="39" x14ac:dyDescent="0.3">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="30" spans="1:18" ht="51" x14ac:dyDescent="0.2">
       <c r="A30" s="18" t="s">
-        <v>196</v>
+        <v>242</v>
       </c>
       <c r="B30" s="18" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="C30" s="18" t="s">
-        <v>289</v>
+        <v>243</v>
       </c>
       <c r="D30" s="18" t="s">
-        <v>296</v>
+        <v>244</v>
       </c>
       <c r="E30" s="18" t="s">
-        <v>3</v>
+        <v>147</v>
       </c>
       <c r="F30" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G30" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H30" s="18">
         <v>0</v>
       </c>
       <c r="I30" s="18">
-        <f t="shared" si="0"/>
-        <v>358</v>
+        <f>G30+H30</f>
+        <v>367</v>
       </c>
       <c r="J30" s="18">
-        <v>9600</v>
+        <v>7000</v>
       </c>
       <c r="K30" s="18">
-        <v>2600</v>
+        <v>2500</v>
       </c>
       <c r="L30" s="17">
-        <f t="shared" si="1"/>
-        <v>49952</v>
+        <f>F30+I30+J30+K30+1500</f>
+        <v>48158</v>
       </c>
       <c r="M30" s="17">
-        <f>F30+I30</f>
-        <v>36252</v>
+        <f>F30+G30+H30+J30+K30</f>
+        <v>46658</v>
       </c>
       <c r="N30" s="17">
-        <f>1500+K30+J30</f>
-        <v>13700</v>
+        <f>1500</f>
+        <v>1500</v>
       </c>
       <c r="O30" s="17">
-        <f>H30</f>
-        <v>0</v>
+        <f>H30+J30+K30</f>
+        <v>9500</v>
       </c>
       <c r="P30" s="18">
         <v>200</v>
       </c>
       <c r="Q30" s="19">
-        <v>45919</v>
+        <v>46093</v>
       </c>
       <c r="R30" s="18" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="31" spans="1:18" ht="102" x14ac:dyDescent="0.2">
       <c r="A31" s="18" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="B31" s="18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C31" s="18" t="s">
-        <v>289</v>
+        <v>171</v>
       </c>
       <c r="D31" s="18" t="s">
-        <v>297</v>
+        <v>247</v>
       </c>
       <c r="E31" s="18" t="s">
-        <v>2</v>
+        <v>147</v>
       </c>
       <c r="F31" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G31" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H31" s="18">
         <v>0</v>
       </c>
       <c r="I31" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="J31" s="18">
-        <v>5500</v>
+        <v>7450</v>
       </c>
       <c r="K31" s="18">
-        <v>350</v>
+        <v>1000</v>
       </c>
       <c r="L31" s="17">
-        <f t="shared" si="1"/>
-        <v>43602</v>
+        <f>F31+I31+J31+K31+1500</f>
+        <v>47108</v>
       </c>
       <c r="M31" s="17">
-        <f>F31+I31+J31</f>
-        <v>41752</v>
+        <f>F31+G31+H31+J31</f>
+        <v>44608</v>
       </c>
       <c r="N31" s="17">
-        <f>1500+K31</f>
-        <v>1850</v>
+        <f>K31+1500</f>
+        <v>2500</v>
       </c>
       <c r="O31" s="17">
-        <f>H31+J31</f>
-        <v>5500</v>
+        <f t="shared" si="8"/>
+        <v>7450</v>
       </c>
       <c r="P31" s="18">
         <v>200</v>
       </c>
       <c r="Q31" s="19">
-        <v>45779</v>
+        <v>46093</v>
       </c>
       <c r="R31" s="18" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:18" ht="52" x14ac:dyDescent="0.3">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="32" spans="1:18" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A32" s="18" t="s">
-        <v>249</v>
+        <v>156</v>
       </c>
       <c r="B32" s="18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C32" s="18" t="s">
-        <v>289</v>
+        <v>171</v>
       </c>
       <c r="D32" s="18" t="s">
-        <v>299</v>
+        <v>248</v>
       </c>
       <c r="E32" s="18" t="s">
-        <v>3</v>
+        <v>147</v>
       </c>
       <c r="F32" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G32" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H32" s="18">
         <v>0</v>
       </c>
       <c r="I32" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="J32" s="18">
-        <v>6300</v>
+        <v>6000</v>
       </c>
       <c r="K32" s="18">
-        <v>450</v>
+        <v>1500</v>
       </c>
       <c r="L32" s="17">
-        <f t="shared" si="1"/>
-        <v>44502</v>
+        <f>F32+I32+J32+K32+1500</f>
+        <v>46158</v>
       </c>
       <c r="M32" s="17">
-        <f>F32+I32+J32</f>
-        <v>42552</v>
+        <f>F32+G32+H32+J32</f>
+        <v>43158</v>
       </c>
       <c r="N32" s="17">
-        <f>1500+K32</f>
-        <v>1950</v>
+        <f>K32+1500</f>
+        <v>3000</v>
       </c>
       <c r="O32" s="17">
-        <f>H32+J32</f>
-        <v>6300</v>
+        <f t="shared" si="8"/>
+        <v>6000</v>
       </c>
       <c r="P32" s="18">
         <v>200</v>
       </c>
       <c r="Q32" s="19">
-        <v>45779</v>
+        <v>46093</v>
       </c>
       <c r="R32" s="18" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:18" ht="39" x14ac:dyDescent="0.3">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="33" spans="1:18" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A33" s="18" t="s">
-        <v>203</v>
+        <v>178</v>
       </c>
       <c r="B33" s="18" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C33" s="18" t="s">
-        <v>204</v>
+        <v>169</v>
       </c>
       <c r="D33" s="18" t="s">
-        <v>205</v>
+        <v>249</v>
       </c>
       <c r="E33" s="18" t="s">
-        <v>185</v>
+        <v>1</v>
       </c>
       <c r="F33" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G33" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H33" s="18">
         <v>0</v>
       </c>
       <c r="I33" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="J33" s="18">
-        <v>4118</v>
+        <v>7962</v>
       </c>
       <c r="K33" s="18">
-        <v>1250</v>
+        <v>1120</v>
       </c>
       <c r="L33" s="17">
-        <f t="shared" si="1"/>
-        <v>43120</v>
+        <f>F33+I33+J33+K33+1500</f>
+        <v>47740</v>
       </c>
       <c r="M33" s="17">
-        <f t="shared" si="2"/>
-        <v>40370</v>
+        <f t="shared" ref="M33:M35" si="9">F33+G33+H33+J33</f>
+        <v>45120</v>
       </c>
       <c r="N33" s="17">
-        <f t="shared" si="3"/>
-        <v>2750</v>
+        <f>K33+1500</f>
+        <v>2620</v>
       </c>
       <c r="O33" s="17">
-        <f t="shared" si="4"/>
-        <v>4118</v>
+        <f>H33+J33</f>
+        <v>7962</v>
       </c>
       <c r="P33" s="18">
         <v>200</v>
       </c>
       <c r="Q33" s="19">
-        <v>45728</v>
+        <v>46087</v>
       </c>
       <c r="R33" s="18" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:18" ht="39" x14ac:dyDescent="0.3">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="34" spans="1:18" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A34" s="18" t="s">
-        <v>207</v>
+        <v>178</v>
       </c>
       <c r="B34" s="18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C34" s="18" t="s">
-        <v>204</v>
+        <v>169</v>
       </c>
       <c r="D34" s="18" t="s">
-        <v>208</v>
+        <v>251</v>
       </c>
       <c r="E34" s="18" t="s">
-        <v>185</v>
+        <v>1</v>
       </c>
       <c r="F34" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G34" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H34" s="18">
         <v>0</v>
       </c>
       <c r="I34" s="18">
-        <f t="shared" si="0"/>
-        <v>358</v>
+        <f>G34+H34</f>
+        <v>367</v>
       </c>
       <c r="J34" s="18">
-        <v>3230</v>
+        <v>5132</v>
       </c>
       <c r="K34" s="18">
-        <v>1200</v>
+        <v>1230</v>
       </c>
       <c r="L34" s="17">
-        <f t="shared" si="1"/>
-        <v>42182</v>
+        <f t="shared" si="4"/>
+        <v>45020</v>
       </c>
       <c r="M34" s="17">
-        <f t="shared" si="2"/>
-        <v>39482</v>
+        <f t="shared" si="9"/>
+        <v>42290</v>
       </c>
       <c r="N34" s="17">
-        <f t="shared" si="3"/>
-        <v>2700</v>
+        <f>K34+1500</f>
+        <v>2730</v>
       </c>
       <c r="O34" s="17">
-        <f t="shared" si="4"/>
-        <v>3230</v>
+        <f>H34+J34</f>
+        <v>5132</v>
       </c>
       <c r="P34" s="18">
         <v>200</v>
       </c>
       <c r="Q34" s="19">
-        <v>45735</v>
+        <v>46087</v>
       </c>
       <c r="R34" s="18" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="35" spans="1:18" ht="102" x14ac:dyDescent="0.2">
       <c r="A35" s="18" t="s">
-        <v>209</v>
+        <v>161</v>
       </c>
       <c r="B35" s="18" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="C35" s="18" t="s">
-        <v>204</v>
+        <v>169</v>
       </c>
       <c r="D35" s="18" t="s">
-        <v>391</v>
+        <v>253</v>
       </c>
       <c r="E35" s="18" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F35" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G35" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H35" s="18">
         <v>0</v>
       </c>
       <c r="I35" s="18">
-        <f t="shared" si="0"/>
-        <v>358</v>
+        <f>G35+H35</f>
+        <v>367</v>
       </c>
       <c r="J35" s="18">
-        <v>3500</v>
+        <v>4400</v>
       </c>
       <c r="K35" s="18">
-        <v>2000</v>
+        <v>0</v>
       </c>
       <c r="L35" s="17">
-        <f t="shared" si="1"/>
-        <v>43252</v>
+        <f t="shared" si="4"/>
+        <v>43058</v>
       </c>
       <c r="M35" s="17">
-        <f t="shared" si="2"/>
-        <v>39752</v>
+        <f t="shared" si="9"/>
+        <v>41558</v>
       </c>
       <c r="N35" s="17">
-        <f t="shared" si="3"/>
-        <v>3500</v>
+        <f>K35+1500</f>
+        <v>1500</v>
       </c>
       <c r="O35" s="17">
-        <f t="shared" si="4"/>
-        <v>3500</v>
+        <f>H35+J35</f>
+        <v>4400</v>
       </c>
       <c r="P35" s="18">
         <v>200</v>
       </c>
       <c r="Q35" s="19">
-        <v>45728</v>
+        <v>46090</v>
       </c>
       <c r="R35" s="18" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:18" ht="65" x14ac:dyDescent="0.3">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A36" s="18" t="s">
-        <v>209</v>
+        <v>254</v>
       </c>
       <c r="B36" s="18" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C36" s="18" t="s">
-        <v>204</v>
+        <v>169</v>
       </c>
       <c r="D36" s="18" t="s">
-        <v>392</v>
+        <v>255</v>
       </c>
       <c r="E36" s="18" t="s">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F36" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G36" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H36" s="18">
         <v>0</v>
       </c>
       <c r="I36" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="J36" s="18">
-        <v>4000</v>
+        <v>7077</v>
       </c>
       <c r="K36" s="18">
-        <v>2000</v>
+        <v>0</v>
       </c>
       <c r="L36" s="17">
-        <f t="shared" si="1"/>
-        <v>43752</v>
+        <f t="shared" si="4"/>
+        <v>45735</v>
       </c>
       <c r="M36" s="17">
         <f t="shared" si="2"/>
-        <v>40252</v>
+        <v>44235</v>
       </c>
       <c r="N36" s="17">
+        <f t="shared" si="1"/>
+        <v>1500</v>
+      </c>
+      <c r="O36" s="17">
         <f t="shared" si="3"/>
-        <v>3500</v>
-[...3 lines deleted...]
-        <v>4000</v>
+        <v>7077</v>
       </c>
       <c r="P36" s="18">
         <v>200</v>
       </c>
       <c r="Q36" s="19">
-        <v>45909</v>
+        <v>46086</v>
       </c>
       <c r="R36" s="18" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:18" ht="39" x14ac:dyDescent="0.3">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="37" spans="1:18" ht="114.75" x14ac:dyDescent="0.2">
       <c r="A37" s="18" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="B37" s="18" t="s">
+        <v>256</v>
+      </c>
+      <c r="B37" s="105" t="s">
         <v>37</v>
       </c>
       <c r="C37" s="18" t="s">
-        <v>204</v>
+        <v>169</v>
       </c>
       <c r="D37" s="18" t="s">
-        <v>211</v>
+        <v>257</v>
       </c>
       <c r="E37" s="18" t="s">
-        <v>185</v>
+        <v>1</v>
       </c>
       <c r="F37" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G37" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H37" s="18">
         <v>0</v>
       </c>
       <c r="I37" s="18">
         <f t="shared" si="0"/>
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="J37" s="18">
-        <v>3200</v>
+        <v>4964</v>
       </c>
       <c r="K37" s="18">
-        <v>1250</v>
+        <v>631</v>
       </c>
       <c r="L37" s="17">
-        <f t="shared" si="1"/>
-        <v>42202</v>
+        <f t="shared" si="4"/>
+        <v>44253</v>
       </c>
       <c r="M37" s="17">
         <f t="shared" si="2"/>
-        <v>39452</v>
+        <v>42122</v>
       </c>
       <c r="N37" s="17">
+        <f t="shared" si="1"/>
+        <v>2131</v>
+      </c>
+      <c r="O37" s="17">
         <f t="shared" si="3"/>
-        <v>2750</v>
-[...3 lines deleted...]
-        <v>3200</v>
+        <v>4964</v>
       </c>
       <c r="P37" s="18">
         <v>200</v>
       </c>
       <c r="Q37" s="19">
-        <v>45728</v>
+        <v>46086</v>
       </c>
       <c r="R37" s="18" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:18" ht="91" x14ac:dyDescent="0.3">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="38" spans="1:18" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A38" s="18" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>259</v>
+      </c>
+      <c r="B38" s="105" t="s">
+        <v>31</v>
       </c>
       <c r="C38" s="18" t="s">
-        <v>105</v>
+        <v>169</v>
       </c>
       <c r="D38" s="18" t="s">
-        <v>300</v>
+        <v>260</v>
       </c>
       <c r="E38" s="18" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F38" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G38" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H38" s="18">
-        <f t="shared" ref="H38:H46" si="5">300+194</f>
-        <v>494</v>
+        <v>0</v>
       </c>
       <c r="I38" s="18">
         <f t="shared" si="0"/>
-        <v>852</v>
+        <v>367</v>
       </c>
       <c r="J38" s="18">
-        <v>4000</v>
+        <v>7445</v>
       </c>
       <c r="K38" s="18">
-        <v>1064</v>
+        <v>2110</v>
       </c>
       <c r="L38" s="17">
+        <f>F38+I38+J38+K38+1500</f>
+        <v>48213</v>
+      </c>
+      <c r="M38" s="17">
+        <f t="shared" si="2"/>
+        <v>44603</v>
+      </c>
+      <c r="N38" s="17">
         <f t="shared" si="1"/>
-        <v>43310</v>
-[...7 lines deleted...]
-        <v>2864</v>
+        <v>3610</v>
       </c>
       <c r="O38" s="17">
-        <f t="shared" ref="O38:O46" si="8">H38+J38-300</f>
-        <v>4194</v>
+        <f t="shared" si="3"/>
+        <v>7445</v>
       </c>
       <c r="P38" s="18">
         <v>200</v>
       </c>
       <c r="Q38" s="19">
-        <v>45782</v>
+        <v>46090</v>
       </c>
       <c r="R38" s="18" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:18" ht="91" x14ac:dyDescent="0.3">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="39" spans="1:18" ht="102" x14ac:dyDescent="0.2">
       <c r="A39" s="18" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>140</v>
+      </c>
+      <c r="B39" s="105" t="s">
+        <v>35</v>
       </c>
       <c r="C39" s="18" t="s">
-        <v>105</v>
+        <v>169</v>
       </c>
       <c r="D39" s="18" t="s">
-        <v>332</v>
+        <v>262</v>
       </c>
       <c r="E39" s="18" t="s">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F39" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G39" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H39" s="18">
-        <f t="shared" si="5"/>
-        <v>494</v>
+        <v>0</v>
       </c>
       <c r="I39" s="18">
         <f t="shared" si="0"/>
-        <v>852</v>
+        <v>367</v>
       </c>
       <c r="J39" s="18">
-        <v>3750</v>
+        <v>2352</v>
       </c>
       <c r="K39" s="18">
-        <v>1197</v>
+        <v>0</v>
       </c>
       <c r="L39" s="17">
+        <f>F39+I39+J39+K39+1500</f>
+        <v>41010</v>
+      </c>
+      <c r="M39" s="17">
+        <f t="shared" si="2"/>
+        <v>39510</v>
+      </c>
+      <c r="N39" s="17">
         <f t="shared" si="1"/>
-        <v>43193</v>
-[...7 lines deleted...]
-        <v>2997</v>
+        <v>1500</v>
       </c>
       <c r="O39" s="17">
-        <f t="shared" si="8"/>
-        <v>3944</v>
+        <f t="shared" si="3"/>
+        <v>2352</v>
       </c>
       <c r="P39" s="18">
         <v>200</v>
       </c>
       <c r="Q39" s="19">
-        <v>45905</v>
+        <v>46090</v>
       </c>
       <c r="R39" s="18" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:18" ht="91" x14ac:dyDescent="0.3">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="40" spans="1:18" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A40" s="18" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>100</v>
+      </c>
+      <c r="B40" s="105" t="s">
+        <v>35</v>
       </c>
       <c r="C40" s="18" t="s">
-        <v>105</v>
+        <v>169</v>
       </c>
       <c r="D40" s="18" t="s">
-        <v>334</v>
+        <v>264</v>
       </c>
       <c r="E40" s="18" t="s">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F40" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G40" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H40" s="18">
-        <f t="shared" si="5"/>
-        <v>494</v>
+        <v>0</v>
       </c>
       <c r="I40" s="18">
         <f t="shared" si="0"/>
-        <v>852</v>
+        <v>367</v>
       </c>
       <c r="J40" s="18">
-        <v>3000</v>
+        <v>6044</v>
       </c>
       <c r="K40" s="18">
         <v>0</v>
       </c>
       <c r="L40" s="17">
+        <f t="shared" ref="L40:L41" si="10">F40+I40+J40+K40+1500</f>
+        <v>44702</v>
+      </c>
+      <c r="M40" s="17">
+        <f t="shared" si="2"/>
+        <v>43202</v>
+      </c>
+      <c r="N40" s="17">
         <f t="shared" si="1"/>
-        <v>41246</v>
-[...7 lines deleted...]
-        <v>1800</v>
+        <v>1500</v>
       </c>
       <c r="O40" s="17">
-        <f t="shared" si="8"/>
-        <v>3194</v>
+        <f t="shared" si="3"/>
+        <v>6044</v>
       </c>
       <c r="P40" s="18">
         <v>200</v>
       </c>
       <c r="Q40" s="19">
-        <v>45898</v>
+        <v>46090</v>
       </c>
       <c r="R40" s="18" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:18" ht="91" x14ac:dyDescent="0.3">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="41" spans="1:18" ht="76.5" x14ac:dyDescent="0.2">
       <c r="A41" s="18" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="B41" s="18" t="s">
+        <v>180</v>
+      </c>
+      <c r="B41" s="105" t="s">
         <v>36</v>
       </c>
       <c r="C41" s="18" t="s">
-        <v>105</v>
+        <v>169</v>
       </c>
       <c r="D41" s="18" t="s">
-        <v>177</v>
+        <v>265</v>
       </c>
       <c r="E41" s="18" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F41" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G41" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H41" s="18">
-        <f t="shared" si="5"/>
-        <v>494</v>
+        <v>0</v>
       </c>
       <c r="I41" s="18">
         <f t="shared" si="0"/>
-        <v>852</v>
+        <v>367</v>
       </c>
       <c r="J41" s="18">
-        <v>4250</v>
+        <v>2113</v>
       </c>
       <c r="K41" s="18">
-        <v>420</v>
+        <v>2160</v>
       </c>
       <c r="L41" s="17">
+        <f t="shared" si="10"/>
+        <v>42931</v>
+      </c>
+      <c r="M41" s="17">
+        <f t="shared" si="2"/>
+        <v>39271</v>
+      </c>
+      <c r="N41" s="17">
         <f t="shared" si="1"/>
-        <v>42916</v>
-[...7 lines deleted...]
-        <v>2220</v>
+        <v>3660</v>
       </c>
       <c r="O41" s="17">
-        <f t="shared" si="8"/>
-        <v>4444</v>
+        <f t="shared" si="3"/>
+        <v>2113</v>
       </c>
       <c r="P41" s="18">
         <v>200</v>
       </c>
       <c r="Q41" s="19">
-        <v>45700</v>
+        <v>46090</v>
       </c>
       <c r="R41" s="18" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:18" ht="91" x14ac:dyDescent="0.3">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="42" spans="1:18" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A42" s="18" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>33</v>
+      </c>
+      <c r="B42" s="105" t="s">
+        <v>31</v>
       </c>
       <c r="C42" s="18" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="D42" s="18" t="s">
-        <v>213</v>
+        <v>146</v>
       </c>
       <c r="E42" s="18" t="s">
-        <v>2</v>
+        <v>147</v>
       </c>
       <c r="F42" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G42" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H42" s="18">
-        <f t="shared" si="5"/>
-        <v>494</v>
+        <v>0</v>
       </c>
       <c r="I42" s="18">
         <f t="shared" si="0"/>
-        <v>852</v>
+        <v>367</v>
       </c>
       <c r="J42" s="18">
-        <v>5500</v>
+        <v>8165</v>
       </c>
       <c r="K42" s="18">
-        <v>700</v>
+        <v>2189</v>
       </c>
       <c r="L42" s="17">
-        <f t="shared" si="1"/>
-        <v>44446</v>
+        <f>F42+I42+J42+K42+1500</f>
+        <v>49012</v>
       </c>
       <c r="M42" s="17">
-        <f t="shared" si="6"/>
-        <v>41946</v>
+        <f>F42+G42+H42+J42+K42</f>
+        <v>47512</v>
       </c>
       <c r="N42" s="17">
-        <f t="shared" si="7"/>
-        <v>2500</v>
+        <v>1500</v>
       </c>
       <c r="O42" s="17">
-        <f t="shared" si="8"/>
-        <v>5694</v>
+        <f>H42+J42+K42</f>
+        <v>10354</v>
       </c>
       <c r="P42" s="18">
         <v>200</v>
       </c>
       <c r="Q42" s="19">
-        <v>45735</v>
+        <v>46093</v>
       </c>
       <c r="R42" s="18" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:18" ht="91" x14ac:dyDescent="0.3">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="43" spans="1:18" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A43" s="18" t="s">
-        <v>212</v>
+        <v>164</v>
       </c>
       <c r="B43" s="18" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="C43" s="18" t="s">
-        <v>105</v>
+        <v>160</v>
       </c>
       <c r="D43" s="18" t="s">
-        <v>336</v>
+        <v>267</v>
       </c>
       <c r="E43" s="18" t="s">
-        <v>3</v>
+        <v>102</v>
       </c>
       <c r="F43" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G43" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H43" s="18">
-        <f t="shared" si="5"/>
-        <v>494</v>
+        <v>300</v>
       </c>
       <c r="I43" s="18">
         <f t="shared" si="0"/>
-        <v>852</v>
+        <v>667</v>
       </c>
       <c r="J43" s="18">
-        <v>5000</v>
+        <v>4375</v>
       </c>
       <c r="K43" s="18">
-        <v>678</v>
+        <v>860</v>
       </c>
       <c r="L43" s="17">
-        <f t="shared" si="1"/>
-        <v>43924</v>
+        <f>F43+I43+J43+K43+1500</f>
+        <v>44193</v>
       </c>
       <c r="M43" s="17">
-        <f t="shared" si="6"/>
-        <v>41446</v>
+        <f>F43+G43+H43+J43</f>
+        <v>41833</v>
       </c>
       <c r="N43" s="17">
-        <f t="shared" si="7"/>
-        <v>2478</v>
+        <f>K43+1500</f>
+        <v>2360</v>
       </c>
       <c r="O43" s="17">
-        <f t="shared" si="8"/>
-        <v>5194</v>
+        <f>H43+J43</f>
+        <v>4675</v>
       </c>
       <c r="P43" s="18">
         <v>200</v>
       </c>
       <c r="Q43" s="19">
-        <v>45905</v>
+        <v>46094</v>
       </c>
       <c r="R43" s="18" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:18" ht="78" x14ac:dyDescent="0.3">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="44" spans="1:18" ht="89.25" x14ac:dyDescent="0.2">
       <c r="A44" s="18" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="B44" s="18" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="C44" s="18" t="s">
-        <v>105</v>
+        <v>160</v>
       </c>
       <c r="D44" s="18" t="s">
-        <v>178</v>
+        <v>268</v>
       </c>
       <c r="E44" s="18" t="s">
-        <v>2</v>
+        <v>103</v>
       </c>
       <c r="F44" s="18">
-        <v>35894</v>
+        <v>36791</v>
       </c>
       <c r="G44" s="18">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H44" s="18">
-        <f t="shared" si="5"/>
-        <v>494</v>
+        <v>240</v>
       </c>
       <c r="I44" s="18">
         <f t="shared" si="0"/>
-        <v>852</v>
+        <v>607</v>
       </c>
       <c r="J44" s="18">
-        <v>6500</v>
+        <v>4375</v>
       </c>
       <c r="K44" s="18">
-        <v>1564</v>
+        <v>860</v>
       </c>
       <c r="L44" s="17">
-        <f t="shared" si="1"/>
-        <v>46310</v>
+        <f>F44+I44+J44+K44+1500</f>
+        <v>44133</v>
       </c>
       <c r="M44" s="17">
-        <f t="shared" si="6"/>
-        <v>42946</v>
+        <f>F44+G44+H44+J44</f>
+        <v>41773</v>
       </c>
       <c r="N44" s="17">
-        <f t="shared" si="7"/>
-        <v>3364</v>
+        <f>K44+1500</f>
+        <v>2360</v>
       </c>
       <c r="O44" s="17">
-        <f t="shared" si="8"/>
-        <v>6694</v>
+        <f>H44+J44</f>
+        <v>4615</v>
       </c>
       <c r="P44" s="18">
         <v>200</v>
       </c>
       <c r="Q44" s="19">
-        <v>45700</v>
+        <v>46094</v>
       </c>
       <c r="R44" s="18" t="s">
-        <v>152</v>
-[...428 lines deleted...]
-      <c r="R51" s="18" t="s">
         <v>221</v>
       </c>
     </row>
-    <row r="52" spans="1:18" ht="78" x14ac:dyDescent="0.3">
-[...5250 lines deleted...]
-    <row r="138" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A45" s="101"/>
+      <c r="B45" s="101"/>
+      <c r="C45" s="101"/>
+      <c r="D45" s="101"/>
+      <c r="E45" s="101"/>
+      <c r="F45" s="101"/>
+      <c r="G45" s="101"/>
+      <c r="H45" s="101"/>
+      <c r="I45" s="101"/>
+      <c r="J45" s="101"/>
+      <c r="K45" s="101"/>
+      <c r="L45" s="102"/>
+      <c r="M45" s="102"/>
+      <c r="N45" s="102"/>
+      <c r="O45" s="102"/>
+      <c r="P45" s="101"/>
+      <c r="Q45" s="103"/>
+      <c r="R45" s="101"/>
+    </row>
+    <row r="46" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A46" s="101"/>
+      <c r="B46" s="101"/>
+      <c r="C46" s="101"/>
+      <c r="D46" s="101"/>
+      <c r="E46" s="101"/>
+      <c r="F46" s="101"/>
+      <c r="G46" s="101"/>
+      <c r="H46" s="101"/>
+      <c r="I46" s="101"/>
+      <c r="J46" s="101"/>
+      <c r="K46" s="101"/>
+      <c r="L46" s="102"/>
+      <c r="M46" s="102"/>
+      <c r="N46" s="102"/>
+      <c r="O46" s="102"/>
+      <c r="P46" s="101"/>
+      <c r="Q46" s="103"/>
+      <c r="R46" s="101"/>
+    </row>
+    <row r="47" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A47" s="101"/>
+      <c r="B47" s="101"/>
+      <c r="C47" s="101"/>
+      <c r="D47" s="101"/>
+      <c r="E47" s="101"/>
+      <c r="F47" s="101"/>
+      <c r="G47" s="101"/>
+      <c r="H47" s="101"/>
+      <c r="I47" s="101"/>
+      <c r="J47" s="101"/>
+      <c r="K47" s="101"/>
+      <c r="L47" s="102"/>
+      <c r="M47" s="102"/>
+      <c r="N47" s="102"/>
+      <c r="O47" s="102"/>
+      <c r="P47" s="101"/>
+      <c r="Q47" s="103"/>
+      <c r="R47" s="101"/>
+    </row>
+    <row r="48" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A48" s="101"/>
+      <c r="B48" s="101"/>
+      <c r="C48" s="101"/>
+      <c r="D48" s="101"/>
+      <c r="E48" s="101"/>
+      <c r="F48" s="101"/>
+      <c r="G48" s="101"/>
+      <c r="H48" s="101"/>
+      <c r="I48" s="101"/>
+      <c r="J48" s="101"/>
+      <c r="K48" s="101"/>
+      <c r="L48" s="102"/>
+      <c r="M48" s="102"/>
+      <c r="N48" s="102"/>
+      <c r="O48" s="102"/>
+      <c r="P48" s="101"/>
+      <c r="Q48" s="103"/>
+      <c r="R48" s="101"/>
+    </row>
+    <row r="49" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A49" s="101"/>
+      <c r="B49" s="101"/>
+      <c r="C49" s="101"/>
+      <c r="D49" s="101"/>
+      <c r="E49" s="101"/>
+      <c r="F49" s="101"/>
+      <c r="G49" s="101"/>
+      <c r="H49" s="101"/>
+      <c r="I49" s="101"/>
+      <c r="J49" s="101"/>
+      <c r="K49" s="101"/>
+      <c r="L49" s="102"/>
+      <c r="M49" s="102"/>
+      <c r="N49" s="102"/>
+      <c r="O49" s="102"/>
+      <c r="P49" s="101"/>
+      <c r="Q49" s="103"/>
+      <c r="R49" s="101"/>
+    </row>
+    <row r="50" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A50" s="101"/>
+      <c r="B50" s="101"/>
+      <c r="C50" s="101"/>
+      <c r="D50" s="101"/>
+      <c r="E50" s="101"/>
+      <c r="F50" s="101"/>
+      <c r="G50" s="101"/>
+      <c r="H50" s="101"/>
+      <c r="I50" s="101"/>
+      <c r="J50" s="101"/>
+      <c r="K50" s="101"/>
+      <c r="L50" s="102"/>
+      <c r="M50" s="102"/>
+      <c r="N50" s="102"/>
+      <c r="O50" s="102"/>
+      <c r="P50" s="101"/>
+      <c r="Q50" s="103"/>
+      <c r="R50" s="101"/>
+    </row>
+    <row r="51" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A51" s="101"/>
+      <c r="B51" s="101"/>
+      <c r="C51" s="101"/>
+      <c r="D51" s="101"/>
+      <c r="E51" s="101"/>
+      <c r="F51" s="101"/>
+      <c r="G51" s="101"/>
+      <c r="H51" s="101"/>
+      <c r="I51" s="101"/>
+      <c r="J51" s="101"/>
+      <c r="K51" s="101"/>
+      <c r="L51" s="102"/>
+      <c r="M51" s="102"/>
+      <c r="N51" s="102"/>
+      <c r="O51" s="102"/>
+      <c r="P51" s="101"/>
+      <c r="Q51" s="103"/>
+      <c r="R51" s="101"/>
+    </row>
+    <row r="52" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A52" s="101"/>
+      <c r="B52" s="101"/>
+      <c r="C52" s="101"/>
+      <c r="D52" s="101"/>
+      <c r="E52" s="101"/>
+      <c r="F52" s="101"/>
+      <c r="G52" s="101"/>
+      <c r="H52" s="101"/>
+      <c r="I52" s="101"/>
+      <c r="J52" s="101"/>
+      <c r="K52" s="101"/>
+      <c r="L52" s="102"/>
+      <c r="M52" s="102"/>
+      <c r="N52" s="102"/>
+      <c r="O52" s="102"/>
+      <c r="P52" s="101"/>
+      <c r="Q52" s="103"/>
+      <c r="R52" s="101"/>
+    </row>
+    <row r="53" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A53" s="101"/>
+      <c r="B53" s="101"/>
+      <c r="C53" s="101"/>
+      <c r="D53" s="101"/>
+      <c r="E53" s="101"/>
+      <c r="F53" s="101"/>
+      <c r="G53" s="101"/>
+      <c r="H53" s="101"/>
+      <c r="I53" s="101"/>
+      <c r="J53" s="101"/>
+      <c r="K53" s="101"/>
+      <c r="L53" s="102"/>
+      <c r="M53" s="102"/>
+      <c r="N53" s="102"/>
+      <c r="O53" s="102"/>
+      <c r="P53" s="101"/>
+      <c r="Q53" s="103"/>
+      <c r="R53" s="101"/>
+    </row>
+    <row r="54" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A54" s="101"/>
+      <c r="B54" s="101"/>
+      <c r="C54" s="101"/>
+      <c r="D54" s="101"/>
+      <c r="E54" s="101"/>
+      <c r="F54" s="101"/>
+      <c r="G54" s="101"/>
+      <c r="H54" s="101"/>
+      <c r="I54" s="101"/>
+      <c r="J54" s="101"/>
+      <c r="K54" s="101"/>
+      <c r="L54" s="102"/>
+      <c r="M54" s="102"/>
+      <c r="N54" s="102"/>
+      <c r="O54" s="102"/>
+      <c r="P54" s="101"/>
+      <c r="Q54" s="103"/>
+      <c r="R54" s="101"/>
+    </row>
+    <row r="55" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A55" s="101"/>
+      <c r="B55" s="101"/>
+      <c r="C55" s="101"/>
+      <c r="D55" s="101"/>
+      <c r="E55" s="101"/>
+      <c r="F55" s="101"/>
+      <c r="G55" s="101"/>
+      <c r="H55" s="101"/>
+      <c r="I55" s="101"/>
+      <c r="J55" s="101"/>
+      <c r="K55" s="101"/>
+      <c r="L55" s="102"/>
+      <c r="M55" s="102"/>
+      <c r="N55" s="102"/>
+      <c r="O55" s="102"/>
+      <c r="P55" s="101"/>
+      <c r="Q55" s="103"/>
+      <c r="R55" s="101"/>
+    </row>
+    <row r="56" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A56" s="101"/>
+      <c r="B56" s="101"/>
+      <c r="C56" s="101"/>
+      <c r="D56" s="101"/>
+      <c r="E56" s="101"/>
+      <c r="F56" s="101"/>
+      <c r="G56" s="101"/>
+      <c r="H56" s="101"/>
+      <c r="I56" s="101"/>
+      <c r="J56" s="101"/>
+      <c r="K56" s="101"/>
+      <c r="L56" s="102"/>
+      <c r="M56" s="102"/>
+      <c r="N56" s="102"/>
+      <c r="O56" s="102"/>
+      <c r="P56" s="101"/>
+      <c r="Q56" s="103"/>
+      <c r="R56" s="101"/>
+    </row>
+    <row r="57" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A57" s="101"/>
+      <c r="B57" s="101"/>
+      <c r="C57" s="101"/>
+      <c r="D57" s="101"/>
+      <c r="E57" s="101"/>
+      <c r="F57" s="101"/>
+      <c r="G57" s="101"/>
+      <c r="H57" s="101"/>
+      <c r="I57" s="101"/>
+      <c r="J57" s="101"/>
+      <c r="K57" s="101"/>
+      <c r="L57" s="102"/>
+      <c r="M57" s="102"/>
+      <c r="N57" s="102"/>
+      <c r="O57" s="102"/>
+      <c r="P57" s="101"/>
+      <c r="Q57" s="103"/>
+      <c r="R57" s="101"/>
+    </row>
+    <row r="58" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A58" s="101"/>
+      <c r="B58" s="101"/>
+      <c r="C58" s="101"/>
+      <c r="D58" s="101"/>
+      <c r="E58" s="101"/>
+      <c r="F58" s="101"/>
+      <c r="G58" s="101"/>
+      <c r="H58" s="101"/>
+      <c r="I58" s="101"/>
+      <c r="J58" s="101"/>
+      <c r="K58" s="101"/>
+      <c r="L58" s="102"/>
+      <c r="M58" s="102"/>
+      <c r="N58" s="102"/>
+      <c r="O58" s="102"/>
+      <c r="P58" s="101"/>
+      <c r="Q58" s="103"/>
+      <c r="R58" s="101"/>
+    </row>
+    <row r="59" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A59" s="101"/>
+      <c r="B59" s="101"/>
+      <c r="C59" s="101"/>
+      <c r="D59" s="101"/>
+      <c r="E59" s="101"/>
+      <c r="F59" s="101"/>
+      <c r="G59" s="101"/>
+      <c r="H59" s="101"/>
+      <c r="I59" s="101"/>
+      <c r="J59" s="101"/>
+      <c r="K59" s="101"/>
+      <c r="L59" s="102"/>
+      <c r="M59" s="102"/>
+      <c r="N59" s="102"/>
+      <c r="O59" s="102"/>
+      <c r="P59" s="101"/>
+      <c r="Q59" s="103"/>
+      <c r="R59" s="101"/>
+    </row>
+    <row r="60" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A60" s="101"/>
+      <c r="B60" s="101"/>
+      <c r="C60" s="101"/>
+      <c r="D60" s="101"/>
+      <c r="E60" s="101"/>
+      <c r="F60" s="101"/>
+      <c r="G60" s="101"/>
+      <c r="H60" s="101"/>
+      <c r="I60" s="101"/>
+      <c r="J60" s="101"/>
+      <c r="K60" s="101"/>
+      <c r="L60" s="102"/>
+      <c r="M60" s="102"/>
+      <c r="N60" s="102"/>
+      <c r="O60" s="102"/>
+      <c r="P60" s="101"/>
+      <c r="Q60" s="103"/>
+      <c r="R60" s="101"/>
+    </row>
+    <row r="61" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A61" s="101"/>
+      <c r="B61" s="101"/>
+      <c r="C61" s="101"/>
+      <c r="D61" s="101"/>
+      <c r="E61" s="101"/>
+      <c r="F61" s="101"/>
+      <c r="G61" s="101"/>
+      <c r="H61" s="101"/>
+      <c r="I61" s="101"/>
+      <c r="J61" s="101"/>
+      <c r="K61" s="101"/>
+      <c r="L61" s="102"/>
+      <c r="M61" s="102"/>
+      <c r="N61" s="102"/>
+      <c r="O61" s="102"/>
+      <c r="P61" s="101"/>
+      <c r="Q61" s="103"/>
+      <c r="R61" s="101"/>
+    </row>
+    <row r="62" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A62" s="101"/>
+      <c r="B62" s="101"/>
+      <c r="C62" s="101"/>
+      <c r="D62" s="101"/>
+      <c r="E62" s="101"/>
+      <c r="F62" s="101"/>
+      <c r="G62" s="101"/>
+      <c r="H62" s="101"/>
+      <c r="I62" s="101"/>
+      <c r="J62" s="101"/>
+      <c r="K62" s="101"/>
+      <c r="L62" s="102"/>
+      <c r="M62" s="102"/>
+      <c r="N62" s="102"/>
+      <c r="O62" s="102"/>
+      <c r="P62" s="101"/>
+      <c r="Q62" s="103"/>
+      <c r="R62" s="101"/>
+    </row>
+    <row r="63" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A63" s="101"/>
+      <c r="B63" s="101"/>
+      <c r="C63" s="101"/>
+      <c r="D63" s="101"/>
+      <c r="E63" s="101"/>
+      <c r="F63" s="101"/>
+      <c r="G63" s="101"/>
+      <c r="H63" s="101"/>
+      <c r="I63" s="101"/>
+      <c r="J63" s="101"/>
+      <c r="K63" s="101"/>
+      <c r="L63" s="102"/>
+      <c r="M63" s="102"/>
+      <c r="N63" s="102"/>
+      <c r="O63" s="102"/>
+      <c r="P63" s="101"/>
+      <c r="Q63" s="103"/>
+      <c r="R63" s="101"/>
+    </row>
+    <row r="64" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A64" s="101"/>
+      <c r="B64" s="101"/>
+      <c r="C64" s="101"/>
+      <c r="D64" s="101"/>
+      <c r="E64" s="101"/>
+      <c r="F64" s="101"/>
+      <c r="G64" s="101"/>
+      <c r="H64" s="101"/>
+      <c r="I64" s="101"/>
+      <c r="J64" s="101"/>
+      <c r="K64" s="101"/>
+      <c r="L64" s="102"/>
+      <c r="M64" s="102"/>
+      <c r="N64" s="102"/>
+      <c r="O64" s="102"/>
+      <c r="P64" s="101"/>
+      <c r="Q64" s="103"/>
+      <c r="R64" s="101"/>
+    </row>
+    <row r="65" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A65" s="101"/>
+      <c r="B65" s="101"/>
+      <c r="C65" s="101"/>
+      <c r="D65" s="101"/>
+      <c r="E65" s="101"/>
+      <c r="F65" s="101"/>
+      <c r="G65" s="101"/>
+      <c r="H65" s="101"/>
+      <c r="I65" s="101"/>
+      <c r="J65" s="101"/>
+      <c r="K65" s="101"/>
+      <c r="L65" s="102"/>
+      <c r="M65" s="102"/>
+      <c r="N65" s="102"/>
+      <c r="O65" s="102"/>
+      <c r="P65" s="101"/>
+      <c r="Q65" s="103"/>
+      <c r="R65" s="101"/>
+    </row>
+    <row r="66" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A66" s="101"/>
+      <c r="B66" s="101"/>
+      <c r="C66" s="101"/>
+      <c r="D66" s="101"/>
+      <c r="E66" s="101"/>
+      <c r="F66" s="101"/>
+      <c r="G66" s="101"/>
+      <c r="H66" s="101"/>
+      <c r="I66" s="101"/>
+      <c r="J66" s="101"/>
+      <c r="K66" s="101"/>
+      <c r="L66" s="102"/>
+      <c r="M66" s="102"/>
+      <c r="N66" s="102"/>
+      <c r="O66" s="102"/>
+      <c r="P66" s="101"/>
+      <c r="Q66" s="103"/>
+      <c r="R66" s="101"/>
+    </row>
+    <row r="67" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A67" s="101"/>
+      <c r="B67" s="101"/>
+      <c r="C67" s="101"/>
+      <c r="D67" s="101"/>
+      <c r="E67" s="101"/>
+      <c r="F67" s="101"/>
+      <c r="G67" s="101"/>
+      <c r="H67" s="101"/>
+      <c r="I67" s="101"/>
+      <c r="J67" s="101"/>
+      <c r="K67" s="101"/>
+      <c r="L67" s="102"/>
+      <c r="M67" s="102"/>
+      <c r="N67" s="102"/>
+      <c r="O67" s="102"/>
+      <c r="P67" s="101"/>
+      <c r="Q67" s="103"/>
+      <c r="R67" s="101"/>
+    </row>
+    <row r="68" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A68" s="101"/>
+      <c r="B68" s="101"/>
+      <c r="C68" s="101"/>
+      <c r="D68" s="101"/>
+      <c r="E68" s="101"/>
+      <c r="F68" s="101"/>
+      <c r="G68" s="101"/>
+      <c r="H68" s="101"/>
+      <c r="I68" s="101"/>
+      <c r="J68" s="101"/>
+      <c r="K68" s="101"/>
+      <c r="L68" s="102"/>
+      <c r="M68" s="102"/>
+      <c r="N68" s="102"/>
+      <c r="O68" s="102"/>
+      <c r="P68" s="101"/>
+      <c r="Q68" s="103"/>
+      <c r="R68" s="101"/>
+    </row>
+    <row r="69" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A69" s="101"/>
+      <c r="B69" s="101"/>
+      <c r="C69" s="101"/>
+      <c r="D69" s="101"/>
+      <c r="E69" s="101"/>
+      <c r="F69" s="101"/>
+      <c r="G69" s="101"/>
+      <c r="H69" s="101"/>
+      <c r="I69" s="101"/>
+      <c r="J69" s="101"/>
+      <c r="K69" s="101"/>
+      <c r="L69" s="102"/>
+      <c r="M69" s="102"/>
+      <c r="N69" s="102"/>
+      <c r="O69" s="102"/>
+      <c r="P69" s="101"/>
+      <c r="Q69" s="103"/>
+      <c r="R69" s="101"/>
+    </row>
+    <row r="70" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A70" s="101"/>
+      <c r="B70" s="101"/>
+      <c r="C70" s="101"/>
+      <c r="D70" s="101"/>
+      <c r="E70" s="101"/>
+      <c r="F70" s="101"/>
+      <c r="G70" s="101"/>
+      <c r="H70" s="101"/>
+      <c r="I70" s="101"/>
+      <c r="J70" s="101"/>
+      <c r="K70" s="101"/>
+      <c r="L70" s="102"/>
+      <c r="M70" s="102"/>
+      <c r="N70" s="102"/>
+      <c r="O70" s="102"/>
+      <c r="P70" s="101"/>
+      <c r="Q70" s="103"/>
+      <c r="R70" s="101"/>
+    </row>
+    <row r="71" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A71" s="101"/>
+      <c r="B71" s="101"/>
+      <c r="C71" s="101"/>
+      <c r="D71" s="101"/>
+      <c r="E71" s="101"/>
+      <c r="F71" s="101"/>
+      <c r="G71" s="101"/>
+      <c r="H71" s="101"/>
+      <c r="I71" s="101"/>
+      <c r="J71" s="101"/>
+      <c r="K71" s="101"/>
+      <c r="L71" s="102"/>
+      <c r="M71" s="102"/>
+      <c r="N71" s="102"/>
+      <c r="O71" s="102"/>
+      <c r="P71" s="101"/>
+      <c r="Q71" s="103"/>
+      <c r="R71" s="101"/>
+    </row>
+    <row r="72" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A72" s="101"/>
+      <c r="B72" s="101"/>
+      <c r="C72" s="101"/>
+      <c r="D72" s="101"/>
+      <c r="E72" s="101"/>
+      <c r="F72" s="101"/>
+      <c r="G72" s="101"/>
+      <c r="H72" s="101"/>
+      <c r="I72" s="101"/>
+      <c r="J72" s="101"/>
+      <c r="K72" s="101"/>
+      <c r="L72" s="102"/>
+      <c r="M72" s="102"/>
+      <c r="N72" s="102"/>
+      <c r="O72" s="102"/>
+      <c r="P72" s="101"/>
+      <c r="Q72" s="103"/>
+      <c r="R72" s="101"/>
+    </row>
+    <row r="73" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A73" s="101"/>
+      <c r="B73" s="101"/>
+      <c r="C73" s="101"/>
+      <c r="D73" s="101"/>
+      <c r="E73" s="101"/>
+      <c r="F73" s="101"/>
+      <c r="G73" s="101"/>
+      <c r="H73" s="101"/>
+      <c r="I73" s="101"/>
+      <c r="J73" s="101"/>
+      <c r="K73" s="101"/>
+      <c r="L73" s="102"/>
+      <c r="M73" s="102"/>
+      <c r="N73" s="102"/>
+      <c r="O73" s="102"/>
+      <c r="P73" s="101"/>
+      <c r="Q73" s="103"/>
+      <c r="R73" s="101"/>
+    </row>
+    <row r="74" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A74" s="101"/>
+      <c r="B74" s="101"/>
+      <c r="C74" s="101"/>
+      <c r="D74" s="101"/>
+      <c r="E74" s="101"/>
+      <c r="F74" s="101"/>
+      <c r="G74" s="101"/>
+      <c r="H74" s="101"/>
+      <c r="I74" s="101"/>
+      <c r="J74" s="101"/>
+      <c r="K74" s="101"/>
+      <c r="L74" s="102"/>
+      <c r="M74" s="102"/>
+      <c r="N74" s="102"/>
+      <c r="O74" s="102"/>
+      <c r="P74" s="101"/>
+      <c r="Q74" s="103"/>
+      <c r="R74" s="101"/>
+    </row>
+    <row r="75" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A75" s="101"/>
+      <c r="B75" s="101"/>
+      <c r="C75" s="101"/>
+      <c r="D75" s="101"/>
+      <c r="E75" s="101"/>
+      <c r="F75" s="101"/>
+      <c r="G75" s="101"/>
+      <c r="H75" s="101"/>
+      <c r="I75" s="101"/>
+      <c r="J75" s="101"/>
+      <c r="K75" s="101"/>
+      <c r="L75" s="102"/>
+      <c r="M75" s="102"/>
+      <c r="N75" s="102"/>
+      <c r="O75" s="102"/>
+      <c r="P75" s="101"/>
+      <c r="Q75" s="103"/>
+      <c r="R75" s="101"/>
+    </row>
+    <row r="76" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A76" s="101"/>
+      <c r="B76" s="101"/>
+      <c r="C76" s="101"/>
+      <c r="D76" s="101"/>
+      <c r="E76" s="101"/>
+      <c r="F76" s="101"/>
+      <c r="G76" s="101"/>
+      <c r="H76" s="101"/>
+      <c r="I76" s="101"/>
+      <c r="J76" s="101"/>
+      <c r="K76" s="101"/>
+      <c r="L76" s="102"/>
+      <c r="M76" s="102"/>
+      <c r="N76" s="102"/>
+      <c r="O76" s="102"/>
+      <c r="P76" s="101"/>
+      <c r="Q76" s="103"/>
+      <c r="R76" s="101"/>
+    </row>
+    <row r="77" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A77" s="101"/>
+      <c r="B77" s="101"/>
+      <c r="C77" s="101"/>
+      <c r="D77" s="101"/>
+      <c r="E77" s="101"/>
+      <c r="F77" s="101"/>
+      <c r="G77" s="101"/>
+      <c r="H77" s="101"/>
+      <c r="I77" s="101"/>
+      <c r="J77" s="101"/>
+      <c r="K77" s="101"/>
+      <c r="L77" s="102"/>
+      <c r="M77" s="102"/>
+      <c r="N77" s="102"/>
+      <c r="O77" s="102"/>
+      <c r="P77" s="101"/>
+      <c r="Q77" s="103"/>
+      <c r="R77" s="101"/>
+    </row>
+    <row r="78" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A78" s="101"/>
+      <c r="B78" s="101"/>
+      <c r="C78" s="101"/>
+      <c r="D78" s="101"/>
+      <c r="E78" s="101"/>
+      <c r="F78" s="101"/>
+      <c r="G78" s="101"/>
+      <c r="H78" s="101"/>
+      <c r="I78" s="101"/>
+      <c r="J78" s="101"/>
+      <c r="K78" s="101"/>
+      <c r="L78" s="102"/>
+      <c r="M78" s="102"/>
+      <c r="N78" s="102"/>
+      <c r="O78" s="102"/>
+      <c r="P78" s="101"/>
+      <c r="Q78" s="103"/>
+      <c r="R78" s="101"/>
+    </row>
+    <row r="79" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A79" s="101"/>
+      <c r="B79" s="101"/>
+      <c r="C79" s="101"/>
+      <c r="D79" s="101"/>
+      <c r="E79" s="101"/>
+      <c r="F79" s="101"/>
+      <c r="G79" s="101"/>
+      <c r="H79" s="101"/>
+      <c r="I79" s="101"/>
+      <c r="J79" s="101"/>
+      <c r="K79" s="101"/>
+      <c r="L79" s="102"/>
+      <c r="M79" s="102"/>
+      <c r="N79" s="102"/>
+      <c r="O79" s="102"/>
+      <c r="P79" s="101"/>
+      <c r="Q79" s="103"/>
+      <c r="R79" s="101"/>
+    </row>
+    <row r="80" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A80" s="101"/>
+      <c r="B80" s="101"/>
+      <c r="C80" s="101"/>
+      <c r="D80" s="101"/>
+      <c r="E80" s="101"/>
+      <c r="F80" s="101"/>
+      <c r="G80" s="101"/>
+      <c r="H80" s="101"/>
+      <c r="I80" s="101"/>
+      <c r="J80" s="101"/>
+      <c r="K80" s="101"/>
+      <c r="L80" s="102"/>
+      <c r="M80" s="102"/>
+      <c r="N80" s="102"/>
+      <c r="O80" s="102"/>
+      <c r="P80" s="101"/>
+      <c r="Q80" s="103"/>
+      <c r="R80" s="101"/>
+    </row>
+    <row r="81" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A81" s="101"/>
+      <c r="B81" s="101"/>
+      <c r="C81" s="101"/>
+      <c r="D81" s="101"/>
+      <c r="E81" s="101"/>
+      <c r="F81" s="101"/>
+      <c r="G81" s="101"/>
+      <c r="H81" s="101"/>
+      <c r="I81" s="101"/>
+      <c r="J81" s="101"/>
+      <c r="K81" s="101"/>
+      <c r="L81" s="102"/>
+      <c r="M81" s="102"/>
+      <c r="N81" s="102"/>
+      <c r="O81" s="102"/>
+      <c r="P81" s="101"/>
+      <c r="Q81" s="103"/>
+      <c r="R81" s="101"/>
+    </row>
+    <row r="82" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A82" s="101"/>
+      <c r="B82" s="101"/>
+      <c r="C82" s="101"/>
+      <c r="D82" s="101"/>
+      <c r="E82" s="101"/>
+      <c r="F82" s="101"/>
+      <c r="G82" s="101"/>
+      <c r="H82" s="101"/>
+      <c r="I82" s="101"/>
+      <c r="J82" s="101"/>
+      <c r="K82" s="101"/>
+      <c r="L82" s="102"/>
+      <c r="M82" s="102"/>
+      <c r="N82" s="102"/>
+      <c r="O82" s="102"/>
+      <c r="P82" s="101"/>
+      <c r="Q82" s="103"/>
+      <c r="R82" s="101"/>
+    </row>
+    <row r="83" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A83" s="101"/>
+      <c r="B83" s="101"/>
+      <c r="C83" s="101"/>
+      <c r="D83" s="101"/>
+      <c r="E83" s="101"/>
+      <c r="F83" s="101"/>
+      <c r="G83" s="101"/>
+      <c r="H83" s="101"/>
+      <c r="I83" s="101"/>
+      <c r="J83" s="101"/>
+      <c r="K83" s="101"/>
+      <c r="L83" s="102"/>
+      <c r="M83" s="102"/>
+      <c r="N83" s="102"/>
+      <c r="O83" s="102"/>
+      <c r="P83" s="101"/>
+      <c r="Q83" s="103"/>
+      <c r="R83" s="101"/>
+    </row>
+    <row r="84" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A84" s="101"/>
+      <c r="B84" s="101"/>
+      <c r="C84" s="101"/>
+      <c r="D84" s="101"/>
+      <c r="E84" s="101"/>
+      <c r="F84" s="101"/>
+      <c r="G84" s="101"/>
+      <c r="H84" s="101"/>
+      <c r="I84" s="101"/>
+      <c r="J84" s="101"/>
+      <c r="K84" s="101"/>
+      <c r="L84" s="102"/>
+      <c r="M84" s="102"/>
+      <c r="N84" s="102"/>
+      <c r="O84" s="102"/>
+      <c r="P84" s="101"/>
+      <c r="Q84" s="103"/>
+      <c r="R84" s="101"/>
+    </row>
+    <row r="85" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A85" s="101"/>
+      <c r="B85" s="101"/>
+      <c r="C85" s="101"/>
+      <c r="D85" s="101"/>
+      <c r="E85" s="101"/>
+      <c r="F85" s="101"/>
+      <c r="G85" s="101"/>
+      <c r="H85" s="101"/>
+      <c r="I85" s="101"/>
+      <c r="J85" s="101"/>
+      <c r="K85" s="101"/>
+      <c r="L85" s="102"/>
+      <c r="M85" s="102"/>
+      <c r="N85" s="102"/>
+      <c r="O85" s="102"/>
+      <c r="P85" s="101"/>
+      <c r="Q85" s="103"/>
+      <c r="R85" s="101"/>
+    </row>
+    <row r="86" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A86" s="101"/>
+      <c r="B86" s="101"/>
+      <c r="C86" s="101"/>
+      <c r="D86" s="101"/>
+      <c r="E86" s="101"/>
+      <c r="F86" s="101"/>
+      <c r="G86" s="101"/>
+      <c r="H86" s="101"/>
+      <c r="I86" s="101"/>
+      <c r="J86" s="101"/>
+      <c r="K86" s="101"/>
+      <c r="L86" s="102"/>
+      <c r="M86" s="102"/>
+      <c r="N86" s="102"/>
+      <c r="O86" s="102"/>
+      <c r="P86" s="101"/>
+      <c r="Q86" s="103"/>
+      <c r="R86" s="101"/>
+    </row>
+    <row r="87" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A87" s="101"/>
+      <c r="B87" s="101"/>
+      <c r="C87" s="101"/>
+      <c r="D87" s="101"/>
+      <c r="E87" s="101"/>
+      <c r="F87" s="101"/>
+      <c r="G87" s="101"/>
+      <c r="H87" s="101"/>
+      <c r="I87" s="101"/>
+      <c r="J87" s="101"/>
+      <c r="K87" s="101"/>
+      <c r="L87" s="102"/>
+      <c r="M87" s="102"/>
+      <c r="N87" s="102"/>
+      <c r="O87" s="102"/>
+      <c r="P87" s="101"/>
+      <c r="Q87" s="103"/>
+      <c r="R87" s="101"/>
+    </row>
+    <row r="88" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A88" s="101"/>
+      <c r="B88" s="101"/>
+      <c r="C88" s="101"/>
+      <c r="D88" s="101"/>
+      <c r="E88" s="101"/>
+      <c r="F88" s="101"/>
+      <c r="G88" s="101"/>
+      <c r="H88" s="101"/>
+      <c r="I88" s="101"/>
+      <c r="J88" s="101"/>
+      <c r="K88" s="101"/>
+      <c r="L88" s="102"/>
+      <c r="M88" s="102"/>
+      <c r="N88" s="102"/>
+      <c r="O88" s="102"/>
+      <c r="P88" s="101"/>
+      <c r="Q88" s="103"/>
+      <c r="R88" s="101"/>
+    </row>
+    <row r="89" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A89" s="101"/>
+      <c r="B89" s="101"/>
+      <c r="C89" s="101"/>
+      <c r="D89" s="101"/>
+      <c r="E89" s="101"/>
+      <c r="F89" s="101"/>
+      <c r="G89" s="101"/>
+      <c r="H89" s="101"/>
+      <c r="I89" s="101"/>
+      <c r="J89" s="101"/>
+      <c r="K89" s="101"/>
+      <c r="L89" s="102"/>
+      <c r="M89" s="102"/>
+      <c r="N89" s="102"/>
+      <c r="O89" s="102"/>
+      <c r="P89" s="101"/>
+      <c r="Q89" s="103"/>
+      <c r="R89" s="101"/>
+    </row>
+    <row r="90" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A90" s="101"/>
+      <c r="B90" s="101"/>
+      <c r="C90" s="101"/>
+      <c r="D90" s="101"/>
+      <c r="E90" s="101"/>
+      <c r="F90" s="101"/>
+      <c r="G90" s="101"/>
+      <c r="H90" s="101"/>
+      <c r="I90" s="101"/>
+      <c r="J90" s="101"/>
+      <c r="K90" s="101"/>
+      <c r="L90" s="102"/>
+      <c r="M90" s="102"/>
+      <c r="N90" s="102"/>
+      <c r="O90" s="102"/>
+      <c r="P90" s="101"/>
+      <c r="Q90" s="103"/>
+      <c r="R90" s="101"/>
+    </row>
+    <row r="91" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A91" s="101"/>
+      <c r="B91" s="101"/>
+      <c r="C91" s="101"/>
+      <c r="D91" s="101"/>
+      <c r="E91" s="101"/>
+      <c r="F91" s="101"/>
+      <c r="G91" s="101"/>
+      <c r="H91" s="101"/>
+      <c r="I91" s="101"/>
+      <c r="J91" s="101"/>
+      <c r="K91" s="101"/>
+      <c r="L91" s="102"/>
+      <c r="M91" s="102"/>
+      <c r="N91" s="102"/>
+      <c r="O91" s="102"/>
+      <c r="P91" s="101"/>
+      <c r="Q91" s="103"/>
+      <c r="R91" s="101"/>
+    </row>
+    <row r="92" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A92" s="101"/>
+      <c r="B92" s="101"/>
+      <c r="C92" s="101"/>
+      <c r="D92" s="101"/>
+      <c r="E92" s="101"/>
+      <c r="F92" s="101"/>
+      <c r="G92" s="101"/>
+      <c r="H92" s="101"/>
+      <c r="I92" s="101"/>
+      <c r="J92" s="101"/>
+      <c r="K92" s="101"/>
+      <c r="L92" s="102"/>
+      <c r="M92" s="102"/>
+      <c r="N92" s="102"/>
+      <c r="O92" s="102"/>
+      <c r="P92" s="101"/>
+      <c r="Q92" s="103"/>
+      <c r="R92" s="101"/>
+    </row>
+    <row r="93" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A93" s="101"/>
+      <c r="B93" s="101"/>
+      <c r="C93" s="101"/>
+      <c r="D93" s="101"/>
+      <c r="E93" s="101"/>
+      <c r="F93" s="101"/>
+      <c r="G93" s="101"/>
+      <c r="H93" s="101"/>
+      <c r="I93" s="101"/>
+      <c r="J93" s="101"/>
+      <c r="K93" s="101"/>
+      <c r="L93" s="102"/>
+      <c r="M93" s="102"/>
+      <c r="N93" s="102"/>
+      <c r="O93" s="102"/>
+      <c r="P93" s="101"/>
+      <c r="Q93" s="103"/>
+      <c r="R93" s="101"/>
+    </row>
+    <row r="94" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A94" s="101"/>
+      <c r="B94" s="101"/>
+      <c r="C94" s="101"/>
+      <c r="D94" s="101"/>
+      <c r="E94" s="101"/>
+      <c r="F94" s="101"/>
+      <c r="G94" s="101"/>
+      <c r="H94" s="101"/>
+      <c r="I94" s="101"/>
+      <c r="J94" s="101"/>
+      <c r="K94" s="101"/>
+      <c r="L94" s="102"/>
+      <c r="M94" s="102"/>
+      <c r="N94" s="102"/>
+      <c r="O94" s="102"/>
+      <c r="P94" s="101"/>
+      <c r="Q94" s="103"/>
+      <c r="R94" s="101"/>
+    </row>
+    <row r="95" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A95" s="101"/>
+      <c r="B95" s="101"/>
+      <c r="C95" s="101"/>
+      <c r="D95" s="101"/>
+      <c r="E95" s="101"/>
+      <c r="F95" s="104"/>
+      <c r="G95" s="101"/>
+      <c r="H95" s="101"/>
+      <c r="I95" s="101"/>
+      <c r="J95" s="101"/>
+      <c r="K95" s="101"/>
+      <c r="L95" s="102"/>
+      <c r="M95" s="102"/>
+      <c r="N95" s="102"/>
+      <c r="O95" s="102"/>
+      <c r="P95" s="101"/>
+      <c r="Q95" s="103"/>
+      <c r="R95" s="101"/>
+    </row>
+    <row r="96" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A96" s="101"/>
+      <c r="B96" s="101"/>
+      <c r="C96" s="101"/>
+      <c r="D96" s="101"/>
+      <c r="E96" s="101"/>
+      <c r="F96" s="101"/>
+      <c r="G96" s="101"/>
+      <c r="H96" s="101"/>
+      <c r="I96" s="101"/>
+      <c r="J96" s="101"/>
+      <c r="K96" s="101"/>
+      <c r="L96" s="102"/>
+      <c r="M96" s="102"/>
+      <c r="N96" s="102"/>
+      <c r="O96" s="102"/>
+      <c r="P96" s="101"/>
+      <c r="Q96" s="103"/>
+      <c r="R96" s="101"/>
+    </row>
+    <row r="97" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A97" s="101"/>
+      <c r="B97" s="101"/>
+      <c r="C97" s="101"/>
+      <c r="D97" s="101"/>
+      <c r="E97" s="101"/>
+      <c r="F97" s="104"/>
+      <c r="G97" s="101"/>
+      <c r="H97" s="101"/>
+      <c r="I97" s="101"/>
+      <c r="J97" s="101"/>
+      <c r="K97" s="101"/>
+      <c r="L97" s="102"/>
+      <c r="M97" s="102"/>
+      <c r="N97" s="102"/>
+      <c r="O97" s="102"/>
+      <c r="P97" s="101"/>
+      <c r="Q97" s="103"/>
+      <c r="R97" s="101"/>
+    </row>
+    <row r="98" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A98" s="101"/>
+      <c r="B98" s="101"/>
+      <c r="C98" s="101"/>
+      <c r="D98" s="101"/>
+      <c r="E98" s="101"/>
+      <c r="F98" s="104"/>
+      <c r="G98" s="101"/>
+      <c r="H98" s="101"/>
+      <c r="I98" s="101"/>
+      <c r="J98" s="101"/>
+      <c r="K98" s="101"/>
+      <c r="L98" s="102"/>
+      <c r="M98" s="102"/>
+      <c r="N98" s="102"/>
+      <c r="O98" s="102"/>
+      <c r="P98" s="101"/>
+      <c r="Q98" s="103"/>
+      <c r="R98" s="101"/>
+    </row>
+    <row r="99" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A99" s="101"/>
+      <c r="B99" s="101"/>
+      <c r="C99" s="101"/>
+      <c r="D99" s="101"/>
+      <c r="E99" s="101"/>
+      <c r="F99" s="101"/>
+      <c r="G99" s="101"/>
+      <c r="H99" s="101"/>
+      <c r="I99" s="101"/>
+      <c r="J99" s="101"/>
+      <c r="K99" s="101"/>
+      <c r="L99" s="102"/>
+      <c r="M99" s="102"/>
+      <c r="N99" s="102"/>
+      <c r="O99" s="102"/>
+      <c r="P99" s="101"/>
+      <c r="Q99" s="103"/>
+      <c r="R99" s="101"/>
+    </row>
+    <row r="100" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A100" s="101"/>
+      <c r="B100" s="101"/>
+      <c r="C100" s="101"/>
+      <c r="D100" s="101"/>
+      <c r="E100" s="101"/>
+      <c r="F100" s="101"/>
+      <c r="G100" s="101"/>
+      <c r="H100" s="101"/>
+      <c r="I100" s="101"/>
+      <c r="J100" s="101"/>
+      <c r="K100" s="101"/>
+      <c r="L100" s="102"/>
+      <c r="M100" s="102"/>
+      <c r="N100" s="102"/>
+      <c r="O100" s="102"/>
+      <c r="P100" s="101"/>
+      <c r="Q100" s="103"/>
+      <c r="R100" s="101"/>
+    </row>
+    <row r="101" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A101" s="101"/>
+      <c r="B101" s="101"/>
+      <c r="C101" s="101"/>
+      <c r="D101" s="101"/>
+      <c r="E101" s="101"/>
+      <c r="F101" s="101"/>
+      <c r="G101" s="101"/>
+      <c r="H101" s="101"/>
+      <c r="I101" s="101"/>
+      <c r="J101" s="101"/>
+      <c r="K101" s="101"/>
+      <c r="L101" s="102"/>
+      <c r="M101" s="102"/>
+      <c r="N101" s="102"/>
+      <c r="O101" s="102"/>
+      <c r="P101" s="101"/>
+      <c r="Q101" s="103"/>
+      <c r="R101" s="101"/>
+    </row>
+    <row r="102" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A102" s="101"/>
+      <c r="B102" s="101"/>
+      <c r="C102" s="101"/>
+      <c r="D102" s="101"/>
+      <c r="E102" s="101"/>
+      <c r="F102" s="101"/>
+      <c r="G102" s="101"/>
+      <c r="H102" s="101"/>
+      <c r="I102" s="101"/>
+      <c r="J102" s="101"/>
+      <c r="K102" s="101"/>
+      <c r="L102" s="102"/>
+      <c r="M102" s="102"/>
+      <c r="N102" s="102"/>
+      <c r="O102" s="102"/>
+      <c r="P102" s="101"/>
+      <c r="Q102" s="103"/>
+      <c r="R102" s="101"/>
+    </row>
+    <row r="103" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A103" s="101"/>
+      <c r="B103" s="101"/>
+      <c r="C103" s="101"/>
+      <c r="D103" s="101"/>
+      <c r="E103" s="101"/>
+      <c r="F103" s="101"/>
+      <c r="G103" s="101"/>
+      <c r="H103" s="101"/>
+      <c r="I103" s="101"/>
+      <c r="J103" s="101"/>
+      <c r="K103" s="101"/>
+      <c r="L103" s="102"/>
+      <c r="M103" s="102"/>
+      <c r="N103" s="102"/>
+      <c r="O103" s="102"/>
+      <c r="P103" s="101"/>
+      <c r="Q103" s="103"/>
+      <c r="R103" s="101"/>
+    </row>
+    <row r="104" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A104" s="101"/>
+      <c r="B104" s="101"/>
+      <c r="C104" s="101"/>
+      <c r="D104" s="101"/>
+      <c r="E104" s="101"/>
+      <c r="F104" s="101"/>
+      <c r="G104" s="101"/>
+      <c r="H104" s="101"/>
+      <c r="I104" s="101"/>
+      <c r="J104" s="101"/>
+      <c r="K104" s="101"/>
+      <c r="L104" s="102"/>
+      <c r="M104" s="102"/>
+      <c r="N104" s="102"/>
+      <c r="O104" s="102"/>
+      <c r="P104" s="101"/>
+      <c r="Q104" s="103"/>
+      <c r="R104" s="101"/>
+    </row>
+    <row r="105" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A105" s="101"/>
+      <c r="B105" s="101"/>
+      <c r="C105" s="101"/>
+      <c r="D105" s="101"/>
+      <c r="E105" s="101"/>
+      <c r="F105" s="101"/>
+      <c r="G105" s="101"/>
+      <c r="H105" s="101"/>
+      <c r="I105" s="101"/>
+      <c r="J105" s="101"/>
+      <c r="K105" s="101"/>
+      <c r="L105" s="102"/>
+      <c r="M105" s="102"/>
+      <c r="N105" s="102"/>
+      <c r="O105" s="102"/>
+      <c r="P105" s="101"/>
+      <c r="Q105" s="103"/>
+      <c r="R105" s="101"/>
+    </row>
+    <row r="106" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A106" s="101"/>
+      <c r="B106" s="101"/>
+      <c r="C106" s="101"/>
+      <c r="D106" s="101"/>
+      <c r="E106" s="101"/>
+      <c r="F106" s="101"/>
+      <c r="G106" s="101"/>
+      <c r="H106" s="101"/>
+      <c r="I106" s="101"/>
+      <c r="J106" s="101"/>
+      <c r="K106" s="101"/>
+      <c r="L106" s="102"/>
+      <c r="M106" s="102"/>
+      <c r="N106" s="102"/>
+      <c r="O106" s="102"/>
+      <c r="P106" s="101"/>
+      <c r="Q106" s="103"/>
+      <c r="R106" s="101"/>
+    </row>
+    <row r="107" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A107" s="101"/>
+      <c r="B107" s="101"/>
+      <c r="C107" s="101"/>
+      <c r="D107" s="101"/>
+      <c r="E107" s="101"/>
+      <c r="F107" s="101"/>
+      <c r="G107" s="101"/>
+      <c r="H107" s="101"/>
+      <c r="I107" s="101"/>
+      <c r="J107" s="101"/>
+      <c r="K107" s="101"/>
+      <c r="L107" s="102"/>
+      <c r="M107" s="102"/>
+      <c r="N107" s="102"/>
+      <c r="O107" s="102"/>
+      <c r="P107" s="101"/>
+      <c r="Q107" s="103"/>
+      <c r="R107" s="101"/>
+    </row>
+    <row r="108" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A108" s="101"/>
+      <c r="B108" s="101"/>
+      <c r="C108" s="101"/>
+      <c r="D108" s="101"/>
+      <c r="E108" s="101"/>
+      <c r="F108" s="101"/>
+      <c r="G108" s="101"/>
+      <c r="H108" s="101"/>
+      <c r="I108" s="101"/>
+      <c r="J108" s="101"/>
+      <c r="K108" s="101"/>
+      <c r="L108" s="102"/>
+      <c r="M108" s="102"/>
+      <c r="N108" s="102"/>
+      <c r="O108" s="102"/>
+      <c r="P108" s="101"/>
+      <c r="Q108" s="103"/>
+      <c r="R108" s="101"/>
+    </row>
+    <row r="109" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A109" s="101"/>
+      <c r="B109" s="101"/>
+      <c r="C109" s="101"/>
+      <c r="D109" s="101"/>
+      <c r="E109" s="101"/>
+      <c r="F109" s="101"/>
+      <c r="G109" s="101"/>
+      <c r="H109" s="101"/>
+      <c r="I109" s="101"/>
+      <c r="J109" s="101"/>
+      <c r="K109" s="101"/>
+      <c r="L109" s="102"/>
+      <c r="M109" s="102"/>
+      <c r="N109" s="102"/>
+      <c r="O109" s="102"/>
+      <c r="P109" s="101"/>
+      <c r="Q109" s="103"/>
+      <c r="R109" s="101"/>
+    </row>
+    <row r="110" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A110" s="101"/>
+      <c r="B110" s="101"/>
+      <c r="C110" s="101"/>
+      <c r="D110" s="101"/>
+      <c r="E110" s="101"/>
+      <c r="F110" s="101"/>
+      <c r="G110" s="101"/>
+      <c r="H110" s="101"/>
+      <c r="I110" s="101"/>
+      <c r="J110" s="101"/>
+      <c r="K110" s="101"/>
+      <c r="L110" s="102"/>
+      <c r="M110" s="102"/>
+      <c r="N110" s="102"/>
+      <c r="O110" s="102"/>
+      <c r="P110" s="101"/>
+      <c r="Q110" s="103"/>
+      <c r="R110" s="101"/>
+    </row>
+    <row r="111" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A111" s="101"/>
+      <c r="B111" s="101"/>
+      <c r="C111" s="101"/>
+      <c r="D111" s="101"/>
+      <c r="E111" s="101"/>
+      <c r="F111" s="101"/>
+      <c r="G111" s="101"/>
+      <c r="H111" s="101"/>
+      <c r="I111" s="101"/>
+      <c r="J111" s="101"/>
+      <c r="K111" s="101"/>
+      <c r="L111" s="102"/>
+      <c r="M111" s="102"/>
+      <c r="N111" s="102"/>
+      <c r="O111" s="102"/>
+      <c r="P111" s="101"/>
+      <c r="Q111" s="103"/>
+      <c r="R111" s="101"/>
+    </row>
+    <row r="112" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A112" s="101"/>
+      <c r="B112" s="101"/>
+      <c r="C112" s="101"/>
+      <c r="D112" s="101"/>
+      <c r="E112" s="101"/>
+      <c r="F112" s="101"/>
+      <c r="G112" s="101"/>
+      <c r="H112" s="101"/>
+      <c r="I112" s="101"/>
+      <c r="J112" s="101"/>
+      <c r="K112" s="101"/>
+      <c r="L112" s="102"/>
+      <c r="M112" s="102"/>
+      <c r="N112" s="102"/>
+      <c r="O112" s="102"/>
+      <c r="P112" s="101"/>
+      <c r="Q112" s="103"/>
+      <c r="R112" s="101"/>
+    </row>
+    <row r="113" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A113" s="101"/>
+      <c r="B113" s="101"/>
+      <c r="C113" s="101"/>
+      <c r="D113" s="101"/>
+      <c r="E113" s="101"/>
+      <c r="F113" s="101"/>
+      <c r="G113" s="101"/>
+      <c r="H113" s="101"/>
+      <c r="I113" s="101"/>
+      <c r="J113" s="101"/>
+      <c r="K113" s="101"/>
+      <c r="L113" s="102"/>
+      <c r="M113" s="102"/>
+      <c r="N113" s="102"/>
+      <c r="O113" s="102"/>
+      <c r="P113" s="101"/>
+      <c r="Q113" s="103"/>
+      <c r="R113" s="101"/>
+    </row>
+    <row r="114" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A114" s="101"/>
+      <c r="B114" s="101"/>
+      <c r="C114" s="101"/>
+      <c r="D114" s="101"/>
+      <c r="E114" s="101"/>
+      <c r="F114" s="101"/>
+      <c r="G114" s="101"/>
+      <c r="H114" s="101"/>
+      <c r="I114" s="101"/>
+      <c r="J114" s="101"/>
+      <c r="K114" s="101"/>
+      <c r="L114" s="102"/>
+      <c r="M114" s="102"/>
+      <c r="N114" s="102"/>
+      <c r="O114" s="102"/>
+      <c r="P114" s="101"/>
+      <c r="Q114" s="103"/>
+      <c r="R114" s="101"/>
+    </row>
+    <row r="115" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A115" s="101"/>
+      <c r="B115" s="101"/>
+      <c r="C115" s="101"/>
+      <c r="D115" s="101"/>
+      <c r="E115" s="101"/>
+      <c r="F115" s="101"/>
+      <c r="G115" s="101"/>
+      <c r="H115" s="101"/>
+      <c r="I115" s="101"/>
+      <c r="J115" s="101"/>
+      <c r="K115" s="101"/>
+      <c r="L115" s="102"/>
+      <c r="M115" s="102"/>
+      <c r="N115" s="102"/>
+      <c r="O115" s="102"/>
+      <c r="P115" s="101"/>
+      <c r="Q115" s="103"/>
+      <c r="R115" s="101"/>
+    </row>
+    <row r="116" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A116" s="101"/>
+      <c r="B116" s="101"/>
+      <c r="C116" s="101"/>
+      <c r="D116" s="101"/>
+      <c r="E116" s="101"/>
+      <c r="F116" s="101"/>
+      <c r="G116" s="101"/>
+      <c r="H116" s="101"/>
+      <c r="I116" s="101"/>
+      <c r="J116" s="101"/>
+      <c r="K116" s="101"/>
+      <c r="L116" s="102"/>
+      <c r="M116" s="102"/>
+      <c r="N116" s="102"/>
+      <c r="O116" s="102"/>
+      <c r="P116" s="101"/>
+      <c r="Q116" s="103"/>
+      <c r="R116" s="101"/>
+    </row>
+    <row r="117" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A117" s="101"/>
+      <c r="B117" s="101"/>
+      <c r="C117" s="101"/>
+      <c r="D117" s="101"/>
+      <c r="E117" s="101"/>
+      <c r="F117" s="101"/>
+      <c r="G117" s="101"/>
+      <c r="H117" s="101"/>
+      <c r="I117" s="101"/>
+      <c r="J117" s="101"/>
+      <c r="K117" s="101"/>
+      <c r="L117" s="102"/>
+      <c r="M117" s="102"/>
+      <c r="N117" s="102"/>
+      <c r="O117" s="102"/>
+      <c r="P117" s="101"/>
+      <c r="Q117" s="103"/>
+      <c r="R117" s="101"/>
+    </row>
+    <row r="118" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A118" s="101"/>
+      <c r="B118" s="101"/>
+      <c r="C118" s="101"/>
+      <c r="D118" s="101"/>
+      <c r="E118" s="101"/>
+      <c r="F118" s="101"/>
+      <c r="G118" s="101"/>
+      <c r="H118" s="101"/>
+      <c r="I118" s="101"/>
+      <c r="J118" s="101"/>
+      <c r="K118" s="101"/>
+      <c r="L118" s="102"/>
+      <c r="M118" s="102"/>
+      <c r="N118" s="102"/>
+      <c r="O118" s="102"/>
+      <c r="P118" s="101"/>
+      <c r="Q118" s="103"/>
+      <c r="R118" s="101"/>
+    </row>
+    <row r="119" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A119" s="101"/>
+      <c r="B119" s="101"/>
+      <c r="C119" s="101"/>
+      <c r="D119" s="101"/>
+      <c r="E119" s="101"/>
+      <c r="F119" s="101"/>
+      <c r="G119" s="101"/>
+      <c r="H119" s="101"/>
+      <c r="I119" s="101"/>
+      <c r="J119" s="101"/>
+      <c r="K119" s="101"/>
+      <c r="L119" s="102"/>
+      <c r="M119" s="102"/>
+      <c r="N119" s="102"/>
+      <c r="O119" s="102"/>
+      <c r="P119" s="101"/>
+      <c r="Q119" s="103"/>
+      <c r="R119" s="101"/>
+    </row>
+    <row r="120" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A120" s="101"/>
+      <c r="B120" s="101"/>
+      <c r="C120" s="101"/>
+      <c r="D120" s="101"/>
+      <c r="E120" s="101"/>
+      <c r="F120" s="101"/>
+      <c r="G120" s="101"/>
+      <c r="H120" s="101"/>
+      <c r="I120" s="101"/>
+      <c r="J120" s="101"/>
+      <c r="K120" s="101"/>
+      <c r="L120" s="102"/>
+      <c r="M120" s="102"/>
+      <c r="N120" s="102"/>
+      <c r="O120" s="102"/>
+      <c r="P120" s="101"/>
+      <c r="Q120" s="103"/>
+      <c r="R120" s="101"/>
+    </row>
+    <row r="121" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A121" s="101"/>
+      <c r="B121" s="101"/>
+      <c r="C121" s="101"/>
+      <c r="D121" s="101"/>
+      <c r="E121" s="101"/>
+      <c r="F121" s="101"/>
+      <c r="G121" s="101"/>
+      <c r="H121" s="101"/>
+      <c r="I121" s="101"/>
+      <c r="J121" s="101"/>
+      <c r="K121" s="101"/>
+      <c r="L121" s="102"/>
+      <c r="M121" s="102"/>
+      <c r="N121" s="102"/>
+      <c r="O121" s="102"/>
+      <c r="P121" s="101"/>
+      <c r="Q121" s="103"/>
+      <c r="R121" s="101"/>
+    </row>
+    <row r="122" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A122" s="101"/>
+      <c r="B122" s="101"/>
+      <c r="C122" s="101"/>
+      <c r="D122" s="101"/>
+      <c r="E122" s="101"/>
+      <c r="F122" s="101"/>
+      <c r="G122" s="101"/>
+      <c r="H122" s="101"/>
+      <c r="I122" s="101"/>
+      <c r="J122" s="101"/>
+      <c r="K122" s="101"/>
+      <c r="L122" s="102"/>
+      <c r="M122" s="102"/>
+      <c r="N122" s="102"/>
+      <c r="O122" s="102"/>
+      <c r="P122" s="101"/>
+      <c r="Q122" s="103"/>
+      <c r="R122" s="101"/>
+    </row>
+    <row r="123" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A123" s="101"/>
+      <c r="B123" s="101"/>
+      <c r="C123" s="101"/>
+      <c r="D123" s="101"/>
+      <c r="E123" s="101"/>
+      <c r="F123" s="101"/>
+      <c r="G123" s="101"/>
+      <c r="H123" s="101"/>
+      <c r="I123" s="101"/>
+      <c r="J123" s="101"/>
+      <c r="K123" s="101"/>
+      <c r="L123" s="102"/>
+      <c r="M123" s="102"/>
+      <c r="N123" s="102"/>
+      <c r="O123" s="102"/>
+      <c r="P123" s="101"/>
+      <c r="Q123" s="103"/>
+      <c r="R123" s="101"/>
+    </row>
+    <row r="124" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A124" s="101"/>
+      <c r="B124" s="101"/>
+      <c r="C124" s="101"/>
+      <c r="D124" s="101"/>
+      <c r="E124" s="101"/>
+      <c r="F124" s="101"/>
+      <c r="G124" s="101"/>
+      <c r="H124" s="101"/>
+      <c r="I124" s="101"/>
+      <c r="J124" s="101"/>
+      <c r="K124" s="101"/>
+      <c r="L124" s="102"/>
+      <c r="M124" s="102"/>
+      <c r="N124" s="102"/>
+      <c r="O124" s="102"/>
+      <c r="P124" s="101"/>
+      <c r="Q124" s="103"/>
+      <c r="R124" s="101"/>
+    </row>
+    <row r="125" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A125" s="101"/>
+      <c r="B125" s="101"/>
+      <c r="C125" s="101"/>
+      <c r="D125" s="101"/>
+      <c r="E125" s="101"/>
+      <c r="F125" s="101"/>
+      <c r="G125" s="101"/>
+      <c r="H125" s="101"/>
+      <c r="I125" s="101"/>
+      <c r="J125" s="101"/>
+      <c r="K125" s="101"/>
+      <c r="L125" s="102"/>
+      <c r="M125" s="102"/>
+      <c r="N125" s="102"/>
+      <c r="O125" s="102"/>
+      <c r="P125" s="101"/>
+      <c r="Q125" s="103"/>
+      <c r="R125" s="101"/>
+    </row>
+    <row r="126" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A126" s="101"/>
+      <c r="B126" s="101"/>
+      <c r="C126" s="101"/>
+      <c r="D126" s="101"/>
+      <c r="E126" s="101"/>
+      <c r="F126" s="101"/>
+      <c r="G126" s="101"/>
+      <c r="H126" s="101"/>
+      <c r="I126" s="101"/>
+      <c r="J126" s="101"/>
+      <c r="K126" s="101"/>
+      <c r="L126" s="102"/>
+      <c r="M126" s="102"/>
+      <c r="N126" s="102"/>
+      <c r="O126" s="102"/>
+      <c r="P126" s="101"/>
+      <c r="Q126" s="103"/>
+      <c r="R126" s="101"/>
+    </row>
+    <row r="127" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A127" s="101"/>
+      <c r="B127" s="101"/>
+      <c r="C127" s="101"/>
+      <c r="D127" s="101"/>
+      <c r="E127" s="101"/>
+      <c r="F127" s="101"/>
+      <c r="G127" s="101"/>
+      <c r="H127" s="101"/>
+      <c r="I127" s="101"/>
+      <c r="J127" s="101"/>
+      <c r="K127" s="101"/>
+      <c r="L127" s="102"/>
+      <c r="M127" s="102"/>
+      <c r="N127" s="102"/>
+      <c r="O127" s="102"/>
+      <c r="P127" s="101"/>
+      <c r="Q127" s="103"/>
+      <c r="R127" s="101"/>
+    </row>
+    <row r="128" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A128" s="101"/>
+      <c r="B128" s="101"/>
+      <c r="C128" s="101"/>
+      <c r="D128" s="101"/>
+      <c r="E128" s="101"/>
+      <c r="F128" s="104"/>
+      <c r="G128" s="101"/>
+      <c r="H128" s="101"/>
+      <c r="I128" s="101"/>
+      <c r="J128" s="101"/>
+      <c r="K128" s="101"/>
+      <c r="L128" s="102"/>
+      <c r="M128" s="102"/>
+      <c r="N128" s="102"/>
+      <c r="O128" s="102"/>
+      <c r="P128" s="101"/>
+      <c r="Q128" s="103"/>
+      <c r="R128" s="101"/>
+    </row>
+    <row r="129" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A129" s="101"/>
+      <c r="B129" s="101"/>
+      <c r="C129" s="101"/>
+      <c r="D129" s="101"/>
+      <c r="E129" s="101"/>
+      <c r="F129" s="101"/>
+      <c r="G129" s="101"/>
+      <c r="H129" s="101"/>
+      <c r="I129" s="101"/>
+      <c r="J129" s="101"/>
+      <c r="K129" s="101"/>
+      <c r="L129" s="102"/>
+      <c r="M129" s="102"/>
+      <c r="N129" s="102"/>
+      <c r="O129" s="102"/>
+      <c r="P129" s="101"/>
+      <c r="Q129" s="103"/>
+      <c r="R129" s="101"/>
+    </row>
+    <row r="130" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A130" s="101"/>
+      <c r="B130" s="101"/>
+      <c r="C130" s="101"/>
+      <c r="D130" s="101"/>
+      <c r="E130" s="101"/>
+      <c r="F130" s="101"/>
+      <c r="G130" s="101"/>
+      <c r="H130" s="101"/>
+      <c r="I130" s="101"/>
+      <c r="J130" s="101"/>
+      <c r="K130" s="101"/>
+      <c r="L130" s="102"/>
+      <c r="M130" s="102"/>
+      <c r="N130" s="102"/>
+      <c r="O130" s="102"/>
+      <c r="P130" s="102"/>
+      <c r="Q130" s="103"/>
+      <c r="R130" s="101"/>
+    </row>
+    <row r="131" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A131" s="101"/>
+      <c r="B131" s="101"/>
+      <c r="C131" s="101"/>
+      <c r="D131" s="101"/>
+      <c r="E131" s="101"/>
+      <c r="F131" s="101"/>
+      <c r="G131" s="101"/>
+      <c r="H131" s="101"/>
+      <c r="I131" s="101"/>
+      <c r="J131" s="101"/>
+      <c r="K131" s="101"/>
+      <c r="L131" s="102"/>
+      <c r="M131" s="102"/>
+      <c r="N131" s="102"/>
+      <c r="O131" s="102"/>
+      <c r="P131" s="102"/>
+      <c r="Q131" s="103"/>
+      <c r="R131" s="101"/>
+    </row>
+    <row r="132" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A132" s="101"/>
+      <c r="B132" s="101"/>
+      <c r="C132" s="101"/>
+      <c r="D132" s="101"/>
+      <c r="E132" s="101"/>
+      <c r="F132" s="101"/>
+      <c r="G132" s="101"/>
+      <c r="H132" s="101"/>
+      <c r="I132" s="101"/>
+      <c r="J132" s="101"/>
+      <c r="K132" s="101"/>
+      <c r="L132" s="102"/>
+      <c r="M132" s="102"/>
+      <c r="N132" s="102"/>
+      <c r="O132" s="102"/>
+      <c r="P132" s="102"/>
+      <c r="Q132" s="103"/>
+      <c r="R132" s="101"/>
+    </row>
+    <row r="133" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A133" s="101"/>
+      <c r="B133" s="101"/>
+      <c r="C133" s="101"/>
+      <c r="D133" s="101"/>
+      <c r="E133" s="101"/>
+      <c r="F133" s="101"/>
+      <c r="G133" s="101"/>
+      <c r="H133" s="101"/>
+      <c r="I133" s="101"/>
+      <c r="J133" s="101"/>
+      <c r="K133" s="101"/>
+      <c r="L133" s="102"/>
+      <c r="M133" s="102"/>
+      <c r="N133" s="102"/>
+      <c r="O133" s="102"/>
+      <c r="P133" s="102"/>
+      <c r="Q133" s="103"/>
+      <c r="R133" s="101"/>
+    </row>
+    <row r="134" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A134" s="101"/>
+      <c r="B134" s="101"/>
+      <c r="C134" s="101"/>
+      <c r="D134" s="101"/>
+      <c r="E134" s="101"/>
+      <c r="F134" s="101"/>
+      <c r="G134" s="101"/>
+      <c r="H134" s="101"/>
+      <c r="I134" s="101"/>
+      <c r="J134" s="101"/>
+      <c r="K134" s="101"/>
+      <c r="L134" s="102"/>
+      <c r="M134" s="102"/>
+      <c r="N134" s="102"/>
+      <c r="O134" s="102"/>
+      <c r="P134" s="101"/>
+      <c r="Q134" s="103"/>
+      <c r="R134" s="101"/>
+    </row>
+    <row r="135" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A135" s="101"/>
+      <c r="B135" s="101"/>
+      <c r="C135" s="101"/>
+      <c r="D135" s="101"/>
+      <c r="E135" s="101"/>
+      <c r="F135" s="101"/>
+      <c r="G135" s="101"/>
+      <c r="H135" s="101"/>
+      <c r="I135" s="101"/>
+      <c r="J135" s="101"/>
+      <c r="K135" s="101"/>
+      <c r="L135" s="102"/>
+      <c r="M135" s="102"/>
+      <c r="N135" s="102"/>
+      <c r="O135" s="102"/>
+      <c r="P135" s="101"/>
+      <c r="Q135" s="103"/>
+      <c r="R135" s="101"/>
+    </row>
+    <row r="136" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A136" s="101"/>
+      <c r="B136" s="101"/>
+      <c r="C136" s="101"/>
+      <c r="D136" s="101"/>
+      <c r="E136" s="101"/>
+      <c r="F136" s="101"/>
+      <c r="G136" s="101"/>
+      <c r="H136" s="101"/>
+      <c r="I136" s="101"/>
+      <c r="J136" s="101"/>
+      <c r="K136" s="101"/>
+      <c r="L136" s="102"/>
+      <c r="M136" s="102"/>
+      <c r="N136" s="102"/>
+      <c r="O136" s="102"/>
+      <c r="P136" s="101"/>
+      <c r="Q136" s="103"/>
+      <c r="R136" s="101"/>
+    </row>
+    <row r="137" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A137" s="101"/>
+      <c r="B137" s="101"/>
+      <c r="C137" s="101"/>
+      <c r="D137" s="101"/>
+      <c r="E137" s="101"/>
+      <c r="F137" s="101"/>
+      <c r="G137" s="101"/>
+      <c r="H137" s="101"/>
+      <c r="I137" s="101"/>
+      <c r="J137" s="101"/>
+      <c r="K137" s="101"/>
+      <c r="L137" s="102"/>
+      <c r="M137" s="102"/>
+      <c r="N137" s="102"/>
+      <c r="O137" s="102"/>
+      <c r="P137" s="101"/>
+      <c r="Q137" s="103"/>
+      <c r="R137" s="101"/>
+    </row>
+    <row r="138" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A138" s="20"/>
       <c r="B138" s="20"/>
       <c r="C138" s="20"/>
       <c r="D138" s="20"/>
       <c r="E138" s="20"/>
       <c r="F138" s="21"/>
       <c r="G138" s="20"/>
       <c r="K138" s="21"/>
       <c r="Q138" s="22"/>
       <c r="R138" s="18"/>
     </row>
-    <row r="139" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="139" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A139" s="20"/>
       <c r="B139" s="20"/>
       <c r="C139" s="20"/>
       <c r="D139" s="20"/>
       <c r="E139" s="20"/>
       <c r="F139" s="21"/>
       <c r="G139" s="20"/>
       <c r="K139" s="21"/>
       <c r="Q139" s="22"/>
       <c r="R139" s="18"/>
     </row>
-    <row r="140" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="140" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A140" s="20"/>
       <c r="B140" s="20"/>
       <c r="C140" s="20"/>
       <c r="D140" s="20"/>
       <c r="E140" s="20"/>
       <c r="F140" s="21"/>
       <c r="G140" s="20"/>
       <c r="K140" s="21"/>
       <c r="Q140" s="22"/>
       <c r="R140" s="18"/>
     </row>
-    <row r="141" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="141" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A141" s="20"/>
       <c r="B141" s="20"/>
       <c r="C141" s="20"/>
       <c r="D141" s="20"/>
       <c r="E141" s="20"/>
       <c r="F141" s="21"/>
       <c r="G141" s="20"/>
       <c r="K141" s="21"/>
       <c r="Q141" s="22"/>
       <c r="R141" s="18"/>
     </row>
-    <row r="142" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="142" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A142" s="20"/>
       <c r="B142" s="20"/>
       <c r="C142" s="20"/>
       <c r="D142" s="20"/>
       <c r="E142" s="20"/>
       <c r="F142" s="21"/>
       <c r="G142" s="20"/>
       <c r="K142" s="21"/>
       <c r="Q142" s="22"/>
       <c r="R142" s="18"/>
     </row>
-    <row r="143" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="143" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A143" s="20"/>
       <c r="B143" s="20"/>
       <c r="C143" s="20"/>
       <c r="D143" s="20"/>
       <c r="E143" s="20"/>
       <c r="F143" s="21"/>
       <c r="G143" s="20"/>
       <c r="K143" s="21"/>
       <c r="Q143" s="22"/>
       <c r="R143" s="18"/>
     </row>
-    <row r="144" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="144" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A144" s="20"/>
       <c r="B144" s="20"/>
       <c r="C144" s="20"/>
       <c r="D144" s="20"/>
       <c r="E144" s="20"/>
       <c r="F144" s="21"/>
       <c r="G144" s="20"/>
       <c r="K144" s="21"/>
       <c r="Q144" s="22"/>
       <c r="R144" s="18"/>
     </row>
-    <row r="145" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="145" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A145" s="20"/>
       <c r="B145" s="20"/>
       <c r="C145" s="20"/>
       <c r="D145" s="20"/>
       <c r="E145" s="20"/>
       <c r="F145" s="21"/>
       <c r="G145" s="20"/>
       <c r="K145" s="21"/>
       <c r="Q145" s="22"/>
       <c r="R145" s="18"/>
     </row>
-    <row r="146" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="146" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A146" s="20"/>
       <c r="B146" s="20"/>
       <c r="C146" s="20"/>
       <c r="D146" s="20"/>
       <c r="E146" s="20"/>
       <c r="F146" s="21"/>
       <c r="G146" s="20"/>
       <c r="K146" s="21"/>
       <c r="Q146" s="22"/>
       <c r="R146" s="18"/>
     </row>
-    <row r="147" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="147" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A147" s="20"/>
       <c r="B147" s="20"/>
       <c r="C147" s="20"/>
       <c r="D147" s="20"/>
       <c r="E147" s="20"/>
       <c r="F147" s="21"/>
       <c r="G147" s="20"/>
       <c r="K147" s="21"/>
       <c r="Q147" s="22"/>
       <c r="R147" s="18"/>
     </row>
-    <row r="148" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="148" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A148" s="20"/>
       <c r="B148" s="20"/>
       <c r="C148" s="20"/>
       <c r="D148" s="20"/>
       <c r="E148" s="20"/>
       <c r="F148" s="21"/>
       <c r="G148" s="20"/>
       <c r="K148" s="21"/>
       <c r="Q148" s="22"/>
       <c r="R148" s="18"/>
     </row>
-    <row r="149" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="149" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A149" s="20"/>
       <c r="B149" s="20"/>
       <c r="C149" s="20"/>
       <c r="D149" s="20"/>
       <c r="E149" s="20"/>
       <c r="F149" s="21"/>
       <c r="G149" s="20"/>
       <c r="K149" s="21"/>
       <c r="Q149" s="22"/>
       <c r="R149" s="18"/>
     </row>
-    <row r="150" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="150" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A150" s="20"/>
       <c r="B150" s="20"/>
       <c r="C150" s="20"/>
       <c r="D150" s="20"/>
       <c r="E150" s="20"/>
       <c r="F150" s="21"/>
       <c r="G150" s="20"/>
       <c r="K150" s="21"/>
       <c r="Q150" s="22"/>
       <c r="R150" s="18"/>
     </row>
-    <row r="151" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="151" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A151" s="20"/>
       <c r="B151" s="20"/>
       <c r="C151" s="20"/>
       <c r="D151" s="20"/>
       <c r="E151" s="20"/>
       <c r="F151" s="21"/>
       <c r="G151" s="20"/>
       <c r="K151" s="21"/>
       <c r="Q151" s="22"/>
       <c r="R151" s="18"/>
     </row>
-    <row r="152" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="152" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A152" s="20"/>
       <c r="B152" s="20"/>
       <c r="C152" s="20"/>
       <c r="D152" s="20"/>
       <c r="E152" s="20"/>
       <c r="F152" s="21"/>
       <c r="G152" s="20"/>
       <c r="K152" s="21"/>
       <c r="Q152" s="22"/>
       <c r="R152" s="18"/>
     </row>
-    <row r="153" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="153" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A153" s="20"/>
       <c r="B153" s="20"/>
       <c r="C153" s="20"/>
       <c r="D153" s="20"/>
       <c r="E153" s="20"/>
       <c r="F153" s="21"/>
       <c r="G153" s="20"/>
       <c r="K153" s="21"/>
       <c r="Q153" s="22"/>
       <c r="R153" s="18"/>
     </row>
-    <row r="154" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="154" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A154" s="20"/>
       <c r="B154" s="20"/>
       <c r="C154" s="20"/>
       <c r="D154" s="20"/>
       <c r="E154" s="20"/>
       <c r="F154" s="21"/>
       <c r="G154" s="20"/>
       <c r="K154" s="21"/>
       <c r="Q154" s="22"/>
       <c r="R154" s="18"/>
     </row>
-    <row r="155" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="155" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A155" s="20"/>
       <c r="B155" s="20"/>
       <c r="C155" s="20"/>
       <c r="D155" s="20"/>
       <c r="E155" s="20"/>
       <c r="F155" s="21"/>
       <c r="G155" s="20"/>
       <c r="K155" s="21"/>
       <c r="Q155" s="22"/>
       <c r="R155" s="18"/>
     </row>
-    <row r="156" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="156" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A156" s="20"/>
       <c r="B156" s="20"/>
       <c r="C156" s="20"/>
       <c r="D156" s="20"/>
       <c r="E156" s="20"/>
       <c r="F156" s="21"/>
       <c r="G156" s="20"/>
       <c r="K156" s="21"/>
       <c r="Q156" s="22"/>
       <c r="R156" s="18"/>
     </row>
-    <row r="157" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="157" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A157" s="20"/>
       <c r="B157" s="20"/>
       <c r="C157" s="20"/>
       <c r="D157" s="20"/>
       <c r="E157" s="20"/>
       <c r="F157" s="21"/>
       <c r="G157" s="20"/>
       <c r="K157" s="21"/>
       <c r="Q157" s="22"/>
       <c r="R157" s="18"/>
     </row>
-    <row r="158" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="158" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A158" s="20"/>
       <c r="B158" s="20"/>
       <c r="C158" s="20"/>
       <c r="D158" s="20"/>
       <c r="E158" s="20"/>
       <c r="F158" s="21"/>
       <c r="G158" s="20"/>
       <c r="K158" s="21"/>
       <c r="Q158" s="22"/>
       <c r="R158" s="18"/>
     </row>
-    <row r="159" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="159" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A159" s="20"/>
       <c r="B159" s="20"/>
       <c r="C159" s="20"/>
       <c r="D159" s="20"/>
       <c r="E159" s="20"/>
       <c r="F159" s="21"/>
       <c r="G159" s="20"/>
       <c r="K159" s="21"/>
       <c r="Q159" s="22"/>
       <c r="R159" s="18"/>
     </row>
-    <row r="160" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="160" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A160" s="20"/>
       <c r="B160" s="20"/>
       <c r="C160" s="20"/>
       <c r="D160" s="20"/>
       <c r="E160" s="20"/>
       <c r="F160" s="21"/>
       <c r="G160" s="20"/>
       <c r="K160" s="21"/>
       <c r="Q160" s="22"/>
       <c r="R160" s="18"/>
     </row>
-    <row r="161" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="161" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A161" s="20"/>
       <c r="B161" s="20"/>
       <c r="C161" s="20"/>
       <c r="D161" s="20"/>
       <c r="E161" s="20"/>
       <c r="F161" s="21"/>
       <c r="G161" s="20"/>
       <c r="K161" s="21"/>
       <c r="Q161" s="22"/>
       <c r="R161" s="18"/>
     </row>
-    <row r="162" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="162" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A162" s="21"/>
       <c r="C162" s="20"/>
       <c r="D162" s="20"/>
       <c r="E162" s="20"/>
       <c r="F162" s="21"/>
       <c r="G162" s="20"/>
       <c r="Q162" s="22"/>
       <c r="R162" s="18"/>
     </row>
-    <row r="163" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="163" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A163" s="21"/>
       <c r="C163" s="20"/>
       <c r="D163" s="20"/>
       <c r="E163" s="20"/>
       <c r="F163" s="21"/>
       <c r="G163" s="20"/>
       <c r="Q163" s="22"/>
       <c r="R163" s="18"/>
     </row>
-    <row r="164" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="164" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A164" s="21"/>
       <c r="C164" s="20"/>
       <c r="D164" s="20"/>
       <c r="E164" s="20"/>
       <c r="F164" s="21"/>
       <c r="G164" s="20"/>
       <c r="K164" s="21"/>
       <c r="Q164" s="22"/>
       <c r="R164" s="18"/>
     </row>
-    <row r="165" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="165" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A165" s="21"/>
       <c r="C165" s="20"/>
       <c r="D165" s="20"/>
       <c r="E165" s="20"/>
       <c r="F165" s="21"/>
       <c r="G165" s="20"/>
       <c r="Q165" s="22"/>
       <c r="R165" s="18"/>
     </row>
-    <row r="166" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="166" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A166" s="21"/>
       <c r="C166" s="20"/>
       <c r="D166" s="20"/>
       <c r="E166" s="20"/>
       <c r="F166" s="21"/>
       <c r="G166" s="20"/>
       <c r="Q166" s="22"/>
       <c r="R166" s="18"/>
     </row>
-    <row r="167" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="167" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A167" s="21"/>
       <c r="C167" s="20"/>
       <c r="D167" s="20"/>
       <c r="E167" s="20"/>
       <c r="F167" s="21"/>
       <c r="G167" s="20"/>
       <c r="K167" s="21"/>
       <c r="Q167" s="22"/>
       <c r="R167" s="18"/>
     </row>
-    <row r="168" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="168" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A168" s="21"/>
       <c r="C168" s="20"/>
       <c r="D168" s="20"/>
       <c r="E168" s="20"/>
       <c r="F168" s="21"/>
       <c r="G168" s="20"/>
       <c r="K168" s="21"/>
       <c r="Q168" s="22"/>
       <c r="R168" s="18"/>
     </row>
-    <row r="169" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="169" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A169" s="21"/>
       <c r="C169" s="20"/>
       <c r="D169" s="20"/>
       <c r="E169" s="20"/>
       <c r="F169" s="21"/>
       <c r="G169" s="20"/>
       <c r="K169" s="21"/>
       <c r="Q169" s="22"/>
       <c r="R169" s="18"/>
     </row>
-    <row r="170" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="170" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A170" s="21"/>
       <c r="C170" s="20"/>
       <c r="D170" s="20"/>
       <c r="E170" s="20"/>
       <c r="F170" s="21"/>
       <c r="G170" s="20"/>
       <c r="K170" s="21"/>
       <c r="Q170" s="22"/>
       <c r="R170" s="18"/>
     </row>
-    <row r="171" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="171" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A171" s="21"/>
       <c r="C171" s="20"/>
       <c r="D171" s="20"/>
       <c r="E171" s="20"/>
       <c r="F171" s="21"/>
       <c r="G171" s="20"/>
       <c r="Q171" s="22"/>
       <c r="R171" s="18"/>
     </row>
-    <row r="172" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="172" spans="1:18" x14ac:dyDescent="0.2">
       <c r="Q172" s="22"/>
     </row>
-    <row r="173" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="173" spans="1:18" x14ac:dyDescent="0.2">
       <c r="Q173" s="22"/>
     </row>
-    <row r="174" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="174" spans="1:18" x14ac:dyDescent="0.2">
       <c r="Q174" s="22"/>
     </row>
-    <row r="175" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="175" spans="1:18" x14ac:dyDescent="0.2">
       <c r="Q175" s="22"/>
     </row>
-    <row r="176" spans="1:18" x14ac:dyDescent="0.3">
+    <row r="176" spans="1:18" x14ac:dyDescent="0.2">
       <c r="Q176" s="22"/>
     </row>
-    <row r="177" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="177" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q177" s="22"/>
     </row>
-    <row r="178" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="178" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q178" s="22"/>
     </row>
-    <row r="179" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="179" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q179" s="22"/>
     </row>
-    <row r="180" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="180" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q180" s="22"/>
     </row>
-    <row r="181" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="181" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q181" s="22"/>
     </row>
-    <row r="182" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="182" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q182" s="22"/>
     </row>
-    <row r="183" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="183" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q183" s="22"/>
     </row>
-    <row r="184" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="184" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q184" s="22"/>
     </row>
-    <row r="185" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="185" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q185" s="22"/>
     </row>
-    <row r="186" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="186" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q186" s="22"/>
     </row>
-    <row r="187" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="187" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q187" s="22"/>
     </row>
-    <row r="188" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="188" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q188" s="22"/>
     </row>
-    <row r="189" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="189" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q189" s="22"/>
     </row>
-    <row r="190" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="190" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q190" s="22"/>
     </row>
-    <row r="191" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="191" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q191" s="22"/>
     </row>
-    <row r="192" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="192" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q192" s="22"/>
     </row>
-    <row r="193" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="193" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q193" s="22"/>
     </row>
-    <row r="194" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="194" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q194" s="22"/>
     </row>
-    <row r="195" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="195" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q195" s="22"/>
     </row>
-    <row r="196" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="196" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q196" s="22"/>
     </row>
-    <row r="197" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="197" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q197" s="22"/>
     </row>
-    <row r="198" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="198" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q198" s="22"/>
     </row>
-    <row r="199" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="199" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q199" s="22"/>
     </row>
-    <row r="200" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="200" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q200" s="22"/>
     </row>
-    <row r="201" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="201" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q201" s="22"/>
     </row>
-    <row r="202" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="202" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q202" s="22"/>
     </row>
-    <row r="203" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="203" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q203" s="22"/>
     </row>
-    <row r="204" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="204" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q204" s="22"/>
     </row>
-    <row r="205" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="205" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q205" s="22"/>
     </row>
-    <row r="206" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="206" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q206" s="22"/>
     </row>
-    <row r="207" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="207" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q207" s="22"/>
     </row>
-    <row r="208" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="208" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q208" s="22"/>
     </row>
-    <row r="209" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="209" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q209" s="22"/>
     </row>
-    <row r="210" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="210" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q210" s="22"/>
     </row>
-    <row r="211" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="211" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q211" s="22"/>
     </row>
-    <row r="212" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="212" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q212" s="22"/>
     </row>
-    <row r="213" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="213" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q213" s="22"/>
     </row>
-    <row r="214" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="214" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q214" s="22"/>
     </row>
-    <row r="215" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="215" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q215" s="22"/>
     </row>
-    <row r="216" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="216" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q216" s="22"/>
     </row>
-    <row r="217" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="217" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q217" s="22"/>
     </row>
-    <row r="218" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="218" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q218" s="22"/>
     </row>
-    <row r="219" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="219" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q219" s="22"/>
     </row>
-    <row r="220" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="220" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q220" s="22"/>
     </row>
-    <row r="221" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="221" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q221" s="22"/>
     </row>
-    <row r="222" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="222" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q222" s="22"/>
     </row>
-    <row r="223" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="223" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q223" s="22"/>
     </row>
-    <row r="224" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="224" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q224" s="22"/>
     </row>
-    <row r="225" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="225" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q225" s="22"/>
     </row>
-    <row r="226" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="226" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q226" s="22"/>
     </row>
-    <row r="227" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="227" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q227" s="22"/>
     </row>
-    <row r="228" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="228" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q228" s="22"/>
     </row>
-    <row r="229" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="229" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q229" s="22"/>
     </row>
-    <row r="230" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="230" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q230" s="22"/>
     </row>
-    <row r="231" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="231" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q231" s="22"/>
     </row>
-    <row r="232" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="232" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q232" s="22"/>
     </row>
-    <row r="233" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="233" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q233" s="22"/>
     </row>
-    <row r="234" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="234" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q234" s="22"/>
     </row>
-    <row r="235" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="235" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q235" s="22"/>
     </row>
-    <row r="236" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="236" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q236" s="22"/>
     </row>
-    <row r="237" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="237" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q237" s="22"/>
     </row>
-    <row r="238" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="238" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q238" s="22"/>
     </row>
-    <row r="239" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="239" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q239" s="22"/>
     </row>
-    <row r="240" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="240" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q240" s="22"/>
     </row>
-    <row r="241" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="241" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q241" s="22"/>
     </row>
-    <row r="242" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="242" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q242" s="22"/>
     </row>
-    <row r="243" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="243" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q243" s="22"/>
     </row>
-    <row r="244" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="244" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q244" s="22"/>
     </row>
-    <row r="245" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="245" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q245" s="22"/>
     </row>
-    <row r="246" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="246" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q246" s="22"/>
     </row>
-    <row r="247" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="247" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q247" s="22"/>
     </row>
-    <row r="248" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="248" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q248" s="22"/>
     </row>
-    <row r="249" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="249" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q249" s="22"/>
     </row>
-    <row r="250" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="250" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q250" s="22"/>
     </row>
-    <row r="251" spans="17:17" x14ac:dyDescent="0.3">
+    <row r="251" spans="17:17" x14ac:dyDescent="0.2">
       <c r="Q251" s="22"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Internal</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:P53"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="L2" sqref="L2"/>
+    <sheetView topLeftCell="A19" workbookViewId="0">
+      <selection activeCell="A53" sqref="A53"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="12" max="12" width="16.26953125" bestFit="1" customWidth="1"/>
-    <col min="14" max="14" width="16.26953125" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="16.28515625" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="16.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B1" s="4" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C1" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D1" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="D1" s="2" t="s">
+      <c r="E1" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="E1" s="2" t="s">
+      <c r="F1" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="G1" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="F1" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G1" s="2" t="s">
+      <c r="H1" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="H1" s="2" t="s">
+      <c r="I1" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="I1" s="2" t="s">
+      <c r="J1" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="J1" s="2" t="s">
+      <c r="K1" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="K1" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L1" s="12" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="O1" s="10"/>
       <c r="P1" s="11" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:16" x14ac:dyDescent="0.35">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A2" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B2">
         <v>150</v>
       </c>
       <c r="C2">
         <v>1250</v>
       </c>
       <c r="D2">
         <v>1500</v>
       </c>
       <c r="E2">
         <v>750</v>
       </c>
       <c r="F2">
         <v>1000</v>
       </c>
       <c r="G2">
         <v>1000</v>
       </c>
       <c r="H2">
         <v>500</v>
       </c>
       <c r="I2">
         <v>2250</v>
       </c>
       <c r="J2">
         <v>1500</v>
       </c>
       <c r="K2" s="6">
         <v>0</v>
       </c>
       <c r="L2">
-        <v>45547</v>
+        <v>46669</v>
       </c>
       <c r="O2" s="5" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P2" s="6">
         <f>IF(ISBLANK('OCS Cost Estimator'!C7),0,INDEX('Program List'!B3:B189,MATCH('OCS Cost Estimator'!C7,'Program List'!D3:D189,0)))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:16" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B3">
         <v>150</v>
       </c>
       <c r="C3">
         <v>1250</v>
       </c>
       <c r="D3">
         <v>1500</v>
       </c>
       <c r="E3">
         <v>750</v>
       </c>
       <c r="F3">
         <v>1000</v>
       </c>
       <c r="G3">
         <v>1000</v>
       </c>
       <c r="H3">
         <v>500</v>
       </c>
       <c r="I3">
         <v>2250</v>
       </c>
       <c r="J3">
         <v>1500</v>
       </c>
       <c r="K3" s="6">
         <v>0</v>
       </c>
       <c r="L3">
-        <v>45547</v>
+        <v>46669</v>
       </c>
       <c r="O3" s="7" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P3" s="9">
         <f>IF(ISBLANK('OCS Cost Estimator'!C8),0,INDEX('Program List'!B3:B189,MATCH('OCS Cost Estimator'!C8,'Program List'!D3:D189,0)))</f>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:16" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B4">
         <v>150</v>
       </c>
       <c r="C4">
         <v>1250</v>
       </c>
       <c r="D4">
         <v>1500</v>
       </c>
       <c r="E4">
         <v>750</v>
       </c>
       <c r="F4">
         <v>1000</v>
       </c>
       <c r="G4">
         <v>1000</v>
       </c>
       <c r="H4">
         <v>500</v>
       </c>
       <c r="I4">
         <v>2250</v>
       </c>
       <c r="J4">
         <v>1500</v>
       </c>
       <c r="K4" s="6">
         <v>0</v>
       </c>
       <c r="L4">
-        <v>45547</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:16" x14ac:dyDescent="0.35">
+        <v>46669</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A5" s="5" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B5">
         <v>150</v>
       </c>
       <c r="C5">
         <v>1250</v>
       </c>
       <c r="D5">
         <v>1500</v>
       </c>
       <c r="E5">
         <v>750</v>
       </c>
       <c r="F5">
         <v>1000</v>
       </c>
       <c r="G5">
         <v>1000</v>
       </c>
       <c r="H5">
         <v>500</v>
       </c>
       <c r="I5">
         <v>2250</v>
       </c>
       <c r="J5">
         <v>1500</v>
       </c>
       <c r="K5" s="6">
         <v>0</v>
       </c>
       <c r="L5">
-        <v>45547</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:16" x14ac:dyDescent="0.35">
+        <v>46669</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A6" s="5" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B6">
         <v>150</v>
       </c>
       <c r="C6">
         <v>1250</v>
       </c>
       <c r="D6">
         <v>1500</v>
       </c>
       <c r="E6">
         <v>750</v>
       </c>
       <c r="F6">
         <v>1000</v>
       </c>
       <c r="G6">
         <v>1000</v>
       </c>
       <c r="H6">
         <v>500</v>
       </c>
       <c r="I6">
         <v>2250</v>
       </c>
       <c r="J6">
         <v>1500</v>
       </c>
       <c r="K6" s="6">
         <v>0</v>
       </c>
       <c r="L6">
-        <v>45547</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:16" x14ac:dyDescent="0.35">
+        <v>46669</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A7" s="5" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B7">
         <v>150</v>
       </c>
       <c r="C7">
         <v>1250</v>
       </c>
       <c r="D7">
         <v>1500</v>
       </c>
       <c r="E7">
         <v>750</v>
       </c>
       <c r="F7">
         <v>1000</v>
       </c>
       <c r="G7">
         <v>1000</v>
       </c>
       <c r="H7">
         <v>500</v>
       </c>
       <c r="I7">
         <v>2250</v>
       </c>
       <c r="J7">
         <v>1500</v>
       </c>
       <c r="K7" s="6">
         <v>0</v>
       </c>
       <c r="L7">
-        <v>45547</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:16" x14ac:dyDescent="0.35">
+        <v>46669</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A8" s="5" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B8">
         <v>150</v>
       </c>
       <c r="C8">
         <v>1250</v>
       </c>
       <c r="D8">
         <v>1500</v>
       </c>
       <c r="E8">
         <v>750</v>
       </c>
       <c r="F8">
         <v>1000</v>
       </c>
       <c r="G8">
         <v>1000</v>
       </c>
       <c r="H8">
         <v>500</v>
       </c>
       <c r="I8">
         <v>2250</v>
       </c>
       <c r="J8">
         <v>1500</v>
       </c>
       <c r="K8" s="6">
         <v>0</v>
       </c>
       <c r="L8">
-        <v>45547</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:16" x14ac:dyDescent="0.35">
+        <v>46669</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A9" s="5" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B9">
         <v>150</v>
       </c>
       <c r="C9">
         <v>1250</v>
       </c>
       <c r="D9">
         <v>1500</v>
       </c>
       <c r="E9">
         <v>750</v>
       </c>
       <c r="F9">
         <v>1000</v>
       </c>
       <c r="G9">
         <v>1000</v>
       </c>
       <c r="H9">
         <v>500</v>
       </c>
       <c r="I9">
         <v>2250</v>
       </c>
       <c r="J9">
         <v>1500</v>
       </c>
       <c r="K9" s="6">
         <v>0</v>
       </c>
       <c r="L9">
-        <v>45547</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:16" x14ac:dyDescent="0.35">
+        <v>46669</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B10">
         <v>300</v>
       </c>
       <c r="C10">
         <v>1250</v>
       </c>
       <c r="D10">
         <v>1500</v>
       </c>
       <c r="E10">
         <v>750</v>
       </c>
       <c r="F10">
         <v>1000</v>
       </c>
       <c r="G10">
         <v>1000</v>
       </c>
       <c r="H10">
         <v>500</v>
       </c>
       <c r="I10">
         <v>2250</v>
       </c>
       <c r="J10">
         <v>1500</v>
       </c>
       <c r="K10" s="6">
         <v>0</v>
       </c>
       <c r="L10">
-        <v>45697</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:16" x14ac:dyDescent="0.35">
+        <v>46819</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B11">
         <v>300</v>
       </c>
       <c r="C11">
         <v>1250</v>
       </c>
       <c r="D11">
         <v>1500</v>
       </c>
       <c r="E11">
         <v>750</v>
       </c>
       <c r="F11">
         <v>1000</v>
       </c>
       <c r="G11">
         <v>1000</v>
       </c>
       <c r="H11">
         <v>500</v>
       </c>
       <c r="I11">
         <v>2250</v>
       </c>
       <c r="J11">
         <v>1500</v>
       </c>
       <c r="K11" s="6">
         <v>0</v>
       </c>
       <c r="L11">
-        <v>45697</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:16" x14ac:dyDescent="0.35">
+        <v>46819</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B12">
         <v>300</v>
       </c>
       <c r="C12">
         <v>1250</v>
       </c>
       <c r="D12">
         <v>1500</v>
       </c>
       <c r="E12">
         <v>750</v>
       </c>
       <c r="F12">
         <v>1000</v>
       </c>
       <c r="G12">
         <v>1000</v>
       </c>
       <c r="H12">
         <v>500</v>
       </c>
       <c r="I12">
         <v>2250</v>
       </c>
       <c r="J12">
         <v>1500</v>
       </c>
       <c r="K12" s="6">
         <v>0</v>
       </c>
       <c r="L12">
-        <v>45697</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:16" x14ac:dyDescent="0.35">
+        <v>46819</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B13">
         <v>300</v>
       </c>
       <c r="C13">
         <v>1250</v>
       </c>
       <c r="D13">
         <v>1500</v>
       </c>
       <c r="E13">
         <v>750</v>
       </c>
       <c r="F13">
         <v>1000</v>
       </c>
       <c r="G13">
         <v>1000</v>
       </c>
       <c r="H13">
         <v>500</v>
       </c>
       <c r="I13">
         <v>2250</v>
       </c>
       <c r="J13">
         <v>1500</v>
       </c>
       <c r="K13" s="6">
         <v>0</v>
       </c>
       <c r="L13">
-        <v>45697</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:16" x14ac:dyDescent="0.35">
+        <v>46819</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B14">
         <v>300</v>
       </c>
       <c r="C14">
         <v>1250</v>
       </c>
       <c r="D14">
         <v>1500</v>
       </c>
       <c r="E14">
         <v>750</v>
       </c>
       <c r="F14">
         <v>1000</v>
       </c>
       <c r="G14">
         <v>1000</v>
       </c>
       <c r="H14">
         <v>500</v>
       </c>
       <c r="I14">
         <v>2250</v>
       </c>
       <c r="J14">
         <v>1500</v>
       </c>
       <c r="K14" s="6">
         <v>0</v>
       </c>
       <c r="L14">
-        <v>45697</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:16" x14ac:dyDescent="0.35">
+        <v>46819</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A15" s="5" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B15">
         <v>300</v>
       </c>
       <c r="C15">
         <v>1250</v>
       </c>
       <c r="D15">
         <v>1500</v>
       </c>
       <c r="E15">
         <v>750</v>
       </c>
       <c r="F15">
         <v>1000</v>
       </c>
       <c r="G15">
         <v>1000</v>
       </c>
       <c r="H15">
         <v>500</v>
       </c>
       <c r="I15">
         <v>2250</v>
       </c>
       <c r="J15">
         <v>1500</v>
       </c>
       <c r="K15" s="6">
         <v>0</v>
       </c>
       <c r="L15">
-        <v>45697</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:16" x14ac:dyDescent="0.35">
+        <v>46819</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B16">
         <v>400</v>
       </c>
       <c r="C16">
         <v>1250</v>
       </c>
       <c r="D16">
         <v>1500</v>
       </c>
       <c r="E16">
         <v>750</v>
       </c>
       <c r="F16">
         <v>1000</v>
       </c>
       <c r="G16">
         <v>1000</v>
       </c>
       <c r="H16">
         <v>500</v>
       </c>
       <c r="I16">
         <v>2250</v>
       </c>
       <c r="J16">
         <v>1500</v>
       </c>
       <c r="K16" s="6">
         <v>0</v>
       </c>
       <c r="L16">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A17" s="5" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B17">
         <v>400</v>
       </c>
       <c r="C17">
         <v>1250</v>
       </c>
       <c r="D17">
         <v>1500</v>
       </c>
       <c r="E17">
         <v>750</v>
       </c>
       <c r="F17">
         <v>1000</v>
       </c>
       <c r="G17">
         <v>1000</v>
       </c>
       <c r="H17">
         <v>500</v>
       </c>
       <c r="I17">
         <v>2250</v>
       </c>
       <c r="J17">
         <v>1500</v>
       </c>
       <c r="K17" s="6">
         <v>0</v>
       </c>
       <c r="L17">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A18" s="5" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B18">
         <v>400</v>
       </c>
       <c r="C18">
         <v>1250</v>
       </c>
       <c r="D18">
         <v>1500</v>
       </c>
       <c r="E18">
         <v>750</v>
       </c>
       <c r="F18">
         <v>1000</v>
       </c>
       <c r="G18">
         <v>1000</v>
       </c>
       <c r="H18">
         <v>500</v>
       </c>
       <c r="I18">
         <v>2250</v>
       </c>
       <c r="J18">
         <v>1500</v>
       </c>
       <c r="K18" s="6">
         <v>0</v>
       </c>
       <c r="L18">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B19">
         <v>400</v>
       </c>
       <c r="C19">
         <v>1250</v>
       </c>
       <c r="D19">
         <v>1500</v>
       </c>
       <c r="E19">
         <v>750</v>
       </c>
       <c r="F19">
         <v>1000</v>
       </c>
       <c r="G19">
         <v>1000</v>
       </c>
       <c r="H19">
         <v>500</v>
       </c>
       <c r="I19">
         <v>2250</v>
       </c>
       <c r="J19">
         <v>1500</v>
       </c>
       <c r="K19" s="6">
         <v>0</v>
       </c>
       <c r="L19">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A20" s="5" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B20">
         <v>400</v>
       </c>
       <c r="C20">
         <v>1250</v>
       </c>
       <c r="D20">
         <v>1500</v>
       </c>
       <c r="E20">
         <v>750</v>
       </c>
       <c r="F20">
         <v>1000</v>
       </c>
       <c r="G20">
         <v>1000</v>
       </c>
       <c r="H20">
         <v>500</v>
       </c>
       <c r="I20">
         <v>2250</v>
       </c>
       <c r="J20">
         <v>1500</v>
       </c>
       <c r="K20" s="6">
         <v>0</v>
       </c>
       <c r="L20">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A21" s="5" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B21">
         <v>400</v>
       </c>
       <c r="C21">
         <v>1250</v>
       </c>
       <c r="D21">
         <v>1500</v>
       </c>
       <c r="E21">
         <v>750</v>
       </c>
       <c r="F21">
         <v>1000</v>
       </c>
       <c r="G21">
         <v>1000</v>
       </c>
       <c r="H21">
         <v>500</v>
       </c>
       <c r="I21">
         <v>2250</v>
       </c>
       <c r="J21">
         <v>1500</v>
       </c>
       <c r="K21" s="6">
         <v>0</v>
       </c>
       <c r="L21">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A22" s="5" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B22">
         <v>400</v>
       </c>
       <c r="C22">
         <v>1250</v>
       </c>
       <c r="D22">
         <v>1500</v>
       </c>
       <c r="E22">
         <v>750</v>
       </c>
       <c r="F22">
         <v>1000</v>
       </c>
       <c r="G22">
         <v>1000</v>
       </c>
       <c r="H22">
         <v>500</v>
       </c>
       <c r="I22">
         <v>2250</v>
       </c>
       <c r="J22">
         <v>1500</v>
       </c>
       <c r="K22" s="6">
         <v>0</v>
       </c>
       <c r="L22">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A23" s="5" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B23">
         <v>400</v>
       </c>
       <c r="C23">
         <v>1250</v>
       </c>
       <c r="D23">
         <v>1500</v>
       </c>
       <c r="E23">
         <v>750</v>
       </c>
       <c r="F23">
         <v>1000</v>
       </c>
       <c r="G23">
         <v>1000</v>
       </c>
       <c r="H23">
         <v>500</v>
       </c>
       <c r="I23">
         <v>2250</v>
       </c>
       <c r="J23">
         <v>1500</v>
       </c>
       <c r="K23" s="6">
         <v>0</v>
       </c>
       <c r="L23">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A24" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B24">
         <v>400</v>
       </c>
       <c r="C24">
         <v>1250</v>
       </c>
       <c r="D24">
         <v>1500</v>
       </c>
       <c r="E24">
         <v>750</v>
       </c>
       <c r="F24">
         <v>1000</v>
       </c>
       <c r="G24">
         <v>1000</v>
       </c>
       <c r="H24">
         <v>500</v>
       </c>
       <c r="I24">
         <v>2250</v>
       </c>
       <c r="J24">
         <v>1500</v>
       </c>
       <c r="K24" s="6">
         <v>0</v>
       </c>
       <c r="L24">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A25" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B25">
         <v>400</v>
       </c>
       <c r="C25">
         <v>1250</v>
       </c>
       <c r="D25">
         <v>1500</v>
       </c>
       <c r="E25">
         <v>750</v>
       </c>
       <c r="F25">
         <v>1000</v>
       </c>
       <c r="G25">
         <v>1000</v>
       </c>
       <c r="H25">
         <v>500</v>
       </c>
       <c r="I25">
         <v>2250</v>
       </c>
       <c r="J25">
         <v>1500</v>
       </c>
       <c r="K25" s="6">
         <v>0</v>
       </c>
       <c r="L25">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A26" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B26">
         <v>400</v>
       </c>
       <c r="C26">
         <v>1250</v>
       </c>
       <c r="D26">
         <v>1500</v>
       </c>
       <c r="E26">
         <v>750</v>
       </c>
       <c r="F26">
         <v>1000</v>
       </c>
       <c r="G26">
         <v>1000</v>
       </c>
       <c r="H26">
         <v>500</v>
       </c>
       <c r="I26">
         <v>2250</v>
       </c>
       <c r="J26">
         <v>1500</v>
       </c>
       <c r="K26" s="6">
         <v>0</v>
       </c>
       <c r="L26">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A27" s="5" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B27">
         <v>400</v>
       </c>
       <c r="C27">
         <v>1250</v>
       </c>
       <c r="D27">
         <v>1500</v>
       </c>
       <c r="E27">
         <v>750</v>
       </c>
       <c r="F27">
         <v>1000</v>
       </c>
       <c r="G27">
         <v>1000</v>
       </c>
       <c r="H27">
         <v>500</v>
       </c>
       <c r="I27">
         <v>2250</v>
       </c>
       <c r="J27">
         <v>1500</v>
       </c>
       <c r="K27" s="6">
         <v>0</v>
       </c>
       <c r="L27">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A28" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B28">
         <v>400</v>
       </c>
       <c r="C28">
         <v>1250</v>
       </c>
       <c r="D28">
         <v>1500</v>
       </c>
       <c r="E28">
         <v>750</v>
       </c>
       <c r="F28">
         <v>1000</v>
       </c>
       <c r="G28">
         <v>1000</v>
       </c>
       <c r="H28">
         <v>500</v>
       </c>
       <c r="I28">
         <v>2250</v>
       </c>
       <c r="J28">
         <v>1500</v>
       </c>
       <c r="K28" s="6">
         <v>0</v>
       </c>
       <c r="L28">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A29" s="5" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B29">
         <v>400</v>
       </c>
       <c r="C29">
         <v>1250</v>
       </c>
       <c r="D29">
         <v>1500</v>
       </c>
       <c r="E29">
         <v>750</v>
       </c>
       <c r="F29">
         <v>1000</v>
       </c>
       <c r="G29">
         <v>1000</v>
       </c>
       <c r="H29">
         <v>500</v>
       </c>
       <c r="I29">
         <v>2250</v>
       </c>
       <c r="J29">
         <v>1500</v>
       </c>
       <c r="K29" s="6">
         <v>0</v>
       </c>
       <c r="L29">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A30" s="5" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B30">
         <v>400</v>
       </c>
       <c r="C30">
         <v>1250</v>
       </c>
       <c r="D30">
         <v>1500</v>
       </c>
       <c r="E30">
         <v>750</v>
       </c>
       <c r="F30">
         <v>1000</v>
       </c>
       <c r="G30">
         <v>1000</v>
       </c>
       <c r="H30">
         <v>500</v>
       </c>
       <c r="I30">
         <v>2250</v>
       </c>
       <c r="J30">
         <v>1500</v>
       </c>
       <c r="K30" s="6">
         <v>0</v>
       </c>
       <c r="L30">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A31" s="5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B31">
         <v>400</v>
       </c>
       <c r="C31">
         <v>1250</v>
       </c>
       <c r="D31">
         <v>1500</v>
       </c>
       <c r="E31">
         <v>750</v>
       </c>
       <c r="F31">
         <v>1000</v>
       </c>
       <c r="G31">
         <v>1000</v>
       </c>
       <c r="H31">
         <v>500</v>
       </c>
       <c r="I31">
         <v>2250</v>
       </c>
       <c r="J31">
         <v>1500</v>
       </c>
       <c r="K31" s="6">
         <v>0</v>
       </c>
       <c r="L31">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A32" s="5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B32">
         <v>400</v>
       </c>
       <c r="C32">
         <v>1250</v>
       </c>
       <c r="D32">
         <v>1500</v>
       </c>
       <c r="E32">
         <v>750</v>
       </c>
       <c r="F32">
         <v>1000</v>
       </c>
       <c r="G32">
         <v>1000</v>
       </c>
       <c r="H32">
         <v>500</v>
       </c>
       <c r="I32">
         <v>2250</v>
       </c>
       <c r="J32">
         <v>1500</v>
       </c>
       <c r="K32" s="6">
         <v>0</v>
       </c>
       <c r="L32">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A33" s="5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B33">
         <v>400</v>
       </c>
       <c r="C33">
         <v>1250</v>
       </c>
       <c r="D33">
         <v>1500</v>
       </c>
       <c r="E33">
         <v>750</v>
       </c>
       <c r="F33">
         <v>1000</v>
       </c>
       <c r="G33">
         <v>1000</v>
       </c>
       <c r="H33">
         <v>500</v>
       </c>
       <c r="I33">
         <v>2250</v>
       </c>
       <c r="J33">
         <v>1500</v>
       </c>
       <c r="K33" s="6">
         <v>0</v>
       </c>
       <c r="L33">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A34" s="5" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B34">
         <v>400</v>
       </c>
       <c r="C34">
         <v>1250</v>
       </c>
       <c r="D34">
         <v>1500</v>
       </c>
       <c r="E34">
         <v>750</v>
       </c>
       <c r="F34">
         <v>1000</v>
       </c>
       <c r="G34">
         <v>1000</v>
       </c>
       <c r="H34">
         <v>500</v>
       </c>
       <c r="I34">
         <v>2250</v>
       </c>
       <c r="J34">
         <v>1500</v>
       </c>
       <c r="K34" s="6">
         <v>0</v>
       </c>
       <c r="L34">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A35" s="5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B35">
         <v>400</v>
       </c>
       <c r="C35">
         <v>1250</v>
       </c>
       <c r="D35">
         <v>1500</v>
       </c>
       <c r="E35">
         <v>750</v>
       </c>
       <c r="F35">
         <v>1000</v>
       </c>
       <c r="G35">
         <v>1000</v>
       </c>
       <c r="H35">
         <v>500</v>
       </c>
       <c r="I35">
         <v>2250</v>
       </c>
       <c r="J35">
         <v>1500</v>
       </c>
       <c r="K35" s="6">
         <v>0</v>
       </c>
       <c r="L35">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A36" s="5" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B36">
         <v>400</v>
       </c>
       <c r="C36">
         <v>1250</v>
       </c>
       <c r="D36">
         <v>1500</v>
       </c>
       <c r="E36">
         <v>750</v>
       </c>
       <c r="F36">
         <v>1000</v>
       </c>
       <c r="G36">
         <v>1000</v>
       </c>
       <c r="H36">
         <v>500</v>
       </c>
       <c r="I36">
         <v>2250</v>
       </c>
       <c r="J36">
         <v>1500</v>
       </c>
       <c r="K36" s="6">
         <v>0</v>
       </c>
       <c r="L36">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A37" s="5" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B37">
         <v>400</v>
       </c>
       <c r="C37">
         <v>1250</v>
       </c>
       <c r="D37">
         <v>1500</v>
       </c>
       <c r="E37">
         <v>750</v>
       </c>
       <c r="F37">
         <v>1000</v>
       </c>
       <c r="G37">
         <v>1000</v>
       </c>
       <c r="H37">
         <v>500</v>
       </c>
       <c r="I37">
         <v>2250</v>
       </c>
       <c r="J37">
         <v>1500</v>
       </c>
       <c r="K37" s="6">
         <v>0</v>
       </c>
       <c r="L37">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A38" s="5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B38">
         <v>400</v>
       </c>
       <c r="C38">
         <v>1250</v>
       </c>
       <c r="D38">
         <v>1500</v>
       </c>
       <c r="E38">
         <v>750</v>
       </c>
       <c r="F38">
         <v>1000</v>
       </c>
       <c r="G38">
         <v>1000</v>
       </c>
       <c r="H38">
         <v>500</v>
       </c>
       <c r="I38">
         <v>2250</v>
       </c>
       <c r="J38">
         <v>1500</v>
       </c>
       <c r="K38" s="6">
         <v>0</v>
       </c>
       <c r="L38">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A39" s="5" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B39">
         <v>400</v>
       </c>
       <c r="C39">
         <v>1250</v>
       </c>
       <c r="D39">
         <v>1500</v>
       </c>
       <c r="E39">
         <v>750</v>
       </c>
       <c r="F39">
         <v>1000</v>
       </c>
       <c r="G39">
         <v>1000</v>
       </c>
       <c r="H39">
         <v>500</v>
       </c>
       <c r="I39">
         <v>2250</v>
       </c>
       <c r="J39">
         <v>1500</v>
       </c>
       <c r="K39" s="6">
         <v>0</v>
       </c>
       <c r="L39">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A40" s="5" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B40">
         <v>400</v>
       </c>
       <c r="C40">
         <v>1250</v>
       </c>
       <c r="D40">
         <v>1500</v>
       </c>
       <c r="E40">
         <v>750</v>
       </c>
       <c r="F40">
         <v>1000</v>
       </c>
       <c r="G40">
         <v>1000</v>
       </c>
       <c r="H40">
         <v>500</v>
       </c>
       <c r="I40">
         <v>2250</v>
       </c>
       <c r="J40">
         <v>1500</v>
       </c>
       <c r="K40" s="6">
         <v>0</v>
       </c>
       <c r="L40">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A41" s="5" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B41">
         <v>400</v>
       </c>
       <c r="C41">
         <v>1250</v>
       </c>
       <c r="D41">
         <v>1500</v>
       </c>
       <c r="E41">
         <v>750</v>
       </c>
       <c r="F41">
         <v>1000</v>
       </c>
       <c r="G41">
         <v>1000</v>
       </c>
       <c r="H41">
         <v>500</v>
       </c>
       <c r="I41">
         <v>2250</v>
       </c>
       <c r="J41">
         <v>1500</v>
       </c>
       <c r="K41" s="6">
         <v>0</v>
       </c>
       <c r="L41">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A42" s="5" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B42">
         <v>400</v>
       </c>
       <c r="C42">
         <v>1250</v>
       </c>
       <c r="D42">
         <v>1500</v>
       </c>
       <c r="E42">
         <v>750</v>
       </c>
       <c r="F42">
         <v>1000</v>
       </c>
       <c r="G42">
         <v>1000</v>
       </c>
       <c r="H42">
         <v>500</v>
       </c>
       <c r="I42">
         <v>2250</v>
       </c>
       <c r="J42">
         <v>1500</v>
       </c>
       <c r="K42" s="6">
         <v>0</v>
       </c>
       <c r="L42">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A43" s="5" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B43">
         <v>400</v>
       </c>
       <c r="C43">
         <v>1250</v>
       </c>
       <c r="D43">
         <v>1500</v>
       </c>
       <c r="E43">
         <v>750</v>
       </c>
       <c r="F43">
         <v>1000</v>
       </c>
       <c r="G43">
         <v>1000</v>
       </c>
       <c r="H43">
         <v>500</v>
       </c>
       <c r="I43">
         <v>2250</v>
       </c>
       <c r="J43">
         <v>1500</v>
       </c>
       <c r="K43" s="6">
         <v>0</v>
       </c>
       <c r="L43">
-        <v>45797</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46919</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A44" s="5" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B44">
         <v>425</v>
       </c>
       <c r="C44">
         <v>1250</v>
       </c>
       <c r="D44">
         <v>1500</v>
       </c>
       <c r="E44">
         <v>750</v>
       </c>
       <c r="F44">
         <v>1000</v>
       </c>
       <c r="G44">
         <v>1000</v>
       </c>
       <c r="H44">
         <v>500</v>
       </c>
       <c r="I44">
         <v>2250</v>
       </c>
       <c r="J44">
         <v>1500</v>
       </c>
       <c r="K44" s="6">
         <v>0</v>
       </c>
       <c r="L44">
-        <v>45822</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46944</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A45" s="5" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B45">
         <v>425</v>
       </c>
       <c r="C45">
         <v>1250</v>
       </c>
       <c r="D45">
         <v>1500</v>
       </c>
       <c r="E45">
         <v>750</v>
       </c>
       <c r="F45">
         <v>1000</v>
       </c>
       <c r="G45">
         <v>1000</v>
       </c>
       <c r="H45">
         <v>500</v>
       </c>
       <c r="I45">
         <v>2250</v>
       </c>
       <c r="J45">
         <v>1500</v>
       </c>
       <c r="K45" s="6">
         <v>0</v>
       </c>
       <c r="L45">
-        <v>45822</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46944</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A46" s="5" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B46">
         <v>425</v>
       </c>
       <c r="C46">
         <v>1250</v>
       </c>
       <c r="D46">
         <v>1500</v>
       </c>
       <c r="E46">
         <v>750</v>
       </c>
       <c r="F46">
         <v>1000</v>
       </c>
       <c r="G46">
         <v>1000</v>
       </c>
       <c r="H46">
         <v>500</v>
       </c>
       <c r="I46">
         <v>2250</v>
       </c>
       <c r="J46">
         <v>1500</v>
       </c>
       <c r="K46" s="6">
         <v>0</v>
       </c>
       <c r="L46">
-        <v>45822</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46944</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A47" s="5" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B47">
         <v>425</v>
       </c>
       <c r="C47">
         <v>1250</v>
       </c>
       <c r="D47">
         <v>1500</v>
       </c>
       <c r="E47">
         <v>750</v>
       </c>
       <c r="F47">
         <v>1000</v>
       </c>
       <c r="G47">
         <v>1000</v>
       </c>
       <c r="H47">
         <v>500</v>
       </c>
       <c r="I47">
         <v>2250</v>
       </c>
       <c r="J47">
         <v>1500</v>
       </c>
       <c r="K47" s="6">
         <v>0</v>
       </c>
       <c r="L47">
-        <v>45822</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46944</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A48" s="5" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B48">
         <v>425</v>
       </c>
       <c r="C48">
         <v>1250</v>
       </c>
       <c r="D48">
         <v>1500</v>
       </c>
       <c r="E48">
         <v>750</v>
       </c>
       <c r="F48">
         <v>1000</v>
       </c>
       <c r="G48">
         <v>1000</v>
       </c>
       <c r="H48">
         <v>500</v>
       </c>
       <c r="I48">
         <v>2250</v>
       </c>
       <c r="J48">
         <v>1500</v>
       </c>
       <c r="K48" s="6">
         <v>0</v>
       </c>
       <c r="L48">
-        <v>45822</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46944</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A49" s="5" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B49">
         <v>425</v>
       </c>
       <c r="C49">
         <v>1250</v>
       </c>
       <c r="D49">
         <v>1500</v>
       </c>
       <c r="E49">
         <v>750</v>
       </c>
       <c r="F49">
         <v>1000</v>
       </c>
       <c r="G49">
         <v>1000</v>
       </c>
       <c r="H49">
         <v>500</v>
       </c>
       <c r="I49">
         <v>2250</v>
       </c>
       <c r="J49">
         <v>1500</v>
       </c>
       <c r="K49" s="6">
         <v>0</v>
       </c>
       <c r="L49">
-        <v>45822</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46944</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A50" s="5" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B50">
         <v>425</v>
       </c>
       <c r="C50">
         <v>1250</v>
       </c>
       <c r="D50">
         <v>1500</v>
       </c>
       <c r="E50">
         <v>750</v>
       </c>
       <c r="F50">
         <v>1000</v>
       </c>
       <c r="G50">
         <v>1000</v>
       </c>
       <c r="H50">
         <v>500</v>
       </c>
       <c r="I50">
         <v>2250</v>
       </c>
       <c r="J50">
         <v>1500</v>
       </c>
       <c r="K50" s="6">
         <v>0</v>
       </c>
       <c r="L50">
-        <v>45822</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:12" x14ac:dyDescent="0.35">
+        <v>46944</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A51" s="5" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B51">
         <v>650</v>
       </c>
       <c r="C51">
         <v>1500</v>
       </c>
       <c r="D51">
         <v>1500</v>
       </c>
       <c r="E51">
         <v>1250</v>
       </c>
       <c r="F51">
         <v>1250</v>
       </c>
       <c r="G51">
         <v>1250</v>
       </c>
       <c r="H51">
         <v>1250</v>
       </c>
       <c r="I51">
         <v>2250</v>
       </c>
       <c r="J51">
         <v>1750</v>
       </c>
       <c r="K51" s="6">
         <v>0</v>
       </c>
       <c r="L51">
-        <v>46047</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:12" x14ac:dyDescent="0.35">
+        <v>47169</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A52" s="5" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B52">
         <v>650</v>
       </c>
       <c r="C52">
         <v>1500</v>
       </c>
       <c r="D52">
         <v>1500</v>
       </c>
       <c r="E52">
         <v>1250</v>
       </c>
       <c r="F52">
         <v>1250</v>
       </c>
       <c r="G52">
         <v>1250</v>
       </c>
       <c r="H52">
         <v>1250</v>
       </c>
       <c r="I52">
         <v>2250</v>
       </c>
       <c r="J52">
         <v>1750</v>
       </c>
       <c r="K52" s="6">
         <v>0</v>
       </c>
       <c r="L52">
-        <v>46047</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>47169</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A53" s="7" t="s">
-        <v>1</v>
+        <v>269</v>
       </c>
       <c r="B53" s="8">
         <v>650</v>
       </c>
       <c r="C53" s="8">
         <v>1300</v>
       </c>
       <c r="D53" s="8">
         <v>1300</v>
       </c>
       <c r="E53" s="8">
         <v>1300</v>
       </c>
       <c r="F53" s="8">
         <v>1300</v>
       </c>
       <c r="G53" s="8">
         <v>1300</v>
       </c>
       <c r="H53" s="8">
         <v>1300</v>
       </c>
       <c r="I53" s="8">
         <v>1300</v>
       </c>
       <c r="J53" s="8">
         <v>1300</v>
       </c>
       <c r="K53" s="9">
         <v>0</v>
       </c>
       <c r="L53">
-        <v>46047</v>
+        <v>47169</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Internal</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>