--- v0 (2026-01-07)
+++ v1 (2026-02-16)
@@ -1,93 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\finaid_share\OCS\Tools to Estimate Cost\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{80ADA47F-882D-4944-A049-F5A5F25AA5FA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7EDE4132-EE71-481D-939A-B6BBEBC2F3FF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="3" r:id="rId1"/>
     <sheet name="OCS Program List" sheetId="1" r:id="rId2"/>
     <sheet name="Key" sheetId="2" r:id="rId3"/>
     <sheet name="Outside Scholarships" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'OCS Program List'!$A$1:$G$83</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'Outside Scholarships'!$A$1:$D$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="521" uniqueCount="288">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="518" uniqueCount="285">
   <si>
     <t>Program Name</t>
   </si>
   <si>
     <t>Program Country</t>
   </si>
   <si>
     <t>Term</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Semester</t>
   </si>
   <si>
     <t>$1,000-$2,500</t>
   </si>
   <si>
     <t>Explanation</t>
   </si>
   <si>
     <t>Less expensive</t>
   </si>
   <si>
@@ -1691,61 +1692,50 @@
     <t>Up to $2,000</t>
   </si>
   <si>
     <t>SFS scholarships</t>
   </si>
   <si>
     <t>•   Participate in an SFS OCS program
 •   SFS offers only need-based scholarships</t>
   </si>
   <si>
     <t>Up to $6,000 for semester or $5,000 for summer programs</t>
   </si>
   <si>
     <t>•   February for summer programs
 •   April for fall programs
 •   September for spring programs</t>
   </si>
   <si>
     <t>General Criteria</t>
   </si>
   <si>
     <t>BSM Budapest, Hungary</t>
   </si>
   <si>
     <t>$0-$2,500</t>
-  </si>
-[...9 lines deleted...]
-    <t>Three separate deadlines for fall, spring, and summer programs</t>
   </si>
   <si>
     <t>Earlham</t>
   </si>
   <si>
     <t>$6,000-$7,000</t>
   </si>
   <si>
     <t>IES Quito, Ecuador: Universidad San Francisco de Quito</t>
   </si>
   <si>
     <t>IES Quito, Ecuador: Area Studies and Language</t>
   </si>
   <si>
     <t>AMIDEAST Rabat, Morocco: Both Tracks</t>
   </si>
   <si>
     <t>CASA Melbourne, Australia</t>
   </si>
   <si>
     <t>CASA Havana, Cuba</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
@@ -2548,2579 +2538,2605 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grinnell.edu/admission/financial-aid/cost-attendance/off-campus-study" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studyabroad.arcadia.edu/how-to-apply/scholarships/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifsa-butler.org/scholarships-grants-financial-aid/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lse.ac.uk/study-at-lse/study-abroad/the-general-course/scholarships-and-fees" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.borenawards.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amideast.org/our-work/education-abroad-in-the-mena/abroad-scholarships" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iesabroad.org/scholarships-aid" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.diversityabroad.com/overseas-ambassador" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gilmanscholarship.org/program/gilman-mccain-scholarships/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fieldstudies.org/admissions/aid/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gilmanscholarship.org/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fundforeducationabroad.org/scholarships/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://disabroad.org/application-and-fees/scholarships/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iie.org/programs/freeman-asia/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://suabroad.syr.edu/grants-and-aid/grants-aid-for-visiting-students/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ciee.org/go-abroad/college-study-abroad/scholarships-grants" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.middlebury.edu/schools-abroad/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aatj.org/japan-bridging-scholarships/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cetacademicprograms.com/college-study-abroad/financial-services/scholarships/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studyabroad.sit.edu/admissions-aid/financing-your-study-abroad/scholarships-grants/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studyabroad.arcadia.edu/how-to-apply/scholarships/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifsa-butler.org/scholarships-grants-financial-aid/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.middlebury.edu/schools-abroad/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.borenawards.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amideast.org/our-work/education-abroad-in-the-mena/abroad-scholarships" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iesabroad.org/scholarships-aid" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lse.ac.uk/study-at-lse/study-abroad/the-general-course/scholarships-and-fees" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gilmanscholarship.org/program/gilman-mccain-scholarships/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fieldstudies.org/admissions/aid/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gilmanscholarship.org/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fundforeducationabroad.org/scholarships/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://disabroad.org/application-and-fees/scholarships/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iie.org/programs/freeman-asia/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://suabroad.syr.edu/grants-and-aid/grants-aid-for-visiting-students/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ciee.org/go-abroad/college-study-abroad/scholarships-grants" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aatj.org/japan-bridging-scholarships/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cetacademicprograms.com/college-study-abroad/financial-services/scholarships/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studyabroad.sit.edu/admissions-aid/financing-your-study-abroad/scholarships-grants/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B1:B16"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="5.7109375" customWidth="1"/>
-    <col min="2" max="2" width="97.42578125" customWidth="1"/>
+    <col min="1" max="1" width="5.7265625" customWidth="1"/>
+    <col min="2" max="2" width="97.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="2" spans="2:2" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="2" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B2" s="3" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="3" spans="2:2" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B3" s="4"/>
     </row>
-    <row r="4" spans="2:2" ht="30" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:2" ht="29" x14ac:dyDescent="0.35">
       <c r="B4" s="5" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="5" spans="2:2" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B5" s="4"/>
     </row>
-    <row r="6" spans="2:2" ht="60" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:2" ht="58" x14ac:dyDescent="0.35">
       <c r="B6" s="5" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="7" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="4"/>
     </row>
-    <row r="8" spans="2:2" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B8" s="7" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="9" spans="2:2" x14ac:dyDescent="0.25">
+    <row r="9" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B9" s="4"/>
     </row>
-    <row r="10" spans="2:2" ht="195" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:2" ht="159.5" x14ac:dyDescent="0.35">
       <c r="B10" s="5" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="11" spans="2:2" x14ac:dyDescent="0.25">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="11" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B11" s="5"/>
     </row>
-    <row r="12" spans="2:2" ht="60" x14ac:dyDescent="0.25">
+    <row r="12" spans="2:2" ht="43.5" x14ac:dyDescent="0.35">
       <c r="B12" s="5" t="s">
         <v>181</v>
       </c>
     </row>
-    <row r="13" spans="2:2" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B13" s="5"/>
     </row>
-    <row r="14" spans="2:2" ht="30" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:2" ht="29" x14ac:dyDescent="0.35">
       <c r="B14" s="5" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="15" spans="2:2" x14ac:dyDescent="0.25">
+    <row r="15" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B15" s="5"/>
     </row>
-    <row r="16" spans="2:2" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="2:2" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B16" s="6" t="s">
         <v>157</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
     <hyperlink ref="B16" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId2"/>
+  <headerFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Internal</oddFooter>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:G87"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="F82" sqref="F82"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="20.28515625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="18.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="20.26953125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="41.81640625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.26953125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="22.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="21.85546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="22.81640625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="21.81640625" style="2" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="23" style="2" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="60" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" ht="58" x14ac:dyDescent="0.35">
       <c r="A1" s="15" t="s">
         <v>160</v>
       </c>
       <c r="B1" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="15" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="15" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="16" t="s">
         <v>178</v>
       </c>
       <c r="F1" s="17" t="s">
         <v>119</v>
       </c>
       <c r="G1" s="17" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2">
         <v>2</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G2" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3">
         <v>5</v>
       </c>
       <c r="F3" s="18">
         <v>2500</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
       <c r="E4">
         <v>1</v>
       </c>
       <c r="F4" s="18">
         <v>0</v>
       </c>
       <c r="G4" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5">
         <v>5</v>
       </c>
       <c r="F5" s="18">
         <v>2500</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
         <v>25</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6">
         <v>4</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G6" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
         <v>25</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7">
         <v>2</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>244</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8">
         <v>3</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G8" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>164</v>
       </c>
       <c r="C9" t="s">
         <v>165</v>
       </c>
       <c r="D9" t="s">
         <v>4</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9" s="18">
         <v>2500</v>
       </c>
       <c r="G9" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
         <v>36</v>
       </c>
       <c r="B10" t="s">
         <v>166</v>
       </c>
       <c r="C10" t="s">
         <v>167</v>
       </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10">
         <v>3</v>
       </c>
       <c r="F10" s="18" t="s">
         <v>53</v>
       </c>
       <c r="G10" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
         <v>36</v>
       </c>
       <c r="B11" t="s">
         <v>37</v>
       </c>
       <c r="C11" t="s">
         <v>38</v>
       </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
       <c r="F11" s="18">
         <v>2500</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A12" t="s">
         <v>45</v>
       </c>
       <c r="B12" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C12" t="s">
         <v>27</v>
       </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12" s="18">
         <v>2500</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
         <v>45</v>
       </c>
       <c r="B13" t="s">
         <v>46</v>
       </c>
       <c r="C13" t="s">
         <v>47</v>
       </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13">
         <v>2</v>
       </c>
       <c r="F13" s="18" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
         <v>45</v>
       </c>
       <c r="B14" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C14" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14">
         <v>2</v>
       </c>
       <c r="F14" s="18" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
         <v>45</v>
       </c>
       <c r="B15" t="s">
         <v>55</v>
       </c>
       <c r="C15" t="s">
         <v>48</v>
       </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15">
         <v>5</v>
       </c>
       <c r="F15" s="18">
         <v>2500</v>
       </c>
       <c r="G15" s="18" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A16" t="s">
         <v>45</v>
       </c>
       <c r="B16" t="s">
         <v>49</v>
       </c>
       <c r="C16" t="s">
         <v>50</v>
       </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16">
         <v>4</v>
       </c>
       <c r="F16" s="18" t="s">
         <v>5</v>
       </c>
       <c r="G16" s="18" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A17" t="s">
         <v>45</v>
       </c>
       <c r="B17" t="s">
         <v>51</v>
       </c>
       <c r="C17" t="s">
         <v>50</v>
       </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17">
         <v>3</v>
       </c>
       <c r="F17" s="18" t="s">
         <v>245</v>
       </c>
       <c r="G17" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A18" t="s">
         <v>45</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" t="s">
         <v>50</v>
       </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
       <c r="E18">
         <v>3</v>
       </c>
       <c r="F18" s="18" t="s">
         <v>53</v>
       </c>
       <c r="G18" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A19" t="s">
         <v>45</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s">
         <v>50</v>
       </c>
       <c r="D19" t="s">
         <v>4</v>
       </c>
       <c r="E19">
         <v>3</v>
       </c>
       <c r="F19" s="18" t="s">
         <v>5</v>
       </c>
       <c r="G19" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A20" t="s">
         <v>39</v>
       </c>
       <c r="B20" t="s">
         <v>40</v>
       </c>
       <c r="C20" t="s">
         <v>41</v>
       </c>
       <c r="D20" t="s">
         <v>4</v>
       </c>
       <c r="E20">
         <v>2</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G20" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A21" t="s">
         <v>39</v>
       </c>
       <c r="B21" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C21" t="s">
         <v>107</v>
       </c>
       <c r="D21" t="s">
         <v>4</v>
       </c>
       <c r="E21">
         <v>2</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G21" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A22" t="s">
         <v>39</v>
       </c>
       <c r="B22" t="s">
         <v>43</v>
       </c>
       <c r="C22" t="s">
         <v>44</v>
       </c>
       <c r="D22" t="s">
         <v>4</v>
       </c>
       <c r="E22">
         <v>2</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G22" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A23" t="s">
         <v>56</v>
       </c>
       <c r="B23" t="s">
         <v>57</v>
       </c>
       <c r="C23" t="s">
         <v>58</v>
       </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23">
         <v>3</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G23" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A24" t="s">
         <v>56</v>
       </c>
       <c r="B24" t="s">
         <v>63</v>
       </c>
       <c r="C24" t="s">
         <v>47</v>
       </c>
       <c r="D24" t="s">
         <v>4</v>
       </c>
       <c r="E24">
         <v>2</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G24" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A25" t="s">
         <v>56</v>
       </c>
       <c r="B25" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="C25" t="s">
         <v>69</v>
       </c>
       <c r="D25" t="s">
         <v>4</v>
       </c>
       <c r="E25">
         <v>2</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G25" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>61</v>
       </c>
       <c r="C26" t="s">
         <v>3</v>
       </c>
       <c r="D26" t="s">
         <v>4</v>
       </c>
       <c r="E26">
         <v>4</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G26" s="18" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27" t="s">
         <v>60</v>
       </c>
       <c r="D27" t="s">
         <v>4</v>
       </c>
       <c r="E27">
         <v>4</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A28" t="s">
         <v>64</v>
       </c>
       <c r="B28" t="s">
         <v>65</v>
       </c>
       <c r="C28" t="s">
         <v>66</v>
       </c>
       <c r="D28" t="s">
         <v>4</v>
       </c>
       <c r="E28">
         <v>5</v>
       </c>
       <c r="F28" s="18">
         <v>2500</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A29" t="s">
         <v>118</v>
       </c>
       <c r="B29" t="s">
         <v>120</v>
       </c>
       <c r="C29" t="s">
         <v>17</v>
       </c>
       <c r="D29" t="s">
         <v>116</v>
       </c>
       <c r="E29">
         <v>5</v>
       </c>
       <c r="F29" s="18">
         <v>2500</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A30" t="s">
         <v>67</v>
       </c>
       <c r="B30" t="s">
         <v>68</v>
       </c>
       <c r="C30" t="s">
         <v>69</v>
       </c>
       <c r="D30" t="s">
         <v>4</v>
       </c>
       <c r="E30">
         <v>5</v>
       </c>
       <c r="F30" s="18">
         <v>2500</v>
       </c>
       <c r="G30" s="18" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A31" t="s">
         <v>70</v>
       </c>
       <c r="B31" t="s">
         <v>71</v>
       </c>
       <c r="C31" t="s">
         <v>72</v>
       </c>
       <c r="D31" t="s">
         <v>4</v>
       </c>
       <c r="E31">
         <v>5</v>
       </c>
       <c r="F31" s="18">
         <v>2500</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A32" t="s">
         <v>70</v>
       </c>
       <c r="B32" t="s">
         <v>168</v>
       </c>
       <c r="C32" t="s">
         <v>142</v>
       </c>
       <c r="D32" t="s">
         <v>4</v>
       </c>
       <c r="E32">
         <v>5</v>
       </c>
       <c r="F32" s="18">
         <v>2500</v>
       </c>
       <c r="G32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A33" t="s">
         <v>73</v>
       </c>
       <c r="B33" t="s">
         <v>74</v>
       </c>
       <c r="C33" t="s">
         <v>75</v>
       </c>
       <c r="D33" t="s">
         <v>4</v>
       </c>
       <c r="E33">
         <v>3</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G33" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A34" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="B34" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="C34" t="s">
         <v>3</v>
       </c>
       <c r="D34" t="s">
         <v>4</v>
       </c>
       <c r="E34">
         <v>3</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G34" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A35" t="s">
         <v>76</v>
       </c>
       <c r="B35" t="s">
         <v>77</v>
       </c>
       <c r="C35" t="s">
         <v>28</v>
       </c>
       <c r="D35" t="s">
         <v>4</v>
       </c>
       <c r="E35">
         <v>5</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="G35" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A36" t="s">
         <v>78</v>
       </c>
       <c r="B36" t="s">
         <v>79</v>
       </c>
       <c r="C36" t="s">
         <v>69</v>
       </c>
       <c r="D36" t="s">
         <v>4</v>
       </c>
       <c r="E36">
         <v>5</v>
       </c>
       <c r="F36" s="18">
         <v>2500</v>
       </c>
       <c r="G36" s="18" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>80</v>
       </c>
       <c r="C37" t="s">
         <v>50</v>
       </c>
       <c r="D37" t="s">
         <v>4</v>
       </c>
       <c r="E37">
         <v>5</v>
       </c>
       <c r="F37" s="18">
         <v>2500</v>
       </c>
       <c r="G37" s="18" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A38" t="s">
         <v>81</v>
       </c>
       <c r="B38" t="s">
         <v>104</v>
       </c>
       <c r="C38" t="s">
         <v>105</v>
       </c>
       <c r="D38" t="s">
         <v>4</v>
       </c>
       <c r="E38">
         <v>4</v>
       </c>
       <c r="F38" s="18">
         <v>2500</v>
       </c>
       <c r="G38" s="18" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39" t="s">
         <v>47</v>
       </c>
       <c r="D39" t="s">
         <v>4</v>
       </c>
       <c r="E39">
         <v>3</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>245</v>
       </c>
       <c r="G39" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A40" t="s">
         <v>81</v>
       </c>
       <c r="B40" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C40" t="s">
         <v>82</v>
       </c>
       <c r="D40" t="s">
         <v>4</v>
       </c>
       <c r="E40">
         <v>3</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G40" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A41" t="s">
         <v>81</v>
       </c>
       <c r="B41" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="C41" t="s">
         <v>82</v>
       </c>
       <c r="D41" t="s">
         <v>4</v>
       </c>
       <c r="E41">
         <v>2</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G41" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A42" t="s">
         <v>81</v>
       </c>
       <c r="B42" t="s">
         <v>87</v>
       </c>
       <c r="C42" t="s">
         <v>69</v>
       </c>
       <c r="D42" t="s">
         <v>4</v>
       </c>
       <c r="E42">
         <v>3</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G42" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A43" t="s">
         <v>81</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43" t="s">
         <v>89</v>
       </c>
       <c r="D43" t="s">
         <v>4</v>
       </c>
       <c r="E43">
         <v>5</v>
       </c>
       <c r="F43" s="18">
         <v>2500</v>
       </c>
       <c r="G43" s="18" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A44" t="s">
         <v>81</v>
       </c>
       <c r="B44" t="s">
         <v>88</v>
       </c>
       <c r="C44" t="s">
         <v>89</v>
       </c>
       <c r="D44" t="s">
         <v>4</v>
       </c>
       <c r="E44">
         <v>5</v>
       </c>
       <c r="F44" s="18">
         <v>2500</v>
       </c>
       <c r="G44" s="18" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A45" t="s">
         <v>81</v>
       </c>
       <c r="B45" t="s">
         <v>91</v>
       </c>
       <c r="C45" t="s">
         <v>89</v>
       </c>
       <c r="D45" t="s">
         <v>4</v>
       </c>
       <c r="E45">
         <v>4</v>
       </c>
       <c r="F45" s="18">
         <v>2500</v>
       </c>
       <c r="G45" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A46" t="s">
         <v>81</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" t="s">
         <v>89</v>
       </c>
       <c r="D46" t="s">
         <v>4</v>
       </c>
       <c r="E46">
         <v>4</v>
       </c>
       <c r="F46" s="18" t="s">
         <v>62</v>
       </c>
       <c r="G46" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A47" t="s">
         <v>81</v>
       </c>
       <c r="B47" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="C47" t="s">
         <v>75</v>
       </c>
       <c r="D47" t="s">
         <v>4</v>
       </c>
       <c r="E47">
         <v>3</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G47" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A48" t="s">
         <v>81</v>
       </c>
       <c r="B48" t="s">
         <v>93</v>
       </c>
       <c r="C48" t="s">
         <v>3</v>
       </c>
       <c r="D48" t="s">
         <v>4</v>
       </c>
       <c r="E48">
         <v>4</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>245</v>
       </c>
       <c r="G48" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A49" t="s">
         <v>81</v>
       </c>
       <c r="B49" t="s">
         <v>95</v>
       </c>
       <c r="C49" t="s">
         <v>3</v>
       </c>
       <c r="D49" t="s">
         <v>4</v>
       </c>
       <c r="E49">
         <v>5</v>
       </c>
       <c r="F49" s="18">
         <v>2500</v>
       </c>
       <c r="G49" s="18" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A50" t="s">
         <v>81</v>
       </c>
       <c r="B50" t="s">
         <v>97</v>
       </c>
       <c r="C50" t="s">
         <v>98</v>
       </c>
       <c r="D50" t="s">
         <v>4</v>
       </c>
       <c r="E50">
         <v>5</v>
       </c>
       <c r="F50" s="18">
         <v>2500</v>
       </c>
       <c r="G50" s="18" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A51" t="s">
         <v>81</v>
       </c>
       <c r="B51" t="s">
         <v>99</v>
       </c>
       <c r="C51" t="s">
         <v>100</v>
       </c>
       <c r="D51" t="s">
         <v>4</v>
       </c>
       <c r="E51">
         <v>4</v>
       </c>
       <c r="F51" s="18" t="s">
         <v>5</v>
       </c>
       <c r="G51" s="18" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A52" t="s">
         <v>81</v>
       </c>
       <c r="B52" t="s">
         <v>101</v>
       </c>
       <c r="C52" t="s">
         <v>50</v>
       </c>
       <c r="D52" t="s">
         <v>4</v>
       </c>
       <c r="E52">
         <v>1</v>
       </c>
       <c r="F52" s="18">
         <v>0</v>
       </c>
       <c r="G52" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A53" t="s">
         <v>81</v>
       </c>
       <c r="B53" t="s">
         <v>102</v>
       </c>
       <c r="C53" t="s">
         <v>50</v>
       </c>
       <c r="D53" t="s">
         <v>4</v>
       </c>
       <c r="E53">
         <v>3</v>
       </c>
       <c r="F53" s="18" t="s">
         <v>5</v>
       </c>
       <c r="G53" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A54" t="s">
         <v>81</v>
       </c>
       <c r="B54" t="s">
         <v>103</v>
       </c>
       <c r="C54" t="s">
         <v>50</v>
       </c>
       <c r="D54" t="s">
         <v>4</v>
       </c>
       <c r="E54">
         <v>1</v>
       </c>
       <c r="F54" s="18">
         <v>0</v>
       </c>
       <c r="G54" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A55" t="s">
         <v>81</v>
       </c>
       <c r="B55" t="s">
         <v>85</v>
       </c>
       <c r="C55" t="s">
         <v>28</v>
       </c>
       <c r="D55" t="s">
         <v>4</v>
       </c>
       <c r="E55">
         <v>5</v>
       </c>
       <c r="F55" s="18" t="s">
         <v>53</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A56" t="s">
         <v>81</v>
       </c>
       <c r="B56" t="s">
         <v>86</v>
       </c>
       <c r="C56" t="s">
         <v>28</v>
       </c>
       <c r="D56" t="s">
         <v>4</v>
       </c>
       <c r="E56">
         <v>5</v>
       </c>
       <c r="F56" s="18" t="s">
         <v>5</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A57" t="s">
         <v>106</v>
       </c>
       <c r="B57" t="s">
         <v>110</v>
       </c>
       <c r="C57" t="s">
         <v>107</v>
       </c>
       <c r="D57" t="s">
         <v>4</v>
       </c>
       <c r="E57">
         <v>2</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G57" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A58" t="s">
         <v>106</v>
       </c>
       <c r="B58" t="s">
         <v>108</v>
       </c>
       <c r="C58" t="s">
         <v>109</v>
       </c>
       <c r="D58" t="s">
         <v>4</v>
       </c>
       <c r="E58">
         <v>1</v>
       </c>
       <c r="F58" s="18">
         <v>0</v>
       </c>
       <c r="G58" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A59" t="s">
         <v>111</v>
       </c>
       <c r="B59" t="s">
         <v>112</v>
       </c>
       <c r="C59" t="s">
         <v>60</v>
       </c>
       <c r="D59" t="s">
         <v>4</v>
       </c>
       <c r="E59">
         <v>1</v>
       </c>
       <c r="F59" s="18">
         <v>0</v>
       </c>
       <c r="G59" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="60" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A60" t="s">
         <v>113</v>
       </c>
       <c r="B60" t="s">
         <v>114</v>
       </c>
       <c r="C60" t="s">
         <v>98</v>
       </c>
       <c r="D60" t="s">
         <v>4</v>
       </c>
       <c r="E60">
         <v>4</v>
       </c>
       <c r="F60" s="18" t="s">
         <v>62</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A61" t="s">
         <v>115</v>
       </c>
       <c r="B61" t="s">
         <v>117</v>
       </c>
       <c r="C61" t="s">
         <v>28</v>
       </c>
       <c r="D61" t="s">
         <v>116</v>
       </c>
       <c r="E61">
         <v>5</v>
       </c>
       <c r="F61" s="18">
         <v>2500</v>
       </c>
       <c r="G61" s="18" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A62" t="s">
         <v>123</v>
       </c>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62" t="s">
         <v>17</v>
       </c>
       <c r="D62" t="s">
         <v>4</v>
       </c>
       <c r="E62">
         <v>5</v>
       </c>
       <c r="F62" s="18">
         <v>2500</v>
       </c>
       <c r="G62" s="18" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A63" t="s">
         <v>169</v>
       </c>
       <c r="B63" t="s">
         <v>170</v>
       </c>
       <c r="C63" t="s">
         <v>171</v>
       </c>
       <c r="D63" t="s">
         <v>4</v>
       </c>
       <c r="E63">
         <v>1</v>
       </c>
       <c r="F63" s="18">
         <v>0</v>
       </c>
       <c r="G63" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A64" t="s">
         <v>145</v>
       </c>
       <c r="B64" t="s">
         <v>146</v>
       </c>
       <c r="C64" t="s">
         <v>82</v>
       </c>
       <c r="D64" t="s">
         <v>4</v>
       </c>
       <c r="E64">
         <v>2</v>
       </c>
       <c r="F64" s="18" t="s">
         <v>42</v>
       </c>
       <c r="G64" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="65" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A65" t="s">
         <v>145</v>
       </c>
       <c r="B65" t="s">
         <v>147</v>
       </c>
       <c r="C65" t="s">
         <v>148</v>
       </c>
       <c r="D65" t="s">
         <v>4</v>
       </c>
       <c r="E65">
         <v>2</v>
       </c>
       <c r="F65" s="18" t="s">
         <v>42</v>
       </c>
       <c r="G65" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A66" t="s">
         <v>145</v>
       </c>
       <c r="B66" t="s">
         <v>149</v>
       </c>
       <c r="C66" t="s">
         <v>150</v>
       </c>
       <c r="D66" t="s">
         <v>4</v>
       </c>
       <c r="E66">
         <v>2</v>
       </c>
       <c r="F66" s="18" t="s">
         <v>42</v>
       </c>
       <c r="G66" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="67" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A67" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B67" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C67" t="s">
         <v>17</v>
       </c>
       <c r="D67" t="s">
         <v>4</v>
       </c>
       <c r="E67">
         <v>5</v>
       </c>
       <c r="F67" s="18">
         <v>2500</v>
       </c>
       <c r="G67" s="18" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="68" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A68" t="s">
         <v>125</v>
       </c>
       <c r="B68" t="s">
         <v>126</v>
       </c>
       <c r="C68" t="s">
         <v>100</v>
       </c>
       <c r="D68" t="s">
         <v>4</v>
       </c>
       <c r="E68">
         <v>1</v>
       </c>
       <c r="F68" s="18">
         <v>0</v>
       </c>
       <c r="G68" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="69" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A69" t="s">
         <v>127</v>
       </c>
       <c r="B69" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="C69" t="s">
         <v>38</v>
       </c>
       <c r="D69" t="s">
         <v>4</v>
       </c>
       <c r="E69">
         <v>4</v>
       </c>
       <c r="F69" s="18" t="s">
         <v>53</v>
       </c>
       <c r="G69" s="18" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="70" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A70" t="s">
         <v>133</v>
       </c>
       <c r="B70" t="s">
         <v>137</v>
       </c>
       <c r="C70" t="s">
         <v>27</v>
       </c>
       <c r="D70" t="s">
         <v>4</v>
       </c>
       <c r="E70">
         <v>4</v>
       </c>
       <c r="F70" s="18" t="s">
         <v>53</v>
       </c>
       <c r="G70" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="71" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A71" t="s">
         <v>133</v>
       </c>
       <c r="B71" t="s">
         <v>134</v>
       </c>
       <c r="C71" t="s">
         <v>138</v>
       </c>
       <c r="D71" t="s">
         <v>4</v>
       </c>
       <c r="E71">
         <v>5</v>
       </c>
       <c r="F71" s="18">
         <v>2500</v>
       </c>
       <c r="G71" s="18" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="72" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A72" t="s">
         <v>133</v>
       </c>
       <c r="B72" t="s">
         <v>135</v>
       </c>
       <c r="C72" t="s">
         <v>139</v>
       </c>
       <c r="D72" t="s">
         <v>4</v>
       </c>
       <c r="E72">
         <v>2</v>
       </c>
       <c r="F72" s="18" t="s">
         <v>24</v>
       </c>
       <c r="G72" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A73" t="s">
         <v>133</v>
       </c>
       <c r="B73" t="s">
         <v>136</v>
       </c>
       <c r="C73" t="s">
         <v>140</v>
       </c>
       <c r="D73" t="s">
         <v>4</v>
       </c>
       <c r="E73">
         <v>4</v>
       </c>
       <c r="F73" s="18">
         <v>2500</v>
       </c>
       <c r="G73" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="74" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A74" t="s">
         <v>128</v>
       </c>
       <c r="B74" t="s">
         <v>177</v>
       </c>
       <c r="C74" t="s">
         <v>165</v>
       </c>
       <c r="D74" t="s">
         <v>4</v>
       </c>
       <c r="E74">
         <v>2</v>
       </c>
       <c r="F74" s="18" t="s">
         <v>24</v>
       </c>
       <c r="G74" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="75" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A75" t="s">
         <v>128</v>
       </c>
       <c r="B75" t="s">
         <v>129</v>
       </c>
       <c r="C75" t="s">
         <v>38</v>
       </c>
       <c r="D75" t="s">
         <v>4</v>
       </c>
       <c r="E75">
         <v>2</v>
       </c>
       <c r="F75" s="18" t="s">
         <v>24</v>
       </c>
       <c r="G75" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="76" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A76" t="s">
         <v>128</v>
       </c>
       <c r="B76" t="s">
         <v>172</v>
       </c>
       <c r="C76" t="s">
         <v>173</v>
       </c>
       <c r="D76" t="s">
         <v>4</v>
       </c>
       <c r="E76">
         <v>1</v>
       </c>
       <c r="F76" s="18">
         <v>0</v>
       </c>
       <c r="G76" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="77" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A77" t="s">
         <v>174</v>
       </c>
       <c r="B77" t="s">
         <v>175</v>
       </c>
       <c r="C77" t="s">
         <v>176</v>
       </c>
       <c r="D77" t="s">
         <v>4</v>
       </c>
       <c r="E77">
         <v>2</v>
       </c>
       <c r="F77" s="18" t="s">
         <v>42</v>
       </c>
       <c r="G77" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="78" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A78" t="s">
         <v>130</v>
       </c>
       <c r="B78" t="s">
         <v>131</v>
       </c>
       <c r="C78" t="s">
         <v>132</v>
       </c>
       <c r="D78" t="s">
         <v>4</v>
       </c>
       <c r="E78">
         <v>5</v>
       </c>
       <c r="F78" s="18">
         <v>2500</v>
       </c>
       <c r="G78" s="18" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="79" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A79" t="s">
         <v>141</v>
       </c>
       <c r="B79" t="s">
         <v>141</v>
       </c>
       <c r="C79" t="s">
         <v>142</v>
       </c>
       <c r="D79" t="s">
         <v>4</v>
       </c>
       <c r="E79">
         <v>5</v>
       </c>
       <c r="F79" s="18">
         <v>2500</v>
       </c>
       <c r="G79" s="18" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="80" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A80" t="s">
         <v>143</v>
       </c>
       <c r="B80" t="s">
         <v>144</v>
       </c>
       <c r="C80" t="s">
         <v>75</v>
       </c>
       <c r="D80" t="s">
         <v>4</v>
       </c>
       <c r="E80">
         <v>5</v>
       </c>
       <c r="F80" s="18">
         <v>2500</v>
       </c>
       <c r="G80" s="18" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:7" x14ac:dyDescent="0.25">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A81" t="s">
         <v>121</v>
       </c>
       <c r="B81" t="s">
         <v>122</v>
       </c>
       <c r="C81" t="s">
         <v>89</v>
       </c>
       <c r="D81" t="s">
         <v>4</v>
       </c>
       <c r="E81">
         <v>3</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G81" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="82" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A82" t="s">
         <v>121</v>
       </c>
       <c r="B82" t="s">
         <v>122</v>
       </c>
       <c r="C82" t="s">
         <v>89</v>
       </c>
       <c r="D82" t="s">
         <v>116</v>
       </c>
       <c r="E82">
         <v>2</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>96</v>
       </c>
       <c r="G82" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="83" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A83" t="s">
         <v>151</v>
       </c>
       <c r="B83" t="s">
         <v>152</v>
       </c>
       <c r="C83" t="s">
         <v>69</v>
       </c>
       <c r="D83" t="s">
         <v>4</v>
       </c>
       <c r="E83">
         <v>5</v>
       </c>
       <c r="F83" s="18">
         <v>2500</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:7" x14ac:dyDescent="0.25">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A87" s="19" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="B87" s="19"/>
       <c r="C87" s="19"/>
       <c r="D87" s="19"/>
       <c r="E87" s="19"/>
       <c r="F87" s="19"/>
       <c r="G87" s="19"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" autoFilter="0"/>
   <autoFilter ref="A1:G83" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A87:G87"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Internal</oddFooter>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="B1:D8"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:D2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="5.7109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="22.7109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="5.7265625" customWidth="1"/>
+    <col min="2" max="2" width="5.54296875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="22.7265625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="80" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:4" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:4" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
-    <row r="2" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="2:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B2" s="20" t="s">
         <v>163</v>
       </c>
       <c r="C2" s="20"/>
       <c r="D2" s="20"/>
     </row>
-    <row r="3" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="2:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B3" s="9" t="s">
         <v>159</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>158</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="4" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="2:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B4" s="8">
         <v>1</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="5" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="2:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="8">
         <v>2</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B6" s="8">
         <v>3</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="2:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B7" s="8">
         <v>4</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="8" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-    <row r="8" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="8" spans="2:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B8" s="8">
         <v>5</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="8" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="B2:D2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Internal</oddFooter>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:D29"/>
+  <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="32.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="25.28515625" customWidth="1"/>
+    <col min="1" max="1" width="32.81640625" customWidth="1"/>
+    <col min="2" max="3" width="41.26953125" customWidth="1"/>
+    <col min="4" max="4" width="25.26953125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>182</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>243</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>186</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>183</v>
       </c>
     </row>
-    <row r="2" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" ht="58" x14ac:dyDescent="0.35">
       <c r="A2" s="11" t="s">
         <v>184</v>
       </c>
       <c r="B2" s="10" t="s">
         <v>188</v>
       </c>
       <c r="C2" s="10" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="D2" s="10" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A3" s="11" t="s">
         <v>185</v>
       </c>
       <c r="B3" s="10" t="s">
         <v>193</v>
       </c>
       <c r="C3" s="12">
         <v>5000</v>
       </c>
       <c r="D3" s="10" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" ht="87" x14ac:dyDescent="0.35">
       <c r="A4" s="11" t="s">
         <v>190</v>
       </c>
       <c r="B4" s="10" t="s">
         <v>192</v>
       </c>
       <c r="C4" s="10" t="s">
         <v>189</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>191</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="60" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" ht="58" x14ac:dyDescent="0.35">
       <c r="A5" s="11" t="s">
         <v>194</v>
       </c>
       <c r="B5" s="10" t="s">
         <v>196</v>
       </c>
       <c r="C5" s="10" t="s">
         <v>195</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>197</v>
       </c>
     </row>
-    <row r="6" spans="1:4" ht="195" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A6" s="11" t="s">
         <v>199</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>198</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>200</v>
       </c>
       <c r="D6" s="10" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A7" s="11" t="s">
         <v>201</v>
       </c>
       <c r="B7" s="10" t="s">
         <v>202</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>187</v>
       </c>
       <c r="D7" s="10" t="s">
         <v>203</v>
       </c>
     </row>
-    <row r="8" spans="1:4" ht="105" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A8" s="11" t="s">
-        <v>246</v>
+        <v>204</v>
       </c>
       <c r="B8" s="10" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>208</v>
+      </c>
+      <c r="C8" s="10" t="s">
+        <v>205</v>
       </c>
       <c r="D8" s="10" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A9" s="11" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B9" s="10" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C9" s="10" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="D9" s="10" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="87" x14ac:dyDescent="0.35">
       <c r="A10" s="11" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>212</v>
+      </c>
+      <c r="B10" s="14" t="s">
+        <v>214</v>
       </c>
       <c r="C10" s="10" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="D10" s="10" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="58" x14ac:dyDescent="0.35">
       <c r="A11" s="11" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>216</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>232</v>
       </c>
       <c r="C11" s="10" t="s">
-        <v>213</v>
-[...5 lines deleted...]
-    <row r="12" spans="1:4" ht="60" x14ac:dyDescent="0.25">
+        <v>217</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A12" s="11" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>232</v>
+        <v>219</v>
+      </c>
+      <c r="B12" s="14" t="s">
+        <v>220</v>
       </c>
       <c r="C12" s="10" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="D12" s="14" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="87" x14ac:dyDescent="0.35">
       <c r="A13" s="11" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B13" s="14" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="C13" s="10" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D13" s="14" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="58" x14ac:dyDescent="0.35">
       <c r="A14" s="11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B14" s="14" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="C14" s="10" t="s">
+        <v>229</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="11" t="s">
+        <v>273</v>
+      </c>
+      <c r="B15" s="14" t="s">
+        <v>274</v>
+      </c>
+      <c r="C15" s="10" t="s">
         <v>225</v>
       </c>
-      <c r="D14" s="14" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="D15" s="14" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A16" s="11" t="s">
         <v>276</v>
       </c>
       <c r="B16" s="14" t="s">
         <v>277</v>
       </c>
       <c r="C16" s="10" t="s">
-        <v>225</v>
+        <v>278</v>
       </c>
       <c r="D16" s="14" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:4" ht="60" x14ac:dyDescent="0.25">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A17" s="11" t="s">
-        <v>279</v>
+        <v>231</v>
       </c>
       <c r="B17" s="14" t="s">
-        <v>280</v>
+        <v>233</v>
       </c>
       <c r="C17" s="10" t="s">
-        <v>281</v>
+        <v>234</v>
       </c>
       <c r="D17" s="14" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A18" s="11" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="B18" s="14" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="C18" s="10" t="s">
-        <v>234</v>
-[...5 lines deleted...]
-    <row r="19" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+        <v>238</v>
+      </c>
+      <c r="D18" s="10" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A19" s="11" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B19" s="14" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="C19" s="10" t="s">
-        <v>238</v>
-[...12 lines deleted...]
-      <c r="C20" s="10" t="s">
         <v>241</v>
       </c>
-      <c r="D20" s="14" t="s">
+      <c r="D19" s="14" t="s">
         <v>242</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A20" s="10"/>
+      <c r="B20" s="10"/>
+      <c r="C20" s="10"/>
+      <c r="D20" s="10"/>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A21" s="10"/>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A22" s="10"/>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A23" s="10"/>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A24" s="10"/>
       <c r="B24" s="10"/>
       <c r="C24" s="10"/>
       <c r="D24" s="10"/>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A25" s="10"/>
       <c r="B25" s="10"/>
       <c r="C25" s="10"/>
-      <c r="D25" s="10"/>
-[...2 lines deleted...]
-      <c r="A26" s="10"/>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B26" s="10"/>
       <c r="C26" s="10"/>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B27" s="10"/>
       <c r="C27" s="10"/>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B28" s="10"/>
       <c r="C28" s="10"/>
-    </row>
-[...2 lines deleted...]
-      <c r="C29" s="10"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:D1" xr:uid="{00000000-0009-0000-0000-000003000000}"/>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
     <hyperlink ref="A3" r:id="rId2" xr:uid="{00000000-0004-0000-0300-000001000000}"/>
     <hyperlink ref="A4" r:id="rId3" xr:uid="{00000000-0004-0000-0300-000002000000}"/>
     <hyperlink ref="A5" r:id="rId4" xr:uid="{00000000-0004-0000-0300-000003000000}"/>
     <hyperlink ref="A6" r:id="rId5" xr:uid="{00000000-0004-0000-0300-000004000000}"/>
     <hyperlink ref="A7" r:id="rId6" xr:uid="{00000000-0004-0000-0300-000005000000}"/>
-    <hyperlink ref="A9" r:id="rId7" xr:uid="{00000000-0004-0000-0300-000007000000}"/>
-[...11 lines deleted...]
-    <hyperlink ref="A17" r:id="rId19" xr:uid="{A783351F-9233-4760-A7BB-CA742DA0CCD1}"/>
+    <hyperlink ref="A8" r:id="rId7" xr:uid="{00000000-0004-0000-0300-000007000000}"/>
+    <hyperlink ref="A9" r:id="rId8" xr:uid="{00000000-0004-0000-0300-000008000000}"/>
+    <hyperlink ref="A10" r:id="rId9" xr:uid="{00000000-0004-0000-0300-000009000000}"/>
+    <hyperlink ref="A11" r:id="rId10" xr:uid="{00000000-0004-0000-0300-00000A000000}"/>
+    <hyperlink ref="A12" r:id="rId11" xr:uid="{00000000-0004-0000-0300-00000B000000}"/>
+    <hyperlink ref="A13" r:id="rId12" xr:uid="{00000000-0004-0000-0300-00000C000000}"/>
+    <hyperlink ref="A14" r:id="rId13" xr:uid="{00000000-0004-0000-0300-00000D000000}"/>
+    <hyperlink ref="A17" r:id="rId14" xr:uid="{00000000-0004-0000-0300-00000E000000}"/>
+    <hyperlink ref="A18" r:id="rId15" xr:uid="{00000000-0004-0000-0300-00000F000000}"/>
+    <hyperlink ref="A19" r:id="rId16" xr:uid="{00000000-0004-0000-0300-000010000000}"/>
+    <hyperlink ref="A15" r:id="rId17" xr:uid="{D1A77322-97BB-423D-9A2C-15BC6033BD29}"/>
+    <hyperlink ref="A16" r:id="rId18" xr:uid="{A783351F-9233-4760-A7BB-CA742DA0CCD1}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId20"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId19"/>
+  <headerFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Internal</oddFooter>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Instructions</vt:lpstr>
       <vt:lpstr>OCS Program List</vt:lpstr>
       <vt:lpstr>Key</vt:lpstr>
       <vt:lpstr>Outside Scholarships</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grinnell College</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Haines, Stephanie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_2344f348-1f96-472a-abe4-da1f14470d96_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_2344f348-1f96-472a-abe4-da1f14470d96_SetDate">
+    <vt:lpwstr>2026-02-12T14:24:45Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_2344f348-1f96-472a-abe4-da1f14470d96_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_2344f348-1f96-472a-abe4-da1f14470d96_Name">
+    <vt:lpwstr>Grinnell College - Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_2344f348-1f96-472a-abe4-da1f14470d96_SiteId">
+    <vt:lpwstr>524f9e3e-faca-4f64-b3ec-adb2baee8807</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_2344f348-1f96-472a-abe4-da1f14470d96_ActionId">
+    <vt:lpwstr>62e5b18b-d7a1-4c1f-b86c-5c34e5865e09</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_2344f348-1f96-472a-abe4-da1f14470d96_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_2344f348-1f96-472a-abe4-da1f14470d96_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>