--- v1 (2026-02-16)
+++ v2 (2026-03-29)
@@ -2,93 +2,94 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\finaid_share\OCS\Tools to Estimate Cost\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7EDE4132-EE71-481D-939A-B6BBEBC2F3FF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5ADA3198-FEBD-4E20-9A05-1E431028E5BF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="WCONtEOSrfLfMDMaj4hb+ZYyT8qBcnNsraaUPHKGQWIzV27n0dVuDZ+x6ig9I3Yf+x4oce8fOq+OAKDpJX350Q==" workbookSaltValue="7Rug6U6MV11UX/s3PWam4A==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="3" r:id="rId1"/>
-    <sheet name="OCS Program List" sheetId="1" r:id="rId2"/>
+    <sheet name="Study Away Program List" sheetId="1" r:id="rId2"/>
     <sheet name="Key" sheetId="2" r:id="rId3"/>
     <sheet name="Outside Scholarships" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'OCS Program List'!$A$1:$G$83</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'Outside Scholarships'!$A$1:$D$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Study Away Program List'!$A$1:$G$80</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="518" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="498" uniqueCount="282">
   <si>
     <t>Program Name</t>
   </si>
   <si>
     <t>Program Country</t>
   </si>
   <si>
     <t>Term</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Semester</t>
   </si>
   <si>
     <t>$1,000-$2,500</t>
   </si>
   <si>
     <t>Explanation</t>
   </si>
   <si>
     <t>Less expensive</t>
   </si>
   <si>
@@ -184,71 +185,62 @@
   <si>
     <t>Various</t>
   </si>
   <si>
     <t>CET</t>
   </si>
   <si>
     <t>CET Prague (including Film Production)</t>
   </si>
   <si>
     <t>Czech Republic</t>
   </si>
   <si>
     <t>$0-$500</t>
   </si>
   <si>
     <t>CET Taiwan</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>CASA</t>
   </si>
   <si>
-    <t>CASA Santiago, Chile</t>
-[...1 lines deleted...]
-  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>CASA Barcelona, Spain</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>CASA Granada, Spain: Spanish Language and Culture Track</t>
-[...4 lines deleted...]
-  <si>
     <t>$1,500-$2,500</t>
   </si>
   <si>
     <t>CASA Seville, Spain</t>
   </si>
   <si>
     <t>CASA Trinity College in Dublin, Ireland</t>
   </si>
   <si>
     <t>CIEE</t>
   </si>
   <si>
     <t>CIEE Liberal Arts in Buenos Aires, Argentina</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>CIEE Arts and Sciences in Seoul, South Korea</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>CIEE Arts and Sciences in Tokyo, Japan</t>
@@ -277,134 +269,116 @@
   <si>
     <t>France</t>
   </si>
   <si>
     <t>DIS</t>
   </si>
   <si>
     <t>DIS Copenhagen, Denmark</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>Duke</t>
   </si>
   <si>
     <t>Duke: ICCS in Rome, Italy</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Grinnell</t>
   </si>
   <si>
-    <t>Grinnell in London</t>
-[...1 lines deleted...]
-  <si>
     <t>Hamilton</t>
   </si>
   <si>
     <t>Hamilton in France</t>
   </si>
   <si>
     <t>Hamilton in Spain</t>
   </si>
   <si>
     <t>IES</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>IES Santiago, Chile: Both Tracks</t>
   </si>
   <si>
     <t>$500-$2,000</t>
   </si>
   <si>
     <t>IES Queen Mary, University of London Direct Enrollment</t>
   </si>
   <si>
     <t>IES University College London Direct Enrollment</t>
   </si>
   <si>
     <t>IES Nantes, France</t>
   </si>
   <si>
-    <t>IES Berlin, Germany: Metropolitan Studies</t>
-[...1 lines deleted...]
-  <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>IES Berlin, Germany: Language and Area Studies</t>
-[...7 lines deleted...]
-  <si>
     <t>IES Nagoya, Japan: Nanzan University Direct Enrollment</t>
   </si>
   <si>
     <t>$0-$2,000</t>
   </si>
   <si>
     <t>IES Tokyo, Japan</t>
   </si>
   <si>
     <t>$0-$1,500</t>
   </si>
   <si>
     <t>IES Amsterdam, Netherlands: Both Tracks</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>IES Cape Town, South Africa: Both Tracks</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>IES Granada, Spain</t>
   </si>
   <si>
     <t>IES Madrid, Spain</t>
   </si>
   <si>
     <t>IES Salamanca, Spain</t>
   </si>
   <si>
-    <t>IES Vienna, Austria</t>
-[...1 lines deleted...]
-  <si>
     <t>Austria</t>
   </si>
   <si>
     <t>IFSA</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>IFSA Merida, Mexico</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>IFSA Shanghai, China: Both Tracks</t>
   </si>
   <si>
     <t>ISEP</t>
   </si>
   <si>
     <t>ISEP Ewha Womans University in Seoul, South Korea</t>
   </si>
   <si>
     <t>Leiden</t>
@@ -433,405 +407,196 @@
   <si>
     <t>Wayne State</t>
   </si>
   <si>
     <t>Wayne State: Junior Year in Munich, Germany</t>
   </si>
   <si>
     <t>MBL</t>
   </si>
   <si>
     <t>Marine Biological Laboratory</t>
   </si>
   <si>
     <t>OTS</t>
   </si>
   <si>
     <t>OTS: African Ecology and Conservation</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SIT</t>
   </si>
   <si>
-    <t>SIT Serbia</t>
-[...1 lines deleted...]
-  <si>
     <t>Syracuse</t>
   </si>
   <si>
     <t>Syracuse Exploring Central Europe</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>SFS</t>
   </si>
   <si>
     <t>SFS Bhutan</t>
   </si>
   <si>
     <t>SFS Cambodia</t>
   </si>
   <si>
     <t>SFS Turks and Caicos</t>
   </si>
   <si>
     <t>SFS Australia</t>
   </si>
   <si>
     <t>Bhutan</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Turks and Caicos</t>
   </si>
   <si>
     <t>The Swedish Program</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Trinity</t>
   </si>
   <si>
     <t>Trinity in Rome</t>
   </si>
   <si>
     <t>MSID</t>
   </si>
   <si>
-    <t>MSID Ecuador</t>
-[...1 lines deleted...]
-  <si>
     <t>MSID Senegal</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>MSID Thailand</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Wellesley</t>
   </si>
   <si>
     <t>Wellesley-in-Aix</t>
   </si>
   <si>
     <t>$1,500-$3,000</t>
   </si>
   <si>
     <t>$2,000-$3,500</t>
   </si>
   <si>
     <t>How To Use This Comparison Tool</t>
   </si>
   <si>
+    <t>Short Description</t>
+  </si>
+  <si>
+    <t>Scale</t>
+  </si>
+  <si>
+    <t>Important Details</t>
+  </si>
+  <si>
+    <t>Cost Comparison to Grinnell (Column E)</t>
+  </si>
+  <si>
+    <t>Carleton Buddhist Studies in India</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Carleton in Tanzania</t>
+  </si>
+  <si>
+    <t>Tanzania</t>
+  </si>
+  <si>
+    <t>DIS Stockholm, Sweden</t>
+  </si>
+  <si>
+    <t>Middlebury</t>
+  </si>
+  <si>
+    <t>Middlebury in Cameroon</t>
+  </si>
+  <si>
+    <t>Cameroon</t>
+  </si>
+  <si>
+    <t>SIT Vietnam</t>
+  </si>
+  <si>
+    <t>Vietnam</t>
+  </si>
+  <si>
+    <t>SRAS</t>
+  </si>
+  <si>
+    <t>SRAS Bishkek, Kyrgyzstan</t>
+  </si>
+  <si>
+    <t>Kyrgyzstan</t>
+  </si>
+  <si>
+    <t>SIT India: Public Health, Gender, and Sexuality</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Cost Comparison to Grinnell </t>
+    </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <color theme="1"/>
-[...107 lines deleted...]
-        <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(see Key tab)</t>
     </r>
   </si>
   <si>
     <t>Estimated Loan Expectation for Need-Based Aid Recipients (per semester)*</t>
-  </si>
-[...149 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Scholarship</t>
   </si>
   <si>
     <t>Deadline</t>
   </si>
   <si>
     <t>Benjamin A. Gilman International Scholarship Program</t>
   </si>
   <si>
     <t>Gilman-McCain Scholarship</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>Up to $5,000</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
@@ -1697,59 +1462,50 @@
   <si>
     <t>•   Participate in an SFS OCS program
 •   SFS offers only need-based scholarships</t>
   </si>
   <si>
     <t>Up to $6,000 for semester or $5,000 for summer programs</t>
   </si>
   <si>
     <t>•   February for summer programs
 •   April for fall programs
 •   September for spring programs</t>
   </si>
   <si>
     <t>General Criteria</t>
   </si>
   <si>
     <t>BSM Budapest, Hungary</t>
   </si>
   <si>
     <t>$0-$2,500</t>
   </si>
   <si>
     <t>Earlham</t>
   </si>
   <si>
-    <t>$6,000-$7,000</t>
-[...7 lines deleted...]
-  <si>
     <t>AMIDEAST Rabat, Morocco: Both Tracks</t>
   </si>
   <si>
     <t>CASA Melbourne, Australia</t>
   </si>
   <si>
     <t>CASA Havana, Cuba</t>
   </si>
   <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>IES Milan, Italy: Both Tracks</t>
   </si>
   <si>
     <t>NTI</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">* The estimated loan eligibility in column G can be covered by outside scholarships or other resources. You are not required to borrow the loan. See the </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
@@ -1768,57 +1524,272 @@
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> tab for suggestions.</t>
     </r>
   </si>
   <si>
     <t>National Theater Institute Semester</t>
   </si>
   <si>
     <t>CIEE Liberal Arts in Rennes, France</t>
   </si>
   <si>
     <t>CET Beijing</t>
   </si>
   <si>
     <t>$1,000-$3,000</t>
   </si>
   <si>
     <t>$1,000-$4,000</t>
   </si>
   <si>
     <t>$0-$4,000</t>
   </si>
   <si>
-    <t>$2,000-$4,000</t>
-[...4 lines deleted...]
-  <si>
     <t>$3,000-$4,500</t>
+  </si>
+  <si>
+    <t>Likely to be about $1,250 to $2,500 more expensive per semester than being on campus</t>
+  </si>
+  <si>
+    <t>Likely to be more than $2,500 more expensive per semester than being on campus</t>
+  </si>
+  <si>
+    <t>Up to $5,000, plus up to additional $3,000 for critical language study</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">•   </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">March for fall, spring, and academic-year programs
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">•   </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>October for spring and summer programs</t>
+    </r>
+  </si>
+  <si>
+    <t>August and March</t>
+  </si>
+  <si>
+    <t>March or April</t>
+  </si>
+  <si>
+    <t>LSE scholarships</t>
+  </si>
+  <si>
+    <t>•   Study at LSE
+•   LSE offers a scholarship based primarily on financial need</t>
+  </si>
+  <si>
+    <t>April</t>
+  </si>
+  <si>
+    <t>Middlebury scholarships</t>
+  </si>
+  <si>
+    <t>•   Participate in a Middlebury OCS program
+•   Preference is given to students whose home institutions' financial aid is not transferrable</t>
+  </si>
+  <si>
+    <t>Up to $4,000</t>
+  </si>
+  <si>
+    <t>Rolling</t>
+  </si>
+  <si>
+    <t>SEA Semester Coral Reef Conservation: Caribbean</t>
+  </si>
+  <si>
+    <t>$1,000-$4,500</t>
+  </si>
+  <si>
+    <t>$0-$4,500</t>
+  </si>
+  <si>
+    <t>Japan Study at Waseda</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Purpose:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> This tool is primarily for students who are considering studying away for a semester or academic year and would like to have a general understanding of cost as part of their research.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Instructions:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Click on the </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Study Away Program List</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> tab (at the bottom) to explore approved study away program options. You can filter on any column by clicking the down arrow to the right of each column label in Row 1. The </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Key</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> tab provides defintions for Column  E in the </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Study Away Program List</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> tab. The </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Outside Scholarships</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> tab provides suggestions of study away-specific outside scholarships.</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">If you receive need-based financial aid: 
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">•   </t>
     </r>
     <r>
@@ -1838,72 +1809,72 @@
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">•   </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">The approximate additional grant and loan eligibility for programs that cost more than Grinnell are in columns F and G, respectively, in the </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>OCS Program List</t>
+      <t>Study Away Program List</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> tab. In other words, just because a program is rated 3, 4, or 5 in column E of the </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>OCS Program List</t>
+      <t>Study Away Program List</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> tab does not necessarily mean it will cost more for students who are eligible for need-based aid. The difference in cost is met with a grant and occasionally a small loan for the most expensive programs. Loans must be requested and will not be automatically added to a student's financial aid.
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">•   </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
@@ -1945,142 +1916,163 @@
       <t xml:space="preserve">•   </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Grant and loan amounts are estimates based on historical data. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Actual grant and loan amounts may differ.</t>
     </r>
   </si>
   <si>
-    <t>Likely to be about $1,250 to $2,500 more expensive per semester than being on campus</t>
-[...90 lines deleted...]
-    <t>Japan Study at Waseda</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">If you receive only merit scholarship(s): </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Students receiving only merit scholarship(s) can use their merit scholarships(s) for study away, but they will not be adjusted based on the cost of the program. The estimated grant and loan amounts in columns F and G of the </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Study Away Program List</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> tab are for institutional need-based financial aid recipients only. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>If you receive tuition remission:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Students receiving tuition remission benefits may be limited in how they can use those for study away. Contact the Office of Financial Aid for more information.</t>
+    </r>
+  </si>
+  <si>
+    <t>More information about financial aid for study away is on the Grinnell College website.</t>
+  </si>
+  <si>
+    <t>Study Away Partner</t>
+  </si>
+  <si>
+    <t>AMIDEAST Jordan</t>
+  </si>
+  <si>
+    <t>IES Vienna, Austria: Both Tracks</t>
+  </si>
+  <si>
+    <t>Middlebury in Kazakhstan</t>
+  </si>
+  <si>
+    <t>Kazakhstan</t>
+  </si>
+  <si>
+    <t>Grinnell-in-London</t>
+  </si>
+  <si>
+    <t>SIT Comparative European Perspectives on Conflict and Democracy</t>
+  </si>
+  <si>
+    <t>IES Dublin: Writers Program</t>
+  </si>
+  <si>
+    <t>CASA Granada, Spain</t>
+  </si>
+  <si>
+    <t>IES Quito, Ecuador: Both Tracks</t>
+  </si>
+  <si>
+    <t>IES Berlin, Germany: Both Tracks</t>
+  </si>
+  <si>
+    <t>IES Freiburg, Germany: Both Tracks</t>
+  </si>
+  <si>
+    <t>$2,500-$3,500</t>
+  </si>
+  <si>
+    <t>$7,000-$8,000</t>
+  </si>
+  <si>
+    <t>Jordan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2188,51 +2180,51 @@
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment wrapText="1"/>
@@ -2241,50 +2233,54 @@
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="6" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="6" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -2546,2520 +2542,2451 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.grinnell.edu/admission/financial-aid/cost-attendance/off-campus-study" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studyabroad.arcadia.edu/how-to-apply/scholarships/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifsa-butler.org/scholarships-grants-financial-aid/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.middlebury.edu/schools-abroad/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.borenawards.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amideast.org/our-work/education-abroad-in-the-mena/abroad-scholarships" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iesabroad.org/scholarships-aid" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lse.ac.uk/study-at-lse/study-abroad/the-general-course/scholarships-and-fees" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gilmanscholarship.org/program/gilman-mccain-scholarships/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fieldstudies.org/admissions/aid/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gilmanscholarship.org/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fundforeducationabroad.org/scholarships/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://disabroad.org/application-and-fees/scholarships/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iie.org/programs/freeman-asia/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://suabroad.syr.edu/grants-and-aid/grants-aid-for-visiting-students/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ciee.org/go-abroad/college-study-abroad/scholarships-grants" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aatj.org/japan-bridging-scholarships/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cetacademicprograms.com/college-study-abroad/financial-services/scholarships/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studyabroad.sit.edu/admissions-aid/financing-your-study-abroad/scholarships-grants/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B1:B16"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+      <selection activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5.7265625" customWidth="1"/>
-    <col min="2" max="2" width="97.453125" customWidth="1"/>
+    <col min="1" max="1" width="5.7109375" customWidth="1"/>
+    <col min="2" max="2" width="97.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="2" spans="2:2" x14ac:dyDescent="0.35">
+    <row r="1" spans="2:2" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B2" s="3" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="3" spans="2:2" x14ac:dyDescent="0.35">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="3" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B3" s="4"/>
     </row>
-    <row r="4" spans="2:2" ht="29" x14ac:dyDescent="0.35">
+    <row r="4" spans="2:2" ht="30" x14ac:dyDescent="0.25">
       <c r="B4" s="5" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="5" spans="2:2" x14ac:dyDescent="0.35">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="5" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B5" s="4"/>
     </row>
-    <row r="6" spans="2:2" ht="58" x14ac:dyDescent="0.35">
+    <row r="6" spans="2:2" ht="60" x14ac:dyDescent="0.25">
       <c r="B6" s="5" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="7" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="7" spans="2:2" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="4"/>
     </row>
-    <row r="8" spans="2:2" x14ac:dyDescent="0.35">
+    <row r="8" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B8" s="7" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="9" spans="2:2" x14ac:dyDescent="0.35">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="9" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B9" s="4"/>
     </row>
-    <row r="10" spans="2:2" ht="159.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="2:2" ht="195" x14ac:dyDescent="0.25">
       <c r="B10" s="5" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="11" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B11" s="5"/>
+    </row>
+    <row r="12" spans="2:2" ht="60" x14ac:dyDescent="0.25">
+      <c r="B12" s="5" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="13" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B13" s="5"/>
+    </row>
+    <row r="14" spans="2:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="B14" s="5" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="15" spans="2:2" x14ac:dyDescent="0.25">
+      <c r="B15" s="5"/>
+    </row>
+    <row r="16" spans="2:2" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="6" t="s">
         <v>266</v>
-      </c>
-[...22 lines deleted...]
-        <v>157</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
-    <hyperlink ref="B16" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="B16" r:id="rId1" display="More information about financial aid for OCS is on the Grinnell website." xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId2"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Internal</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:G87"/>
+  <dimension ref="A1:G84"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="F82" sqref="F82"/>
+      <selection pane="bottomLeft" activeCell="E71" sqref="E71"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="20.26953125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="18.26953125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="20.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="41.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="22.81640625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="21.81640625" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="22.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="21.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="23" style="2" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="58" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:7" ht="60" x14ac:dyDescent="0.25">
       <c r="A1" s="15" t="s">
-        <v>160</v>
+        <v>267</v>
       </c>
       <c r="B1" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="15" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="15" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="16" t="s">
-        <v>178</v>
+        <v>163</v>
       </c>
       <c r="F1" s="17" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="G1" s="17" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:7" x14ac:dyDescent="0.35">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>21</v>
       </c>
       <c r="B2" t="s">
         <v>22</v>
       </c>
       <c r="C2" t="s">
         <v>23</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2">
         <v>2</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G2" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3">
         <v>5</v>
       </c>
       <c r="F3" s="18">
         <v>2500</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>260</v>
-[...3 lines deleted...]
-      <c r="A4" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" s="21" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="21" t="s">
         <v>19</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="B4" s="21" t="s">
+        <v>268</v>
+      </c>
+      <c r="C4" s="21" t="s">
+        <v>281</v>
+      </c>
+      <c r="D4" s="21" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="21">
+        <v>1</v>
+      </c>
+      <c r="F4" s="22">
+        <v>0</v>
+      </c>
+      <c r="G4" s="22">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>230</v>
+      </c>
+      <c r="C5" t="s">
         <v>20</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4">
+      <c r="D5" t="s">
+        <v>4</v>
+      </c>
+      <c r="E5">
         <v>1</v>
       </c>
-      <c r="F4" s="18">
-[...21 lines deleted...]
-      </c>
       <c r="F5" s="18">
-        <v>2500</v>
-[...5 lines deleted...]
-    <row r="6" spans="1:7" x14ac:dyDescent="0.35">
+        <v>0</v>
+      </c>
+      <c r="G5" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>25</v>
       </c>
       <c r="B6" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6">
-        <v>4</v>
-[...8 lines deleted...]
-    <row r="7" spans="1:7" x14ac:dyDescent="0.35">
+        <v>5</v>
+      </c>
+      <c r="F6" s="18">
+        <v>2500</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>25</v>
       </c>
       <c r="B7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>4</v>
+      </c>
+      <c r="E7">
+        <v>4</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" t="s">
         <v>33</v>
       </c>
-      <c r="C7" t="s">
+      <c r="C8" t="s">
         <v>28</v>
-      </c>
-[...21 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8">
         <v>3</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>84</v>
+        <v>50</v>
       </c>
       <c r="G8" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B9" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="C9" t="s">
-        <v>165</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>4</v>
       </c>
       <c r="E9">
-        <v>5</v>
-[...8 lines deleted...]
-    <row r="10" spans="1:7" x14ac:dyDescent="0.35">
+        <v>3</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="G9" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>36</v>
       </c>
       <c r="B10" t="s">
-        <v>166</v>
+        <v>149</v>
       </c>
       <c r="C10" t="s">
-        <v>167</v>
+        <v>150</v>
       </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10">
-        <v>3</v>
-[...8 lines deleted...]
-    <row r="11" spans="1:7" x14ac:dyDescent="0.35">
+        <v>5</v>
+      </c>
+      <c r="F10" s="18">
+        <v>2500</v>
+      </c>
+      <c r="G10" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>36</v>
       </c>
       <c r="B11" t="s">
+        <v>151</v>
+      </c>
+      <c r="C11" t="s">
+        <v>152</v>
+      </c>
+      <c r="D11" t="s">
+        <v>4</v>
+      </c>
+      <c r="E11">
+        <v>3</v>
+      </c>
+      <c r="F11" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="G11" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" t="s">
         <v>37</v>
       </c>
-      <c r="C11" t="s">
+      <c r="C12" t="s">
         <v>38</v>
-      </c>
-[...21 lines deleted...]
-        <v>27</v>
       </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12" s="18">
         <v>2500</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:7" x14ac:dyDescent="0.35">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>45</v>
       </c>
       <c r="B13" t="s">
-        <v>46</v>
+        <v>231</v>
       </c>
       <c r="C13" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="14" spans="1:7" x14ac:dyDescent="0.35">
+        <v>5</v>
+      </c>
+      <c r="F13" s="18">
+        <v>2500</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>45</v>
       </c>
       <c r="B14" t="s">
-        <v>252</v>
+        <v>232</v>
       </c>
       <c r="C14" t="s">
-        <v>253</v>
+        <v>233</v>
       </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14">
         <v>2</v>
       </c>
       <c r="F14" s="18" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>45</v>
       </c>
       <c r="B15" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C15" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15">
         <v>5</v>
       </c>
       <c r="F15" s="18">
         <v>2500</v>
       </c>
       <c r="G15" s="18" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:7" x14ac:dyDescent="0.35">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>45</v>
       </c>
       <c r="B16" t="s">
+        <v>48</v>
+      </c>
+      <c r="C16" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16">
         <v>4</v>
       </c>
       <c r="F16" s="18" t="s">
         <v>5</v>
       </c>
       <c r="G16" s="18" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:7" x14ac:dyDescent="0.35">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>45</v>
       </c>
       <c r="B17" t="s">
-        <v>51</v>
+        <v>275</v>
       </c>
       <c r="C17" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17">
         <v>3</v>
       </c>
       <c r="F17" s="18" t="s">
-        <v>245</v>
+        <v>228</v>
       </c>
       <c r="G17" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>45</v>
       </c>
       <c r="B18" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
       <c r="E18">
         <v>3</v>
       </c>
       <c r="F18" s="18" t="s">
-        <v>53</v>
+        <v>5</v>
       </c>
       <c r="G18" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
         <v>4</v>
       </c>
       <c r="E19">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>2</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>24</v>
       </c>
       <c r="G19" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>39</v>
       </c>
       <c r="B20" t="s">
-        <v>40</v>
+        <v>239</v>
       </c>
       <c r="C20" t="s">
-        <v>41</v>
+        <v>98</v>
       </c>
       <c r="D20" t="s">
         <v>4</v>
       </c>
       <c r="E20">
         <v>2</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G20" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>39</v>
       </c>
       <c r="B21" t="s">
-        <v>259</v>
+        <v>43</v>
       </c>
       <c r="C21" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
         <v>4</v>
       </c>
       <c r="E21">
         <v>2</v>
       </c>
       <c r="F21" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G21" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>53</v>
+      </c>
+      <c r="B22" t="s">
+        <v>54</v>
+      </c>
+      <c r="C22" t="s">
+        <v>55</v>
+      </c>
+      <c r="D22" t="s">
+        <v>4</v>
+      </c>
+      <c r="E22">
+        <v>3</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="G22" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" t="s">
+        <v>60</v>
+      </c>
+      <c r="C23" t="s">
+        <v>46</v>
+      </c>
+      <c r="D23" t="s">
+        <v>4</v>
+      </c>
+      <c r="E23">
+        <v>2</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="G21" s="18">
-[...42 lines deleted...]
-      <c r="F23" s="2" t="s">
+      <c r="G23" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
         <v>53</v>
       </c>
-      <c r="G23" s="18">
-[...6 lines deleted...]
-      </c>
       <c r="B24" t="s">
-        <v>63</v>
+        <v>238</v>
       </c>
       <c r="C24" t="s">
-        <v>47</v>
+        <v>66</v>
       </c>
       <c r="D24" t="s">
         <v>4</v>
       </c>
       <c r="E24">
         <v>2</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="G24" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
+        <v>58</v>
+      </c>
+      <c r="C25" t="s">
+        <v>3</v>
+      </c>
+      <c r="D25" t="s">
+        <v>4</v>
+      </c>
+      <c r="E25">
+        <v>3</v>
+      </c>
+      <c r="F25" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="G25" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>53</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
       </c>
-      <c r="B25" t="s">
-[...22 lines deleted...]
-      <c r="B26" t="s">
+      <c r="C26" t="s">
+        <v>57</v>
+      </c>
+      <c r="D26" t="s">
+        <v>4</v>
+      </c>
+      <c r="E26">
+        <v>3</v>
+      </c>
+      <c r="F26" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="G26" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
         <v>61</v>
       </c>
-      <c r="C26" t="s">
-[...8 lines deleted...]
-      <c r="F26" s="2" t="s">
+      <c r="B27" t="s">
+        <v>62</v>
+      </c>
+      <c r="C27" t="s">
+        <v>63</v>
+      </c>
+      <c r="D27" t="s">
+        <v>4</v>
+      </c>
+      <c r="E27">
         <v>5</v>
       </c>
-      <c r="G26" s="18" t="s">
-[...20 lines deleted...]
-        <v>32</v>
+      <c r="F27" s="18">
+        <v>2500</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:7" x14ac:dyDescent="0.35">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>64</v>
+        <v>109</v>
       </c>
       <c r="B28" t="s">
-        <v>65</v>
+        <v>111</v>
       </c>
       <c r="C28" t="s">
-        <v>66</v>
+        <v>17</v>
       </c>
       <c r="D28" t="s">
-        <v>4</v>
+        <v>107</v>
       </c>
       <c r="E28">
         <v>5</v>
       </c>
       <c r="F28" s="18">
         <v>2500</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:7" x14ac:dyDescent="0.35">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>118</v>
+        <v>64</v>
       </c>
       <c r="B29" t="s">
-        <v>120</v>
+        <v>65</v>
       </c>
       <c r="C29" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="D29" t="s">
-        <v>116</v>
+        <v>4</v>
       </c>
       <c r="E29">
         <v>5</v>
       </c>
       <c r="F29" s="18">
         <v>2500</v>
       </c>
-      <c r="G29" s="2" t="s">
-[...3 lines deleted...]
-    <row r="30" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G29" s="18" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>67</v>
       </c>
       <c r="B30" t="s">
         <v>68</v>
       </c>
       <c r="C30" t="s">
         <v>69</v>
       </c>
       <c r="D30" t="s">
         <v>4</v>
       </c>
       <c r="E30">
         <v>5</v>
       </c>
       <c r="F30" s="18">
         <v>2500</v>
       </c>
-      <c r="G30" s="18" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G30" s="2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B31" t="s">
-        <v>71</v>
+        <v>153</v>
       </c>
       <c r="C31" t="s">
-        <v>72</v>
+        <v>132</v>
       </c>
       <c r="D31" t="s">
         <v>4</v>
       </c>
       <c r="E31">
         <v>5</v>
       </c>
       <c r="F31" s="18">
         <v>2500</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:7" x14ac:dyDescent="0.35">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>70</v>
       </c>
       <c r="B32" t="s">
-        <v>168</v>
+        <v>71</v>
       </c>
       <c r="C32" t="s">
-        <v>142</v>
+        <v>72</v>
       </c>
       <c r="D32" t="s">
         <v>4</v>
       </c>
       <c r="E32">
-        <v>5</v>
-[...8 lines deleted...]
-    <row r="33" spans="1:7" x14ac:dyDescent="0.35">
+        <v>3</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>73</v>
+        <v>229</v>
       </c>
       <c r="B33" t="s">
-        <v>74</v>
+        <v>260</v>
       </c>
       <c r="C33" t="s">
-        <v>75</v>
+        <v>3</v>
       </c>
       <c r="D33" t="s">
         <v>4</v>
       </c>
       <c r="E33">
         <v>3</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="G33" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>246</v>
+        <v>73</v>
       </c>
       <c r="B34" t="s">
-        <v>284</v>
+        <v>272</v>
       </c>
       <c r="C34" t="s">
-        <v>3</v>
+        <v>28</v>
       </c>
       <c r="D34" t="s">
         <v>4</v>
       </c>
       <c r="E34">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>53</v>
+        <v>280</v>
       </c>
       <c r="G34" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C35" t="s">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="D35" t="s">
         <v>4</v>
       </c>
       <c r="E35">
         <v>5</v>
       </c>
-      <c r="F35" s="2" t="s">
-[...6 lines deleted...]
-    <row r="36" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="F35" s="18">
+        <v>2500</v>
+      </c>
+      <c r="G35" s="18" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B36" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C36" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="D36" t="s">
         <v>4</v>
       </c>
       <c r="E36">
         <v>5</v>
       </c>
       <c r="F36" s="18">
         <v>2500</v>
       </c>
       <c r="G36" s="18" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:7" x14ac:dyDescent="0.35">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
+        <v>269</v>
+      </c>
+      <c r="C37" t="s">
+        <v>96</v>
+      </c>
+      <c r="D37" t="s">
+        <v>4</v>
+      </c>
+      <c r="E37">
+        <v>4</v>
+      </c>
+      <c r="F37" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G37" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>77</v>
+      </c>
+      <c r="B38" t="s">
+        <v>79</v>
+      </c>
+      <c r="C38" t="s">
+        <v>46</v>
+      </c>
+      <c r="D38" t="s">
+        <v>4</v>
+      </c>
+      <c r="E38">
+        <v>2</v>
+      </c>
+      <c r="F38" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="G38" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>77</v>
+      </c>
+      <c r="B39" t="s">
+        <v>276</v>
+      </c>
+      <c r="C39" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...45 lines deleted...]
-      <c r="B39" t="s">
+      <c r="D39" t="s">
+        <v>4</v>
+      </c>
+      <c r="E39">
+        <v>2</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G39" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>77</v>
+      </c>
+      <c r="B40" t="s">
         <v>83</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39">
+      <c r="C40" t="s">
+        <v>66</v>
+      </c>
+      <c r="D40" t="s">
+        <v>4</v>
+      </c>
+      <c r="E40">
+        <v>2</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G40" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>77</v>
+      </c>
+      <c r="B41" t="s">
+        <v>277</v>
+      </c>
+      <c r="C41" t="s">
+        <v>84</v>
+      </c>
+      <c r="D41" t="s">
+        <v>4</v>
+      </c>
+      <c r="E41">
         <v>3</v>
       </c>
-      <c r="F39" s="2" t="s">
-[...46 lines deleted...]
-        <v>42</v>
+      <c r="F41" s="18" t="s">
+        <v>34</v>
       </c>
       <c r="G41" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="B42" t="s">
-        <v>87</v>
+        <v>278</v>
       </c>
       <c r="C42" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="D42" t="s">
         <v>4</v>
       </c>
       <c r="E42">
         <v>3</v>
       </c>
-      <c r="F42" s="2" t="s">
+      <c r="F42" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G42" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>77</v>
+      </c>
+      <c r="B43" t="s">
+        <v>274</v>
+      </c>
+      <c r="C43" t="s">
+        <v>47</v>
+      </c>
+      <c r="D43" t="s">
+        <v>4</v>
+      </c>
+      <c r="E43">
+        <v>3</v>
+      </c>
+      <c r="F43" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G43" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>77</v>
+      </c>
+      <c r="B44" t="s">
+        <v>234</v>
+      </c>
+      <c r="C44" t="s">
+        <v>72</v>
+      </c>
+      <c r="D44" t="s">
+        <v>4</v>
+      </c>
+      <c r="E44">
+        <v>2</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="G44" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>77</v>
+      </c>
+      <c r="B45" t="s">
+        <v>85</v>
+      </c>
+      <c r="C45" t="s">
+        <v>3</v>
+      </c>
+      <c r="D45" t="s">
+        <v>4</v>
+      </c>
+      <c r="E45">
+        <v>3</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="G45" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>77</v>
+      </c>
+      <c r="B46" t="s">
+        <v>87</v>
+      </c>
+      <c r="C46" t="s">
+        <v>3</v>
+      </c>
+      <c r="D46" t="s">
+        <v>4</v>
+      </c>
+      <c r="E46">
+        <v>5</v>
+      </c>
+      <c r="F46" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="G46" s="18" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>77</v>
+      </c>
+      <c r="B47" t="s">
+        <v>89</v>
+      </c>
+      <c r="C47" t="s">
+        <v>90</v>
+      </c>
+      <c r="D47" t="s">
+        <v>4</v>
+      </c>
+      <c r="E47">
+        <v>5</v>
+      </c>
+      <c r="F47" s="18">
+        <v>2500</v>
+      </c>
+      <c r="G47" s="18" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>77</v>
+      </c>
+      <c r="B48" t="s">
+        <v>91</v>
+      </c>
+      <c r="C48" t="s">
+        <v>92</v>
+      </c>
+      <c r="D48" t="s">
+        <v>4</v>
+      </c>
+      <c r="E48">
+        <v>2</v>
+      </c>
+      <c r="F48" s="18" t="s">
+        <v>88</v>
+      </c>
+      <c r="G48" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>77</v>
+      </c>
+      <c r="B49" t="s">
+        <v>93</v>
+      </c>
+      <c r="C49" t="s">
+        <v>49</v>
+      </c>
+      <c r="D49" t="s">
+        <v>4</v>
+      </c>
+      <c r="E49">
+        <v>1</v>
+      </c>
+      <c r="F49" s="18">
+        <v>0</v>
+      </c>
+      <c r="G49" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>77</v>
+      </c>
+      <c r="B50" t="s">
         <v>94</v>
       </c>
-      <c r="G42" s="18">
-[...4 lines deleted...]
-      <c r="A43" t="s">
+      <c r="C50" t="s">
+        <v>49</v>
+      </c>
+      <c r="D50" t="s">
+        <v>4</v>
+      </c>
+      <c r="E50">
+        <v>2</v>
+      </c>
+      <c r="F50" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="G50" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>77</v>
+      </c>
+      <c r="B51" t="s">
+        <v>95</v>
+      </c>
+      <c r="C51" t="s">
+        <v>49</v>
+      </c>
+      <c r="D51" t="s">
+        <v>4</v>
+      </c>
+      <c r="E51">
+        <v>1</v>
+      </c>
+      <c r="F51" s="18">
+        <v>0</v>
+      </c>
+      <c r="G51" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>77</v>
+      </c>
+      <c r="B52" t="s">
         <v>81</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D52" t="s">
+        <v>4</v>
+      </c>
+      <c r="E52">
+        <v>5</v>
+      </c>
+      <c r="F52" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>77</v>
+      </c>
+      <c r="B53" t="s">
+        <v>82</v>
+      </c>
+      <c r="C53" t="s">
+        <v>28</v>
+      </c>
+      <c r="D53" t="s">
+        <v>4</v>
+      </c>
+      <c r="E53">
+        <v>5</v>
+      </c>
+      <c r="F53" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="G53" s="2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>97</v>
+      </c>
+      <c r="B54" t="s">
+        <v>101</v>
+      </c>
+      <c r="C54" t="s">
+        <v>98</v>
+      </c>
+      <c r="D54" t="s">
+        <v>4</v>
+      </c>
+      <c r="E54">
+        <v>2</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G54" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>97</v>
+      </c>
+      <c r="B55" t="s">
+        <v>99</v>
+      </c>
+      <c r="C55" t="s">
+        <v>100</v>
+      </c>
+      <c r="D55" t="s">
+        <v>4</v>
+      </c>
+      <c r="E55">
+        <v>1</v>
+      </c>
+      <c r="F55" s="18">
+        <v>0</v>
+      </c>
+      <c r="G55" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>102</v>
+      </c>
+      <c r="B56" t="s">
+        <v>103</v>
+      </c>
+      <c r="C56" t="s">
+        <v>57</v>
+      </c>
+      <c r="D56" t="s">
+        <v>4</v>
+      </c>
+      <c r="E56">
+        <v>1</v>
+      </c>
+      <c r="F56" s="18">
+        <v>0</v>
+      </c>
+      <c r="G56" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>104</v>
+      </c>
+      <c r="B57" t="s">
+        <v>105</v>
+      </c>
+      <c r="C57" t="s">
         <v>90</v>
       </c>
-      <c r="C43" t="s">
-[...5 lines deleted...]
-      <c r="E43">
+      <c r="D57" t="s">
+        <v>4</v>
+      </c>
+      <c r="E57">
         <v>5</v>
       </c>
-      <c r="F43" s="18">
+      <c r="F57" s="18">
         <v>2500</v>
       </c>
-      <c r="G43" s="18" t="s">
-[...325 lines deleted...]
-    <row r="58" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="G57" s="2" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
         <v>106</v>
       </c>
       <c r="B58" t="s">
         <v>108</v>
       </c>
       <c r="C58" t="s">
-        <v>109</v>
+        <v>28</v>
       </c>
       <c r="D58" t="s">
-        <v>4</v>
+        <v>107</v>
       </c>
       <c r="E58">
+        <v>5</v>
+      </c>
+      <c r="F58" s="18">
+        <v>2500</v>
+      </c>
+      <c r="G58" s="18" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>114</v>
+      </c>
+      <c r="B59" t="s">
+        <v>115</v>
+      </c>
+      <c r="C59" t="s">
+        <v>17</v>
+      </c>
+      <c r="D59" t="s">
+        <v>4</v>
+      </c>
+      <c r="E59">
+        <v>5</v>
+      </c>
+      <c r="F59" s="18">
+        <v>2500</v>
+      </c>
+      <c r="G59" s="18" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>154</v>
+      </c>
+      <c r="B60" t="s">
+        <v>155</v>
+      </c>
+      <c r="C60" t="s">
+        <v>156</v>
+      </c>
+      <c r="D60" t="s">
+        <v>4</v>
+      </c>
+      <c r="E60">
         <v>1</v>
       </c>
-      <c r="F58" s="18">
-[...19 lines deleted...]
-      <c r="E59">
+      <c r="F60" s="18">
+        <v>0</v>
+      </c>
+      <c r="G60" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" s="21" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="21" t="s">
+        <v>154</v>
+      </c>
+      <c r="B61" s="21" t="s">
+        <v>270</v>
+      </c>
+      <c r="C61" s="21" t="s">
+        <v>271</v>
+      </c>
+      <c r="D61" s="21" t="s">
+        <v>4</v>
+      </c>
+      <c r="E61" s="21">
         <v>1</v>
       </c>
-      <c r="F59" s="18">
-[...33 lines deleted...]
-      <c r="B61" t="s">
+      <c r="F61" s="22">
+        <v>0</v>
+      </c>
+      <c r="G61" s="22">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>135</v>
+      </c>
+      <c r="B62" t="s">
+        <v>136</v>
+      </c>
+      <c r="C62" t="s">
+        <v>137</v>
+      </c>
+      <c r="D62" t="s">
+        <v>4</v>
+      </c>
+      <c r="E62">
+        <v>2</v>
+      </c>
+      <c r="F62" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="G62" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>135</v>
+      </c>
+      <c r="B63" t="s">
+        <v>138</v>
+      </c>
+      <c r="C63" t="s">
+        <v>139</v>
+      </c>
+      <c r="D63" t="s">
+        <v>4</v>
+      </c>
+      <c r="E63">
+        <v>2</v>
+      </c>
+      <c r="F63" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="G63" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>235</v>
+      </c>
+      <c r="B64" t="s">
+        <v>237</v>
+      </c>
+      <c r="C64" t="s">
+        <v>17</v>
+      </c>
+      <c r="D64" t="s">
+        <v>4</v>
+      </c>
+      <c r="E64">
+        <v>5</v>
+      </c>
+      <c r="F64" s="18">
+        <v>2500</v>
+      </c>
+      <c r="G64" s="18" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>116</v>
+      </c>
+      <c r="B65" t="s">
         <v>117</v>
       </c>
-      <c r="C61" t="s">
-[...90 lines deleted...]
-      </c>
       <c r="C65" t="s">
-        <v>148</v>
+        <v>92</v>
       </c>
       <c r="D65" t="s">
         <v>4</v>
       </c>
       <c r="E65">
         <v>2</v>
       </c>
       <c r="F65" s="18" t="s">
         <v>42</v>
       </c>
       <c r="G65" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>145</v>
+        <v>118</v>
       </c>
       <c r="B66" t="s">
-        <v>149</v>
+        <v>257</v>
       </c>
       <c r="C66" t="s">
-        <v>150</v>
+        <v>38</v>
       </c>
       <c r="D66" t="s">
         <v>4</v>
       </c>
       <c r="E66">
+        <v>4</v>
+      </c>
+      <c r="F66" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="G66" s="18" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>123</v>
+      </c>
+      <c r="B67" t="s">
+        <v>127</v>
+      </c>
+      <c r="C67" t="s">
+        <v>27</v>
+      </c>
+      <c r="D67" t="s">
+        <v>4</v>
+      </c>
+      <c r="E67">
+        <v>4</v>
+      </c>
+      <c r="F67" s="18" t="s">
+        <v>50</v>
+      </c>
+      <c r="G67" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>123</v>
+      </c>
+      <c r="B68" t="s">
+        <v>124</v>
+      </c>
+      <c r="C68" t="s">
+        <v>128</v>
+      </c>
+      <c r="D68" t="s">
+        <v>4</v>
+      </c>
+      <c r="E68">
+        <v>5</v>
+      </c>
+      <c r="F68" s="18">
+        <v>2500</v>
+      </c>
+      <c r="G68" s="18" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>123</v>
+      </c>
+      <c r="B69" t="s">
+        <v>125</v>
+      </c>
+      <c r="C69" t="s">
+        <v>129</v>
+      </c>
+      <c r="D69" t="s">
+        <v>4</v>
+      </c>
+      <c r="E69">
         <v>2</v>
       </c>
-      <c r="F66" s="18" t="s">
-[...22 lines deleted...]
-      <c r="F67" s="18">
+      <c r="F69" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="G69" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>123</v>
+      </c>
+      <c r="B70" t="s">
+        <v>126</v>
+      </c>
+      <c r="C70" t="s">
+        <v>130</v>
+      </c>
+      <c r="D70" t="s">
+        <v>4</v>
+      </c>
+      <c r="E70">
+        <v>4</v>
+      </c>
+      <c r="F70" s="18">
         <v>2500</v>
-      </c>
-[...67 lines deleted...]
-        <v>53</v>
       </c>
       <c r="G70" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="71" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="B71" t="s">
-        <v>134</v>
+        <v>162</v>
       </c>
       <c r="C71" t="s">
-        <v>138</v>
+        <v>150</v>
       </c>
       <c r="D71" t="s">
         <v>4</v>
       </c>
       <c r="E71">
-        <v>5</v>
-[...8 lines deleted...]
-    <row r="72" spans="1:7" x14ac:dyDescent="0.35">
+        <v>2</v>
+      </c>
+      <c r="F71" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="G71" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="B72" t="s">
-        <v>135</v>
+        <v>273</v>
       </c>
       <c r="C72" t="s">
-        <v>139</v>
+        <v>38</v>
       </c>
       <c r="D72" t="s">
         <v>4</v>
       </c>
       <c r="E72">
         <v>2</v>
       </c>
       <c r="F72" s="18" t="s">
         <v>24</v>
       </c>
       <c r="G72" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="73" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="B73" t="s">
-        <v>136</v>
+        <v>157</v>
       </c>
       <c r="C73" t="s">
-        <v>140</v>
+        <v>158</v>
       </c>
       <c r="D73" t="s">
         <v>4</v>
       </c>
       <c r="E73">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F73" s="18">
-        <v>2500</v>
-[...5 lines deleted...]
-    <row r="74" spans="1:7" x14ac:dyDescent="0.35">
+        <v>0</v>
+      </c>
+      <c r="G73" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>128</v>
+        <v>159</v>
       </c>
       <c r="B74" t="s">
-        <v>177</v>
+        <v>160</v>
       </c>
       <c r="C74" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D74" t="s">
         <v>4</v>
       </c>
       <c r="E74">
         <v>2</v>
       </c>
       <c r="F74" s="18" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="G74" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="75" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="B75" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="C75" t="s">
-        <v>38</v>
+        <v>122</v>
       </c>
       <c r="D75" t="s">
         <v>4</v>
       </c>
       <c r="E75">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="76" spans="1:7" x14ac:dyDescent="0.35">
+        <v>5</v>
+      </c>
+      <c r="F75" s="18">
+        <v>2500</v>
+      </c>
+      <c r="G75" s="18" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B76" t="s">
-        <v>172</v>
+        <v>131</v>
       </c>
       <c r="C76" t="s">
-        <v>173</v>
+        <v>132</v>
       </c>
       <c r="D76" t="s">
         <v>4</v>
       </c>
       <c r="E76">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F76" s="18">
-        <v>0</v>
-[...5 lines deleted...]
-    <row r="77" spans="1:7" x14ac:dyDescent="0.35">
+        <v>2500</v>
+      </c>
+      <c r="G76" s="18" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>174</v>
+        <v>133</v>
       </c>
       <c r="B77" t="s">
-        <v>175</v>
+        <v>134</v>
       </c>
       <c r="C77" t="s">
-        <v>176</v>
+        <v>72</v>
       </c>
       <c r="D77" t="s">
         <v>4</v>
       </c>
       <c r="E77">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="78" spans="1:7" x14ac:dyDescent="0.35">
+        <v>5</v>
+      </c>
+      <c r="F77" s="18">
+        <v>2500</v>
+      </c>
+      <c r="G77" s="18" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
-        <v>130</v>
+        <v>112</v>
       </c>
       <c r="B78" t="s">
-        <v>131</v>
+        <v>113</v>
       </c>
       <c r="C78" t="s">
-        <v>132</v>
+        <v>84</v>
       </c>
       <c r="D78" t="s">
         <v>4</v>
       </c>
       <c r="E78">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F78" s="18">
         <v>2500</v>
       </c>
       <c r="G78" s="18" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:7" x14ac:dyDescent="0.35">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
+        <v>112</v>
+      </c>
+      <c r="B79" t="s">
+        <v>113</v>
+      </c>
+      <c r="C79" t="s">
+        <v>84</v>
+      </c>
+      <c r="D79" t="s">
+        <v>107</v>
+      </c>
+      <c r="E79">
+        <v>4</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="G79" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>140</v>
+      </c>
+      <c r="B80" t="s">
         <v>141</v>
       </c>
-      <c r="B79" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="C80" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D80" t="s">
         <v>4</v>
       </c>
       <c r="E80">
         <v>5</v>
       </c>
       <c r="F80" s="18">
         <v>2500</v>
       </c>
-      <c r="G80" s="18" t="s">
-[...81 lines deleted...]
-      <c r="G87" s="19"/>
+      <c r="G80" s="2" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A84" s="19" t="s">
+        <v>236</v>
+      </c>
+      <c r="B84" s="19"/>
+      <c r="C84" s="19"/>
+      <c r="D84" s="19"/>
+      <c r="E84" s="19"/>
+      <c r="F84" s="19"/>
+      <c r="G84" s="19"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" autoFilter="0"/>
-  <autoFilter ref="A1:G83" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
+  <autoFilter ref="A1:G80" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <mergeCells count="1">
-    <mergeCell ref="A87:G87"/>
+    <mergeCell ref="A84:G84"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Internal</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="B1:D8"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:D2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5.7265625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="22.7265625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="5.7109375" customWidth="1"/>
+    <col min="2" max="2" width="5.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="80" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:4" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="2:4" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
-    <row r="2" spans="2:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B2" s="20" t="s">
-        <v>163</v>
+        <v>148</v>
       </c>
       <c r="C2" s="20"/>
       <c r="D2" s="20"/>
     </row>
-    <row r="3" spans="2:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B3" s="9" t="s">
-        <v>159</v>
+        <v>146</v>
       </c>
       <c r="C3" s="9" t="s">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="4" spans="2:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B4" s="8">
         <v>1</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="5" spans="2:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B5" s="8">
         <v>2</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="2:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="8">
         <v>3</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="7" spans="2:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B7" s="8">
         <v>4</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="8" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="8" spans="2:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="8" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="8">
         <v>5</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="8" t="s">
-        <v>268</v>
+        <v>245</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="B2:D2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Internal</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomLeft" activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="32.81640625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="25.26953125" customWidth="1"/>
+    <col min="1" max="1" width="32.85546875" customWidth="1"/>
+    <col min="2" max="3" width="41.28515625" customWidth="1"/>
+    <col min="4" max="4" width="25.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>182</v>
+        <v>165</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>243</v>
+        <v>226</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>186</v>
+        <v>169</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:4" ht="58" x14ac:dyDescent="0.35">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" ht="75" x14ac:dyDescent="0.25">
       <c r="A2" s="11" t="s">
-        <v>184</v>
+        <v>167</v>
       </c>
       <c r="B2" s="10" t="s">
-        <v>188</v>
+        <v>171</v>
       </c>
       <c r="C2" s="10" t="s">
-        <v>269</v>
+        <v>246</v>
       </c>
       <c r="D2" s="10" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:4" ht="72.5" x14ac:dyDescent="0.35">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" ht="90" x14ac:dyDescent="0.25">
       <c r="A3" s="11" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="B3" s="10" t="s">
-        <v>193</v>
+        <v>176</v>
       </c>
       <c r="C3" s="12">
         <v>5000</v>
       </c>
       <c r="D3" s="10" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:4" ht="87" x14ac:dyDescent="0.35">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" ht="90" x14ac:dyDescent="0.25">
       <c r="A4" s="11" t="s">
+        <v>173</v>
+      </c>
+      <c r="B4" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="C4" s="10" t="s">
+        <v>172</v>
+      </c>
+      <c r="D4" s="10" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="60" x14ac:dyDescent="0.25">
+      <c r="A5" s="11" t="s">
+        <v>177</v>
+      </c>
+      <c r="B5" s="10" t="s">
+        <v>179</v>
+      </c>
+      <c r="C5" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="D5" s="13" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="195" x14ac:dyDescent="0.25">
+      <c r="A6" s="11" t="s">
+        <v>182</v>
+      </c>
+      <c r="B6" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="C6" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="D6" s="10" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+      <c r="A7" s="11" t="s">
+        <v>184</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="C7" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="D7" s="10" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A8" s="11" t="s">
+        <v>187</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>191</v>
+      </c>
+      <c r="C8" s="10" t="s">
+        <v>188</v>
+      </c>
+      <c r="D8" s="10" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A9" s="11" t="s">
         <v>190</v>
       </c>
-      <c r="B4" s="10" t="s">
+      <c r="B9" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>193</v>
+      </c>
+      <c r="D9" s="10" t="s">
         <v>192</v>
       </c>
-      <c r="C4" s="10" t="s">
+    </row>
+    <row r="10" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A10" s="11" t="s">
+        <v>195</v>
+      </c>
+      <c r="B10" s="14" t="s">
+        <v>197</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>196</v>
+      </c>
+      <c r="D10" s="10" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="60" x14ac:dyDescent="0.25">
+      <c r="A11" s="11" t="s">
+        <v>199</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>200</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+      <c r="A12" s="11" t="s">
+        <v>202</v>
+      </c>
+      <c r="B12" s="14" t="s">
+        <v>203</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="90" x14ac:dyDescent="0.25">
+      <c r="A13" s="11" t="s">
+        <v>206</v>
+      </c>
+      <c r="B13" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="60" x14ac:dyDescent="0.25">
+      <c r="A14" s="11" t="s">
+        <v>210</v>
+      </c>
+      <c r="B14" s="14" t="s">
+        <v>211</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>212</v>
+      </c>
+      <c r="D14" s="14" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
+        <v>250</v>
+      </c>
+      <c r="B15" s="14" t="s">
+        <v>251</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="D15" s="14" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="60" x14ac:dyDescent="0.25">
+      <c r="A16" s="11" t="s">
+        <v>253</v>
+      </c>
+      <c r="B16" s="14" t="s">
+        <v>254</v>
+      </c>
+      <c r="C16" s="10" t="s">
+        <v>255</v>
+      </c>
+      <c r="D16" s="14" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+      <c r="A17" s="11" t="s">
+        <v>214</v>
+      </c>
+      <c r="B17" s="14" t="s">
+        <v>216</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>217</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="45" x14ac:dyDescent="0.25">
+      <c r="A18" s="11" t="s">
+        <v>219</v>
+      </c>
+      <c r="B18" s="14" t="s">
+        <v>220</v>
+      </c>
+      <c r="C18" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="D18" s="10" t="s">
         <v>189</v>
       </c>
-      <c r="D4" s="10" t="s">
-[...108 lines deleted...]
-      <c r="C12" s="10" t="s">
+    </row>
+    <row r="19" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+      <c r="A19" s="11" t="s">
         <v>222</v>
       </c>
-      <c r="D12" s="14" t="s">
-[...4 lines deleted...]
-      <c r="A13" s="11" t="s">
+      <c r="B19" s="14" t="s">
         <v>223</v>
       </c>
-      <c r="B13" s="14" t="s">
+      <c r="C19" s="10" t="s">
         <v>224</v>
       </c>
-      <c r="C13" s="10" t="s">
+      <c r="D19" s="14" t="s">
         <v>225</v>
       </c>
-      <c r="D13" s="14" t="s">
-[...87 lines deleted...]
-    <row r="20" spans="1:4" x14ac:dyDescent="0.35">
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" s="10"/>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="10"/>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" s="10"/>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" s="10"/>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="10"/>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="10"/>
       <c r="B24" s="10"/>
       <c r="C24" s="10"/>
       <c r="D24" s="10"/>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" s="10"/>
       <c r="B25" s="10"/>
       <c r="C25" s="10"/>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B26" s="10"/>
       <c r="C26" s="10"/>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B27" s="10"/>
       <c r="C27" s="10"/>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="B28" s="10"/>
       <c r="C28" s="10"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <autoFilter ref="A1:D1" xr:uid="{00000000-0009-0000-0000-000003000000}"/>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
     <hyperlink ref="A3" r:id="rId2" xr:uid="{00000000-0004-0000-0300-000001000000}"/>
     <hyperlink ref="A4" r:id="rId3" xr:uid="{00000000-0004-0000-0300-000002000000}"/>
     <hyperlink ref="A5" r:id="rId4" xr:uid="{00000000-0004-0000-0300-000003000000}"/>
     <hyperlink ref="A6" r:id="rId5" xr:uid="{00000000-0004-0000-0300-000004000000}"/>
     <hyperlink ref="A7" r:id="rId6" xr:uid="{00000000-0004-0000-0300-000005000000}"/>
     <hyperlink ref="A8" r:id="rId7" xr:uid="{00000000-0004-0000-0300-000007000000}"/>
     <hyperlink ref="A9" r:id="rId8" xr:uid="{00000000-0004-0000-0300-000008000000}"/>
     <hyperlink ref="A10" r:id="rId9" xr:uid="{00000000-0004-0000-0300-000009000000}"/>
     <hyperlink ref="A11" r:id="rId10" xr:uid="{00000000-0004-0000-0300-00000A000000}"/>
     <hyperlink ref="A12" r:id="rId11" xr:uid="{00000000-0004-0000-0300-00000B000000}"/>
     <hyperlink ref="A13" r:id="rId12" xr:uid="{00000000-0004-0000-0300-00000C000000}"/>
     <hyperlink ref="A14" r:id="rId13" xr:uid="{00000000-0004-0000-0300-00000D000000}"/>
     <hyperlink ref="A17" r:id="rId14" xr:uid="{00000000-0004-0000-0300-00000E000000}"/>
     <hyperlink ref="A18" r:id="rId15" xr:uid="{00000000-0004-0000-0300-00000F000000}"/>
     <hyperlink ref="A19" r:id="rId16" xr:uid="{00000000-0004-0000-0300-000010000000}"/>
     <hyperlink ref="A15" r:id="rId17" xr:uid="{D1A77322-97BB-423D-9A2C-15BC6033BD29}"/>
     <hyperlink ref="A16" r:id="rId18" xr:uid="{A783351F-9233-4760-A7BB-CA742DA0CCD1}"/>
@@ -5068,51 +4995,51 @@
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId19"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Internal</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Instructions</vt:lpstr>
-      <vt:lpstr>OCS Program List</vt:lpstr>
+      <vt:lpstr>Study Away Program List</vt:lpstr>
       <vt:lpstr>Key</vt:lpstr>
       <vt:lpstr>Outside Scholarships</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grinnell College</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Haines, Stephanie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_2344f348-1f96-472a-abe4-da1f14470d96_Enabled">
     <vt:lpwstr>true</vt:lpwstr>